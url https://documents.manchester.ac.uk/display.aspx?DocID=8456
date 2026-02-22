--- v0 (2025-10-10)
+++ v1 (2026-02-22)
@@ -1,555 +1,544 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\s23540ds\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E49C39F0-1556-4636-ABFA-A6EB973F4012}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22545" windowHeight="10650"/>
+    <workbookView xWindow="20" yWindow="20" windowWidth="19180" windowHeight="10060" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FORM" sheetId="10" r:id="rId1"/>
     <sheet name="Finance Procedure" sheetId="6" r:id="rId2"/>
     <sheet name="Payment Gurantee" sheetId="7" r:id="rId3"/>
     <sheet name="Example of Bank Gurantee" sheetId="8" r:id="rId4"/>
     <sheet name="School Data" sheetId="5" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'School Data'!$B$34:$D$77</definedName>
     <definedName name="BMH">'School Data'!$B$11:$B$26</definedName>
     <definedName name="BMHSchools">'School Data'!$B$11:$B$17</definedName>
     <definedName name="Cultural_Inst.">'School Data'!$F$11:$F$26</definedName>
     <definedName name="Estates___Captial">'School Data'!$E$10:$E$30</definedName>
     <definedName name="Faculty">'School Data'!$B$3:$B$7</definedName>
     <definedName name="FSE">'School Data'!$D$11:$D$26</definedName>
     <definedName name="HUM">'School Data'!$C$11:$C$26</definedName>
     <definedName name="HUMschool">'School Data'!$C$11:$C$16</definedName>
     <definedName name="Oracle_Role">#REF!</definedName>
     <definedName name="Oracle_Roles">#REF!</definedName>
     <definedName name="OracleRoles">#REF!</definedName>
     <definedName name="PS">'School Data'!$E$11:$E$26</definedName>
     <definedName name="PSS">'School Data'!$E$10:$E$30</definedName>
     <definedName name="Role">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F82" i="5" l="1"/>
   <c r="E82" i="5" l="1"/>
   <c r="C20" i="10" l="1"/>
   <c r="A18" i="10"/>
   <c r="A20" i="10"/>
   <c r="C25" i="10"/>
-  <c r="A25" i="10"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Mark Gilmore</author>
   </authors>
   <commentList>
-    <comment ref="A5" authorId="0" shapeId="0">
+    <comment ref="A5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Account Payable will contact this person with any queries during the processing of the request.</t>
         </r>
       </text>
     </comment>
-    <comment ref="A6" authorId="0" shapeId="0">
+    <comment ref="A6" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 ending  @manchester.ac.uk</t>
         </r>
       </text>
     </comment>
-    <comment ref="A7" authorId="0" shapeId="0">
+    <comment ref="A7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000003000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Last 5 digits if internal</t>
         </r>
       </text>
     </comment>
-    <comment ref="A8" authorId="0" shapeId="0">
+    <comment ref="A8" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000004000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Select from dropdown
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A9" authorId="0" shapeId="0">
+    <comment ref="A9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000005000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Select from dropdown</t>
         </r>
       </text>
     </comment>
-    <comment ref="A11" authorId="0" shapeId="0">
+    <comment ref="A11" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000006000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Mark Gilmore:
 As it appears on Oracle
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A12" authorId="0" shapeId="0">
+    <comment ref="A12" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000007000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Full number including preceding '0' if necessary
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="C12" authorId="0" shapeId="0">
+    <comment ref="C12" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000008000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 As per supplier invoice</t>
         </r>
       </text>
     </comment>
-    <comment ref="A13" authorId="0" shapeId="0">
+    <comment ref="A13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000009000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 The total amount appearing on the invoice including VAT and in the currency indicated
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="C13" authorId="0" shapeId="0">
+    <comment ref="C13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000A000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Select from dropdown</t>
         </r>
       </text>
     </comment>
-    <comment ref="A14" authorId="0" shapeId="0">
+    <comment ref="A14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000B000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 The numeric part of the Oracle order number is required - 7 digits
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="C14" authorId="0" shapeId="0">
+    <comment ref="C14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000C000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also referred to as Research code or Charge code </t>
         </r>
       </text>
     </comment>
-    <comment ref="A15" authorId="0" shapeId="0">
+    <comment ref="A15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000D000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Voucher number is allocated by Oracle Financials when Account Payable register the invoice.  This will appear within the Accounts Payable stamp on the invoice.  IF invoice has not been to Account Payable then the voucher number will not be known.
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="C15" authorId="0" shapeId="0">
+    <comment ref="C15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000E000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Date by which the supplier requires payment
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A20" authorId="0" shapeId="0">
+    <comment ref="A20" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000F000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Approval requirements change based on £sterling equivalent values
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="C20" authorId="0" shapeId="0">
+    <comment ref="C20" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000010000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Approval requirements change based on £sterling equivalent values</t>
         </r>
       </text>
     </comment>
-    <comment ref="A25" authorId="0" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="C25" authorId="0" shapeId="0">
+    <comment ref="C25" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000012000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Mark Gilmore:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Approval requirements change based on £sterling equivalent values</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="234">
   <si>
     <t>BMH</t>
   </si>
   <si>
     <t>FSE</t>
   </si>
   <si>
     <t>HUM</t>
   </si>
   <si>
     <t>Faculty</t>
   </si>
   <si>
     <t>School</t>
   </si>
   <si>
     <t>Biological Science</t>
   </si>
   <si>
     <t>Medical Science</t>
   </si>
   <si>
     <t>Health Science</t>
   </si>
   <si>
@@ -1179,104 +1168,88 @@
   <si>
     <t>What is a Payment Guarantee</t>
   </si>
   <si>
     <t>What is the cost of a bank Guarantee</t>
   </si>
   <si>
     <t>How do I obtain a Bank Guarantee from supplier</t>
   </si>
   <si>
     <t>Could a Guarantee already exist</t>
   </si>
   <si>
     <t>Payment Guarantee FAQ:</t>
   </si>
   <si>
     <t>Question</t>
   </si>
   <si>
     <t>Answer</t>
   </si>
   <si>
     <t>This is provided by the supplier from their Bankers confirming that if a payment is made but conditions are not subsequently met by the supplier, the bank will honour the payment back to the University.</t>
   </si>
   <si>
-    <t xml:space="preserve">It would be considered a high risk for the University to proceed. You will need to take the matter up with your Head of Faculty Finance.  </t>
-[...1 lines deleted...]
-  <si>
     <t>This cost is to be borne by the supplier.  As a guide this would usually be around 1.5% of the guarantee value.  Where possible this ought have bee agreed with supplier during negotiations.</t>
   </si>
   <si>
     <t>Yes!  For many of the major contracts undertaken by the University which  require  Advanced payments,  the Payment Guarantee will usually already be in place.  Contact the project lead if you think this to be the case</t>
   </si>
   <si>
     <t>IT can take up to 2 weeks for the banks to provide a guarantee</t>
   </si>
   <si>
     <t>GB Pound</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">You will need to request the supplier to provide the guarantee.  There is an example of one which maybe useful in communication to include </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="3" tint="0.39997558519241921"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(see Example of Bank Guarantee tab)</t>
     </r>
   </si>
   <si>
     <t>Payments in Advance of Delivery</t>
   </si>
   <si>
     <t xml:space="preserve">6.34. The University does not normally make payments in advance for goods or services. Paying in advance will expose the University to the risk of loss should the goods or service not be delivered. Any risk will be with the requesting School. Circumstances that may require such payments include: 
 • Complex items of equipment that have to be individually made or adapted, where the supplier requires (part) payment in advance; or 
 • The terms and conditions imposed by a funding body require expenditure by a particular date, but delivery is not possible within that deadline. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Advance payments up to £5,000 
 • Authorised signatory 
-</t>
-[...11 lines deleted...]
-• Additional approval from the Director of Finance 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Payment in advance of delivery shall only take place if all the following conditions are met: 
 1. A requisition and purchase order have been authorised and issued and the request is accompanied by the supplier invoice to be paid. 
 2. The University will not accept a pro-forma invoice. 
 3. A copy of the agreement with the supplier for advanced payment or, where applicable, an extract from the Grant funding agreement is submitted. 
 4. All advance payments must be approved as below: </t>
   </si>
   <si>
     <t>Return fully completed form either by post to Accounts Payable, G.025 John Owens Building, Oxford Road, Manchester,M13 9PL or by email: ap-helpdesk@manchester.ac.uk
 Telephone 0161 306 6140.  Please include the invoice if it has not already been processed.</t>
   </si>
   <si>
     <t xml:space="preserve">For all payments in advance of delivery exceeding £25,000 (excluding VAT), in addition to the rules above, a suitable bank guarantee must be obtained, ensuring that the University will be protected if the supplier fails to deliver on the contract or goes out of business; 
 Send the form to the Accounts Payable team in Finance. Only requests on a validated form will be accepted. </t>
   </si>
   <si>
     <t>heather.eaton@manchester.ac.uk</t>
   </si>
   <si>
     <t>jo.atkinson@manchester.ac.uk</t>
   </si>
   <si>
     <t>danielle.davis@manchester.ac.uk</t>
@@ -1375,55 +1348,77 @@
     <t>Up to the Approval section, the form must be completed in excel, not handwritten.  All green boxes contain  help text, please place cursor on each cell and the help text will display</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Request for Payment in Advance of Goods/Service or for Early Payment of an invoice </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">                                                            </t>
     </r>
   </si>
+  <si>
+    <t>Director of Faculty Finance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edited:20.11.25 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advance payments above £5,000 and up to £50,000 
+• Authorised signatory; plus 
+• Approval of both Head of School and Director of Faculty Finance 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advance payments over £50,000: 35 
+• Authorised signatory; plus 
+• Approval of Head of School and Director of Faculty Finance; plus 
+• Additional approval from the Director of Finance 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">It would be considered a high risk for the University to proceed. You will need to take the matter up with your Director of Faculty Finance.  </t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0000"/>
   </numFmts>
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1576,51 +1571,51 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF434341"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1631,50 +1626,56 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor theme="0" tint="-0.14999847407452621"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor theme="1"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1937,270 +1938,268 @@
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="81">
+  <cellXfs count="79">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
-    </xf>
-[...69 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2"/>
-    <cellStyle name="Normal 3" xfId="3"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.499984740745262"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.499984740745262"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -2215,51 +2214,57 @@
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1419225</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>656641</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="TAB_col_white_background.eps"/>
+        <xdr:cNvPr id="2" name="Picture 1" descr="TAB_col_white_background.eps">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1" y="0"/>
           <a:ext cx="1419224" cy="656641"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2283,51 +2288,57 @@
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>295276</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>739775</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>565150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="C:\Users\mfztsmg2\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\8YBN2JT8\help-icon[1].jpg"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="C:\Users\mfztsmg2\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\8YBN2JT8\help-icon[1].jpg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="47625" y="7343776"/>
           <a:ext cx="692150" cy="269874"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2343,220 +2354,226 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>65296</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>46810</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="11038096" cy="6523810"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table3" displayName="Table3" ref="B2:B7" totalsRowShown="0">
-  <autoFilter ref="B2:B7"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table3" displayName="Table3" ref="B2:B7" totalsRowShown="0">
+  <autoFilter ref="B2:B7" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="Faculty"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Faculty"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table4" displayName="Table4" ref="B10:B17" totalsRowShown="0">
-  <autoFilter ref="B10:B17"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Table4" displayName="Table4" ref="B10:B17" totalsRowShown="0">
+  <autoFilter ref="B10:B17" xr:uid="{00000000-0009-0000-0100-000004000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="BMH"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="BMH"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="Table5" displayName="Table5" ref="C10:C16" totalsRowShown="0">
-  <autoFilter ref="C10:C16"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Table5" displayName="Table5" ref="C10:C16" totalsRowShown="0">
+  <autoFilter ref="C10:C16" xr:uid="{00000000-0009-0000-0100-000005000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="HUM"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="HUM"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2705,1946 +2722,1944 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.bracken@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarah.roper@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hugh.kilroy@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielle.davis@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jess.dodd@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarah.roper@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.mcgee@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catherine.hallop@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark.gent@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rechael.lyster@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jusith.wilson@mancehster.ac.uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jo.atkinson@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mike.Hoare@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucy.Galloway@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hugh.kilroy@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucy.Galloway@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.bracken@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mike.Hoare@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jess.dodd@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.crannage@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.mcgee@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stevie.kenny@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabeth.langton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.bracken@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mike.Hoare@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stevie.kenny@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.bracken@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karen.hall@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tracey.manifold@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.bracken@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.eaton@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielle.davis@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hugh.kilroy@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hugh.kilroy@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarah.roper@manchester.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G2" sqref="G2"/>
+    <sheetView topLeftCell="A21" workbookViewId="0">
+      <selection activeCell="H30" sqref="H30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="25.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="39.85546875" customWidth="1"/>
+    <col min="1" max="1" width="25.81640625" customWidth="1"/>
+    <col min="2" max="2" width="24.7265625" customWidth="1"/>
+    <col min="3" max="3" width="13.81640625" customWidth="1"/>
+    <col min="4" max="4" width="39.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-      <c r="A3" s="49" t="s">
+    <row r="1" spans="1:4" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="6"/>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="22" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A2" s="69" t="s">
+        <v>228</v>
+      </c>
+      <c r="B2" s="70"/>
+      <c r="C2" s="70"/>
+      <c r="D2" s="71"/>
+    </row>
+    <row r="3" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="72" t="s">
         <v>136</v>
       </c>
-      <c r="B3" s="50"/>
-[...4 lines deleted...]
-      <c r="A4" s="15" t="s">
+      <c r="B3" s="73"/>
+      <c r="C3" s="73"/>
+      <c r="D3" s="74"/>
+    </row>
+    <row r="4" spans="1:4" ht="21" x14ac:dyDescent="0.5">
+      <c r="A4" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="B4" s="16"/>
-[...4 lines deleted...]
-      <c r="A5" s="12" t="s">
+      <c r="B4" s="14"/>
+      <c r="C4" s="14"/>
+      <c r="D4" s="15"/>
+    </row>
+    <row r="5" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B5" s="52"/>
-[...4 lines deleted...]
-      <c r="A6" s="12" t="s">
+      <c r="B5" s="40"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="51"/>
+    </row>
+    <row r="6" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="52"/>
-[...4 lines deleted...]
-      <c r="A7" s="12" t="s">
+      <c r="B6" s="40"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="51"/>
+    </row>
+    <row r="7" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="10" t="s">
         <v>109</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="6"/>
       <c r="D7" s="7"/>
     </row>
-    <row r="8" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="13" t="s">
+    <row r="8" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="54" t="s">
+      <c r="B8" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="55"/>
+      <c r="C8" s="76"/>
       <c r="D8" s="7"/>
     </row>
-    <row r="9" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="13" t="s">
+    <row r="9" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="44" t="s">
+      <c r="B9" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="45"/>
+      <c r="C9" s="68"/>
       <c r="D9" s="7"/>
     </row>
-    <row r="10" spans="1:4" ht="21" x14ac:dyDescent="0.35">
-      <c r="A10" s="15" t="s">
+    <row r="10" spans="1:4" ht="21" x14ac:dyDescent="0.5">
+      <c r="A10" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="B10" s="18"/>
-[...4 lines deleted...]
-      <c r="A11" s="12" t="s">
+      <c r="B10" s="16"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="17"/>
+    </row>
+    <row r="11" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="10" t="s">
         <v>102</v>
       </c>
       <c r="B11" s="56"/>
       <c r="C11" s="57"/>
       <c r="D11" s="58"/>
     </row>
-    <row r="12" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="12" t="s">
+    <row r="12" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="10" t="s">
         <v>104</v>
       </c>
       <c r="B12" s="5"/>
-      <c r="C12" s="14" t="s">
+      <c r="C12" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="D12" s="9" t="s">
+      <c r="D12" s="8" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="12" t="s">
+    <row r="13" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="10" t="s">
         <v>141</v>
       </c>
       <c r="B13" s="5">
         <v>24000</v>
       </c>
-      <c r="C13" s="13" t="s">
+      <c r="C13" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="D13" s="10" t="s">
+      <c r="D13" s="9" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="12" t="s">
+    <row r="14" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="10" t="s">
         <v>107</v>
       </c>
       <c r="B14" s="5"/>
-      <c r="C14" s="14" t="s">
+      <c r="C14" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="D14" s="9"/>
-[...2 lines deleted...]
-      <c r="A15" s="12" t="s">
+      <c r="D14" s="8"/>
+    </row>
+    <row r="15" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="10" t="s">
         <v>116</v>
       </c>
-      <c r="B15" s="11"/>
-      <c r="C15" s="14" t="s">
+      <c r="B15" s="5"/>
+      <c r="C15" s="12" t="s">
         <v>139</v>
       </c>
-      <c r="D15" s="9" t="s">
+      <c r="D15" s="8" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="16" spans="1:4" ht="21" x14ac:dyDescent="0.35">
-      <c r="A16" s="15" t="s">
+    <row r="16" spans="1:4" ht="21" x14ac:dyDescent="0.5">
+      <c r="A16" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="B16" s="23"/>
-[...3 lines deleted...]
-    <row r="17" spans="1:4" ht="122.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="21"/>
+      <c r="C16" s="16"/>
+      <c r="D16" s="17"/>
+    </row>
+    <row r="17" spans="1:4" ht="122.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="59" t="s">
         <v>140</v>
       </c>
       <c r="B17" s="60"/>
       <c r="C17" s="60"/>
       <c r="D17" s="61"/>
     </row>
-    <row r="18" spans="1:4" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="62" t="str">
         <f>IF(+'School Data'!E82&gt;25000," If in advance of good/service this request must have a 'Payment Guarantee' attached.  Further details can be found on the relevant tab", "")</f>
         <v/>
       </c>
       <c r="B18" s="63"/>
       <c r="C18" s="63"/>
       <c r="D18" s="64"/>
     </row>
-    <row r="19" spans="1:4" ht="21" x14ac:dyDescent="0.35">
-      <c r="A19" s="65" t="s">
+    <row r="19" spans="1:4" ht="21" x14ac:dyDescent="0.5">
+      <c r="A19" s="42" t="s">
         <v>137</v>
       </c>
-      <c r="B19" s="66"/>
-[...4 lines deleted...]
-      <c r="A20" s="68" t="str">
+      <c r="B19" s="43"/>
+      <c r="C19" s="43"/>
+      <c r="D19" s="44"/>
+    </row>
+    <row r="20" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="54" t="str">
         <f>IF(+'School Data'!E82&gt;500000,'School Data'!C115,'School Data'!C112)</f>
         <v>Budget Holder (optional)</v>
       </c>
-      <c r="B20" s="69"/>
-      <c r="C20" s="70" t="str">
+      <c r="B20" s="55"/>
+      <c r="C20" s="65" t="str">
         <f>IF(+'School Data'!E82&gt;50000,+'School Data'!C115,'School Data'!C113)</f>
         <v>Authorised Signatory</v>
       </c>
-      <c r="D20" s="71"/>
-[...8 lines deleted...]
-      <c r="A22" s="72" t="s">
+      <c r="D20" s="66"/>
+    </row>
+    <row r="21" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="41"/>
+      <c r="B21" s="40"/>
+      <c r="C21" s="40"/>
+      <c r="D21" s="51"/>
+    </row>
+    <row r="22" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="41" t="s">
         <v>110</v>
       </c>
-      <c r="B22" s="52"/>
-      <c r="C22" s="52" t="s">
+      <c r="B22" s="40"/>
+      <c r="C22" s="40" t="s">
         <v>110</v>
       </c>
-      <c r="D22" s="53"/>
-[...2 lines deleted...]
-      <c r="A23" s="73" t="s">
+      <c r="D22" s="51"/>
+    </row>
+    <row r="23" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="52" t="s">
         <v>120</v>
       </c>
-      <c r="B23" s="74"/>
-      <c r="C23" s="73" t="s">
+      <c r="B23" s="53"/>
+      <c r="C23" s="52" t="s">
         <v>120</v>
       </c>
-      <c r="D23" s="74"/>
-[...2 lines deleted...]
-      <c r="A24" s="65" t="s">
+      <c r="D23" s="53"/>
+    </row>
+    <row r="24" spans="1:4" ht="21" x14ac:dyDescent="0.5">
+      <c r="A24" s="42" t="s">
         <v>138</v>
       </c>
-      <c r="B24" s="66"/>
-[...9 lines deleted...]
-      <c r="C25" s="68" t="str">
+      <c r="B24" s="43"/>
+      <c r="C24" s="43"/>
+      <c r="D24" s="44"/>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A25" s="77" t="s">
+        <v>229</v>
+      </c>
+      <c r="B25" s="78"/>
+      <c r="C25" s="54" t="str">
         <f>IF(+'School Data'!E82&gt;49999.99,+'School Data'!C118,+'School Data'!C116)</f>
         <v>None Required</v>
       </c>
-      <c r="D25" s="69"/>
-[...8 lines deleted...]
-      <c r="A27" s="72" t="s">
+      <c r="D25" s="55"/>
+    </row>
+    <row r="26" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C26" s="41"/>
+      <c r="D26" s="40"/>
+    </row>
+    <row r="27" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="41" t="s">
         <v>110</v>
       </c>
-      <c r="B27" s="52"/>
-      <c r="C27" s="72" t="s">
+      <c r="B27" s="40"/>
+      <c r="C27" s="41" t="s">
         <v>110</v>
       </c>
-      <c r="D27" s="52"/>
-[...2 lines deleted...]
-      <c r="A28" s="52" t="s">
+      <c r="D27" s="40"/>
+    </row>
+    <row r="28" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="40" t="s">
         <v>120</v>
       </c>
-      <c r="B28" s="52"/>
-      <c r="C28" s="72" t="s">
+      <c r="B28" s="40"/>
+      <c r="C28" s="41" t="s">
         <v>120</v>
       </c>
-      <c r="D28" s="52"/>
-[...2 lines deleted...]
-      <c r="A29" s="65" t="s">
+      <c r="D28" s="40"/>
+    </row>
+    <row r="29" spans="1:4" ht="21" x14ac:dyDescent="0.5">
+      <c r="A29" s="42" t="s">
         <v>135</v>
       </c>
-      <c r="B29" s="66"/>
-[...12 lines deleted...]
-      <c r="A31" s="78" t="s">
+      <c r="B29" s="43"/>
+      <c r="C29" s="43"/>
+      <c r="D29" s="44"/>
+    </row>
+    <row r="30" spans="1:4" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="45" t="s">
+        <v>192</v>
+      </c>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="47"/>
+    </row>
+    <row r="31" spans="1:4" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="48" t="s">
         <v>142</v>
       </c>
-      <c r="B31" s="79"/>
-[...9 lines deleted...]
-      <c r="D32" s="22"/>
+      <c r="B31" s="49"/>
+      <c r="C31" s="49"/>
+      <c r="D31" s="50"/>
+    </row>
+    <row r="32" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A32" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>230</v>
+      </c>
+      <c r="C32" s="19"/>
+      <c r="D32" s="20"/>
     </row>
   </sheetData>
-  <mergeCells count="30">
-[...4 lines deleted...]
-    <mergeCell ref="A31:D31"/>
+  <mergeCells count="29">
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A3:D3"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="A17:D17"/>
+    <mergeCell ref="A18:D18"/>
+    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:D20"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="A24:D24"/>
+    <mergeCell ref="C25:D25"/>
     <mergeCell ref="A25:B25"/>
-    <mergeCell ref="C25:D25"/>
-    <mergeCell ref="A26:B26"/>
     <mergeCell ref="C26:D26"/>
-    <mergeCell ref="B11:D11"/>
-[...10 lines deleted...]
-    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="A29:D29"/>
+    <mergeCell ref="A30:D30"/>
+    <mergeCell ref="A31:D31"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:C8">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:C8" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>Faculty</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" sqref="B9:C9">
+    <dataValidation type="list" allowBlank="1" sqref="B9:C9" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>INDIRECT(B8)</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="1" id="{DED313A9-4E5D-4E57-BD41-AE520DE13E0C}">
+            <xm:f>+'School Data'!$E$82&lt;5000</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor theme="0" tint="-0.499984740745262"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>A27:B28 A25:B25</xm:sqref>
+        </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="2" id="{C19E6879-BB2C-46BD-B035-A11B6991DA8A}">
             <xm:f>'School Data'!$E$82&lt;50000</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="0" tint="-0.499984740745262"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>C25:D28</xm:sqref>
         </x14:conditionalFormatting>
-        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-[...11 lines deleted...]
-        </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
             <xm:f>'School Data'!$C$82:$C$103</xm:f>
           </x14:formula1>
           <xm:sqref>D13</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:A28"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F11" sqref="F11:F14"/>
+    <sheetView topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="131.28515625" customWidth="1"/>
+    <col min="1" max="1" width="131.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:1" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="93.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="35" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="39" t="s">
+    <row r="3" spans="1:1" ht="82.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="35" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="35" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="3" spans="1:1" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="A6" s="39" t="s">
+    <row r="5" spans="1:1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A5" s="35" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="6" spans="1:1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="35" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="7" spans="1:1" ht="45" x14ac:dyDescent="0.25">
-[...65 lines deleted...]
-      <c r="A28" s="37"/>
+    <row r="8" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A8" s="31"/>
+    </row>
+    <row r="9" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A9" s="31"/>
+    </row>
+    <row r="10" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A10" s="31"/>
+    </row>
+    <row r="11" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A11" s="31"/>
+    </row>
+    <row r="12" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A12" s="31"/>
+    </row>
+    <row r="13" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A13" s="31"/>
+    </row>
+    <row r="14" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A14" s="31"/>
+    </row>
+    <row r="15" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A15" s="31"/>
+    </row>
+    <row r="16" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A16" s="31"/>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A17" s="31"/>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A18" s="31"/>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A19" s="31"/>
+    </row>
+    <row r="20" spans="1:1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="32"/>
+    </row>
+    <row r="21" spans="1:1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="32"/>
+    </row>
+    <row r="22" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A22" s="33"/>
+    </row>
+    <row r="23" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A23" s="33"/>
+    </row>
+    <row r="24" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A24" s="33"/>
+    </row>
+    <row r="25" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A25" s="33"/>
+    </row>
+    <row r="26" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A26" s="33"/>
+    </row>
+    <row r="27" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A27" s="34"/>
+    </row>
+    <row r="28" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A28" s="33"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B8"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F11" sqref="F11:F14"/>
+    <sheetView topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="2" width="60.7109375" style="30" customWidth="1"/>
+    <col min="1" max="2" width="60.7265625" style="26" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A1" s="30" t="s">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A1" s="26" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A2" s="33" t="s">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A2" s="29" t="s">
         <v>180</v>
       </c>
-      <c r="B2" s="34" t="s">
+      <c r="B2" s="30" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="60" x14ac:dyDescent="0.25">
-      <c r="A3" s="31" t="s">
+    <row r="3" spans="1:2" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="27" t="s">
         <v>175</v>
       </c>
-      <c r="B3" s="32" t="s">
+      <c r="B3" s="28" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="45" x14ac:dyDescent="0.25">
-      <c r="A4" s="31" t="s">
+    <row r="4" spans="1:2" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="27" t="s">
         <v>176</v>
       </c>
-      <c r="B4" s="32" t="s">
+      <c r="B4" s="28" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B5" s="28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="58" x14ac:dyDescent="0.35">
+      <c r="A6" s="27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B6" s="28" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="45" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="B6" s="32" t="s">
+    <row r="7" spans="1:2" ht="29" x14ac:dyDescent="0.35">
+      <c r="A7" s="27" t="s">
+        <v>173</v>
+      </c>
+      <c r="B7" s="28" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A8" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="B8" s="28" t="s">
         <v>185</v>
-      </c>
-[...14 lines deleted...]
-        <v>186</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="F11" sqref="F11:F14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M118"/>
   <sheetViews>
     <sheetView topLeftCell="A33" workbookViewId="0">
       <selection activeCell="E100" sqref="E100"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="7.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="19.5703125" customWidth="1"/>
+    <col min="1" max="1" width="7.26953125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="24.7265625" customWidth="1"/>
+    <col min="3" max="3" width="36.81640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.54296875" customWidth="1"/>
     <col min="5" max="5" width="35" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="9.85546875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.81640625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.7265625" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="14.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B5" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B6" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B7" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B9" t="s">
         <v>0</v>
       </c>
       <c r="C9" t="s">
         <v>2</v>
       </c>
       <c r="D9" t="s">
         <v>1</v>
       </c>
       <c r="E9" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+        <v>212</v>
+      </c>
+      <c r="F9" s="36" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>0</v>
       </c>
       <c r="C10" t="s">
         <v>2</v>
       </c>
-      <c r="D10" s="41" t="s">
+      <c r="D10" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="41" t="s">
-[...6 lines deleted...]
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E10" s="37" t="s">
+        <v>212</v>
+      </c>
+      <c r="F10" s="37" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B11" t="s">
         <v>5</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
-      <c r="D11" s="42" t="s">
-        <v>219</v>
+      <c r="D11" s="38" t="s">
+        <v>216</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
+        <v>214</v>
+      </c>
+      <c r="D12" s="38" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
-      <c r="D13" s="42" t="s">
+      <c r="D13" s="38" t="s">
         <v>53</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B14" t="s">
         <v>51</v>
       </c>
       <c r="C14" t="s">
+        <v>215</v>
+      </c>
+      <c r="D14" s="38" t="s">
         <v>218</v>
       </c>
-      <c r="D14" s="42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="F14" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>52</v>
       </c>
       <c r="E15" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="17" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:5" x14ac:dyDescent="0.35">
       <c r="B17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="18" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E18" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="19" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E19" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:5" x14ac:dyDescent="0.25">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="20" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E20" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="21" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E21" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:5" x14ac:dyDescent="0.25">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="22" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E22" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:5" x14ac:dyDescent="0.25">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="23" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E23" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="24" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E24" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:5" x14ac:dyDescent="0.25">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="25" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E25" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="26" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:5" x14ac:dyDescent="0.35">
       <c r="E26" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="34" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34" t="s">
         <v>55</v>
       </c>
       <c r="D34" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="35" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B35" t="s">
         <v>37</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D35" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="36" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B36" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D36" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="37" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D37" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="38" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B38" t="s">
         <v>25</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D38" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="39" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B39" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D39" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="40" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B40" t="s">
         <v>27</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D40" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="41" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B41" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D41" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="42" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B42" t="s">
         <v>28</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D42" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="43" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B43" t="s">
         <v>29</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D43" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="44" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B44" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D44" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="45" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B45" t="s">
         <v>30</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D45" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="46" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D46" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="47" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B47" t="s">
         <v>34</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D47" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="48" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B48" t="s">
         <v>31</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="49" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B49" t="s">
         <v>35</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D49" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="50" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B50" t="s">
         <v>80</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D50" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="51" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B51" t="s">
         <v>48</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D51" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="52" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B52" t="s">
         <v>23</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D52" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="53" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B53" t="s">
         <v>18</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D53" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="54" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B54" t="s">
         <v>21</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D54" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="55" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B55" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D55" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="56" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B56" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D56" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="57" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B57" t="s">
         <v>22</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D57" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="58" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B58" t="s">
         <v>47</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D58" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="59" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B59" t="s">
         <v>17</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D59" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="60" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B60" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D60" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="61" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B61" t="s">
         <v>11</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D61" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="62" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B62" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D62" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="63" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B63" t="s">
         <v>15</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D63" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="64" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D64" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="65" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B65" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D65" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="66" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B66" t="s">
         <v>52</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D66" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="67" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B67" t="s">
         <v>5</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D67" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="68" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B68" t="s">
         <v>6</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D68" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="69" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D69" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="70" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B70" t="s">
         <v>51</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D70" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="71" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D71" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="72" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D72" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="73" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B73" t="s">
         <v>10</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D73" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="74" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B74" t="s">
         <v>38</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D74" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="75" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B75" t="s">
         <v>41</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D75" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="76" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B76" t="s">
         <v>40</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D76" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="77" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B77" t="s">
         <v>39</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D77" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="78" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B78" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D78" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="79" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" hidden="1" x14ac:dyDescent="0.35">
       <c r="B79" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D79" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      <c r="B82" s="25" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="82" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B82" s="23" t="s">
         <v>144</v>
       </c>
-      <c r="C82" s="26" t="s">
+      <c r="C82" s="24" t="s">
         <v>83</v>
       </c>
-      <c r="D82" s="43">
+      <c r="D82" s="39">
         <v>4.9344000000000001</v>
       </c>
-      <c r="E82" s="27">
+      <c r="E82" s="25">
         <f>+FORM!B13/'School Data'!F82</f>
         <v>24000</v>
       </c>
-      <c r="F82" s="27">
+      <c r="F82" s="25">
         <f>VLOOKUP(+FORM!D13,'School Data'!C82:D103,2,FALSE)</f>
         <v>1</v>
       </c>
-      <c r="G82" s="27"/>
-[...8 lines deleted...]
-      <c r="B83" s="28" t="s">
+      <c r="G82" s="25"/>
+      <c r="H82" s="23"/>
+      <c r="I82" s="25"/>
+      <c r="J82" s="25"/>
+      <c r="K82" s="25"/>
+      <c r="L82" s="25"/>
+      <c r="M82" s="25"/>
+    </row>
+    <row r="83" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B83" s="24" t="s">
         <v>145</v>
       </c>
-      <c r="C83" s="28" t="s">
+      <c r="C83" s="24" t="s">
         <v>126</v>
       </c>
-      <c r="D83" s="43">
+      <c r="D83" s="39">
         <v>1.8689</v>
       </c>
-      <c r="E83" s="27"/>
-[...10 lines deleted...]
-      <c r="B84" s="28" t="s">
+      <c r="E83" s="25"/>
+      <c r="F83" s="25"/>
+      <c r="G83" s="25"/>
+      <c r="H83" s="24"/>
+      <c r="I83" s="25"/>
+      <c r="J83" s="25"/>
+      <c r="K83" s="25"/>
+      <c r="L83" s="25"/>
+      <c r="M83" s="25"/>
+    </row>
+    <row r="84" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B84" s="24" t="s">
         <v>146</v>
       </c>
-      <c r="C84" s="28" t="s">
+      <c r="C84" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="D84" s="43">
+      <c r="D84" s="39">
         <v>1.7131000000000001</v>
       </c>
-      <c r="E84" s="27"/>
-[...10 lines deleted...]
-      <c r="B85" s="28" t="s">
+      <c r="E84" s="25"/>
+      <c r="F84" s="25"/>
+      <c r="G84" s="25"/>
+      <c r="H84" s="24"/>
+      <c r="I84" s="25"/>
+      <c r="J84" s="25"/>
+      <c r="K84" s="25"/>
+      <c r="L84" s="25"/>
+      <c r="M84" s="25"/>
+    </row>
+    <row r="85" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B85" s="24" t="s">
         <v>147</v>
       </c>
-      <c r="C85" s="28" t="s">
+      <c r="C85" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="D85" s="43">
+      <c r="D85" s="39">
         <v>1.2543</v>
       </c>
-      <c r="E85" s="27"/>
-[...10 lines deleted...]
-      <c r="B86" s="29" t="s">
+      <c r="E85" s="25"/>
+      <c r="F85" s="25"/>
+      <c r="G85" s="25"/>
+      <c r="H85" s="24"/>
+      <c r="I85" s="25"/>
+      <c r="J85" s="25"/>
+      <c r="K85" s="25"/>
+      <c r="L85" s="25"/>
+      <c r="M85" s="25"/>
+    </row>
+    <row r="86" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B86" s="23" t="s">
         <v>148</v>
       </c>
-      <c r="C86" s="28" t="s">
+      <c r="C86" s="24" t="s">
         <v>149</v>
       </c>
-      <c r="D86" s="43">
+      <c r="D86" s="39">
         <v>1082.5282999999999</v>
       </c>
-      <c r="E86" s="27"/>
-[...10 lines deleted...]
-      <c r="B87" s="28" t="s">
+      <c r="E86" s="25"/>
+      <c r="F86" s="25"/>
+      <c r="G86" s="25"/>
+      <c r="H86" s="23"/>
+      <c r="I86" s="25"/>
+      <c r="J86" s="25"/>
+      <c r="K86" s="25"/>
+      <c r="L86" s="25"/>
+      <c r="M86" s="25"/>
+    </row>
+    <row r="87" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B87" s="24" t="s">
         <v>150</v>
       </c>
-      <c r="C87" s="28" t="s">
+      <c r="C87" s="24" t="s">
         <v>151</v>
       </c>
-      <c r="D87" s="43">
+      <c r="D87" s="39">
         <v>8.6944999999999997</v>
       </c>
-      <c r="E87" s="27"/>
-[...10 lines deleted...]
-      <c r="B88" s="28" t="s">
+      <c r="E87" s="25"/>
+      <c r="F87" s="25"/>
+      <c r="G87" s="25"/>
+      <c r="H87" s="24"/>
+      <c r="I87" s="25"/>
+      <c r="J87" s="25"/>
+      <c r="K87" s="25"/>
+      <c r="L87" s="25"/>
+      <c r="M87" s="25"/>
+    </row>
+    <row r="88" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B88" s="24" t="s">
         <v>152</v>
       </c>
-      <c r="C88" s="28" t="s">
+      <c r="C88" s="24" t="s">
         <v>153</v>
       </c>
-      <c r="D88" s="43">
+      <c r="D88" s="39">
         <v>8.6037999999999997</v>
       </c>
-      <c r="E88" s="27"/>
-[...10 lines deleted...]
-      <c r="B89" s="28" t="s">
+      <c r="E88" s="25"/>
+      <c r="F88" s="25"/>
+      <c r="G88" s="25"/>
+      <c r="H88" s="24"/>
+      <c r="I88" s="25"/>
+      <c r="J88" s="25"/>
+      <c r="K88" s="25"/>
+      <c r="L88" s="25"/>
+      <c r="M88" s="25"/>
+    </row>
+    <row r="89" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B89" s="24" t="s">
         <v>154</v>
       </c>
-      <c r="C89" s="28" t="s">
+      <c r="C89" s="24" t="s">
         <v>129</v>
       </c>
-      <c r="D89" s="43">
+      <c r="D89" s="39">
         <v>1.157</v>
       </c>
-      <c r="E89" s="27"/>
-[...13 lines deleted...]
-      <c r="C90" s="28" t="s">
+      <c r="E89" s="25"/>
+      <c r="F89" s="25"/>
+      <c r="G89" s="25"/>
+      <c r="H89" s="24"/>
+      <c r="I89" s="25"/>
+      <c r="J89" s="25"/>
+      <c r="K89" s="25"/>
+      <c r="L89" s="25"/>
+      <c r="M89" s="25"/>
+    </row>
+    <row r="90" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B90" s="24" t="s">
+        <v>186</v>
+      </c>
+      <c r="C90" s="24" t="s">
         <v>130</v>
       </c>
-      <c r="D90" s="27">
+      <c r="D90" s="25">
         <v>1</v>
       </c>
-      <c r="E90" s="27"/>
-[...10 lines deleted...]
-      <c r="B91" s="28" t="s">
+      <c r="E90" s="25"/>
+      <c r="F90" s="25"/>
+      <c r="G90" s="25"/>
+      <c r="H90" s="24"/>
+      <c r="I90" s="25"/>
+      <c r="J90" s="25"/>
+      <c r="K90" s="25"/>
+      <c r="L90" s="25"/>
+      <c r="M90" s="25"/>
+    </row>
+    <row r="91" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B91" s="24" t="s">
         <v>155</v>
       </c>
-      <c r="C91" s="28" t="s">
+      <c r="C91" s="24" t="s">
         <v>115</v>
       </c>
-      <c r="D91" s="43">
+      <c r="D91" s="39">
         <v>10.4603</v>
       </c>
-      <c r="E91" s="27"/>
-[...10 lines deleted...]
-      <c r="B92" s="28" t="s">
+      <c r="E91" s="25"/>
+      <c r="F91" s="25"/>
+      <c r="G91" s="25"/>
+      <c r="H91" s="24"/>
+      <c r="I91" s="25"/>
+      <c r="J91" s="25"/>
+      <c r="K91" s="25"/>
+      <c r="L91" s="25"/>
+      <c r="M91" s="25"/>
+    </row>
+    <row r="92" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B92" s="24" t="s">
         <v>156</v>
       </c>
-      <c r="C92" s="28" t="s">
+      <c r="C92" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="D92" s="43">
+      <c r="D92" s="39">
         <v>99.855400000000003</v>
       </c>
-      <c r="E92" s="27"/>
-[...10 lines deleted...]
-      <c r="B93" s="28" t="s">
+      <c r="E92" s="25"/>
+      <c r="F92" s="25"/>
+      <c r="G92" s="25"/>
+      <c r="H92" s="24"/>
+      <c r="I92" s="25"/>
+      <c r="J92" s="25"/>
+      <c r="K92" s="25"/>
+      <c r="L92" s="25"/>
+      <c r="M92" s="25"/>
+    </row>
+    <row r="93" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B93" s="24" t="s">
         <v>157</v>
       </c>
-      <c r="C93" s="28" t="s">
+      <c r="C93" s="24" t="s">
         <v>112</v>
       </c>
-      <c r="D93" s="43">
+      <c r="D93" s="39">
         <v>150.2621</v>
       </c>
-      <c r="E93" s="27"/>
-[...10 lines deleted...]
-      <c r="B94" s="29" t="s">
+      <c r="E93" s="25"/>
+      <c r="F93" s="25"/>
+      <c r="G93" s="25"/>
+      <c r="H93" s="24"/>
+      <c r="I93" s="25"/>
+      <c r="J93" s="25"/>
+      <c r="K93" s="25"/>
+      <c r="L93" s="25"/>
+      <c r="M93" s="25"/>
+    </row>
+    <row r="94" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B94" s="23" t="s">
         <v>158</v>
       </c>
-      <c r="C94" s="28" t="s">
+      <c r="C94" s="24" t="s">
         <v>159</v>
       </c>
-      <c r="D94" s="43">
+      <c r="D94" s="39">
         <v>1594.7338999999999</v>
       </c>
-      <c r="E94" s="27"/>
-[...10 lines deleted...]
-      <c r="B95" s="28" t="s">
+      <c r="E94" s="25"/>
+      <c r="F94" s="25"/>
+      <c r="G94" s="25"/>
+      <c r="H94" s="23"/>
+      <c r="I94" s="25"/>
+      <c r="J94" s="25"/>
+      <c r="K94" s="25"/>
+      <c r="L94" s="25"/>
+      <c r="M94" s="25"/>
+    </row>
+    <row r="95" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B95" s="24" t="s">
         <v>160</v>
       </c>
-      <c r="C95" s="28" t="s">
+      <c r="C95" s="24" t="s">
         <v>161</v>
       </c>
-      <c r="D95" s="43">
+      <c r="D95" s="39">
         <v>5.6223999999999998</v>
       </c>
-      <c r="E95" s="27"/>
-[...10 lines deleted...]
-      <c r="B96" s="28" t="s">
+      <c r="E95" s="25"/>
+      <c r="F95" s="25"/>
+      <c r="G95" s="25"/>
+      <c r="H95" s="24"/>
+      <c r="I95" s="25"/>
+      <c r="J95" s="25"/>
+      <c r="K95" s="25"/>
+      <c r="L95" s="25"/>
+      <c r="M95" s="25"/>
+    </row>
+    <row r="96" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B96" s="24" t="s">
         <v>162</v>
       </c>
-      <c r="C96" s="28" t="s">
+      <c r="C96" s="24" t="s">
         <v>163</v>
       </c>
-      <c r="D96" s="43">
+      <c r="D96" s="39">
         <v>11.7522</v>
       </c>
-      <c r="E96" s="27"/>
-[...10 lines deleted...]
-      <c r="B97" s="28" t="s">
+      <c r="E96" s="25"/>
+      <c r="F96" s="25"/>
+      <c r="G96" s="25"/>
+      <c r="H96" s="24"/>
+      <c r="I96" s="25"/>
+      <c r="J96" s="25"/>
+      <c r="K96" s="25"/>
+      <c r="L96" s="25"/>
+      <c r="M96" s="25"/>
+    </row>
+    <row r="97" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B97" s="24" t="s">
         <v>164</v>
       </c>
-      <c r="C97" s="28" t="s">
+      <c r="C97" s="24" t="s">
         <v>165</v>
       </c>
-      <c r="D97" s="43">
+      <c r="D97" s="39">
         <v>1.9557</v>
       </c>
-      <c r="E97" s="27"/>
-[...10 lines deleted...]
-      <c r="B98" s="28" t="s">
+      <c r="E97" s="25"/>
+      <c r="F97" s="25"/>
+      <c r="G97" s="25"/>
+      <c r="H97" s="24"/>
+      <c r="I97" s="25"/>
+      <c r="J97" s="25"/>
+      <c r="K97" s="25"/>
+      <c r="L97" s="25"/>
+      <c r="M97" s="25"/>
+    </row>
+    <row r="98" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B98" s="24" t="s">
         <v>166</v>
       </c>
-      <c r="C98" s="28" t="s">
+      <c r="C98" s="24" t="s">
         <v>167</v>
       </c>
-      <c r="D98" s="43">
+      <c r="D98" s="39">
         <v>5.3590999999999998</v>
       </c>
-      <c r="E98" s="27"/>
-[...10 lines deleted...]
-      <c r="B99" s="28" t="s">
+      <c r="E98" s="25"/>
+      <c r="F98" s="25"/>
+      <c r="G98" s="25"/>
+      <c r="H98" s="24"/>
+      <c r="I98" s="25"/>
+      <c r="J98" s="25"/>
+      <c r="K98" s="25"/>
+      <c r="L98" s="25"/>
+      <c r="M98" s="25"/>
+    </row>
+    <row r="99" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B99" s="24" t="s">
         <v>168</v>
       </c>
-      <c r="C99" s="28" t="s">
+      <c r="C99" s="24" t="s">
         <v>132</v>
       </c>
-      <c r="D99" s="43">
+      <c r="D99" s="39">
         <v>11.8073</v>
       </c>
-      <c r="E99" s="27"/>
-[...10 lines deleted...]
-      <c r="B100" s="28" t="s">
+      <c r="E99" s="25"/>
+      <c r="F99" s="25"/>
+      <c r="G99" s="25"/>
+      <c r="H99" s="24"/>
+      <c r="I99" s="25"/>
+      <c r="J99" s="25"/>
+      <c r="K99" s="25"/>
+      <c r="L99" s="25"/>
+      <c r="M99" s="25"/>
+    </row>
+    <row r="100" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B100" s="24" t="s">
         <v>169</v>
       </c>
-      <c r="C100" s="28" t="s">
+      <c r="C100" s="24" t="s">
         <v>114</v>
       </c>
-      <c r="D100" s="43">
+      <c r="D100" s="39">
         <v>1.8279000000000001</v>
       </c>
-      <c r="E100" s="27"/>
-[...10 lines deleted...]
-      <c r="B101" s="28" t="s">
+      <c r="E100" s="25"/>
+      <c r="F100" s="25"/>
+      <c r="G100" s="25"/>
+      <c r="H100" s="24"/>
+      <c r="I100" s="25"/>
+      <c r="J100" s="25"/>
+      <c r="K100" s="25"/>
+      <c r="L100" s="25"/>
+      <c r="M100" s="25"/>
+    </row>
+    <row r="101" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B101" s="24" t="s">
         <v>170</v>
       </c>
-      <c r="C101" s="28" t="s">
+      <c r="C101" s="24" t="s">
         <v>133</v>
       </c>
-      <c r="D101" s="43">
+      <c r="D101" s="39">
         <v>45.622999999999998</v>
       </c>
-      <c r="E101" s="27"/>
-[...10 lines deleted...]
-      <c r="B102" s="28" t="s">
+      <c r="E101" s="25"/>
+      <c r="F101" s="25"/>
+      <c r="G101" s="25"/>
+      <c r="H101" s="24"/>
+      <c r="I101" s="25"/>
+      <c r="J101" s="25"/>
+      <c r="K101" s="25"/>
+      <c r="L101" s="25"/>
+      <c r="M101" s="25"/>
+    </row>
+    <row r="102" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B102" s="24" t="s">
         <v>171</v>
       </c>
-      <c r="C102" s="28" t="s">
+      <c r="C102" s="24" t="s">
         <v>113</v>
       </c>
-      <c r="D102" s="43">
+      <c r="D102" s="39">
         <v>1.3435999999999999</v>
       </c>
-      <c r="E102" s="27"/>
-[...10 lines deleted...]
-      <c r="B103" s="28" t="s">
+      <c r="E102" s="25"/>
+      <c r="F102" s="25"/>
+      <c r="G102" s="25"/>
+      <c r="H102" s="24"/>
+      <c r="I102" s="25"/>
+      <c r="J102" s="25"/>
+      <c r="K102" s="25"/>
+      <c r="L102" s="25"/>
+      <c r="M102" s="25"/>
+    </row>
+    <row r="103" spans="2:13" ht="18" x14ac:dyDescent="0.4">
+      <c r="B103" s="24" t="s">
         <v>172</v>
       </c>
-      <c r="C103" s="28" t="s">
+      <c r="C103" s="24" t="s">
         <v>134</v>
       </c>
-      <c r="D103" s="43">
+      <c r="D103" s="39">
         <v>20.3752</v>
       </c>
-      <c r="E103" s="27"/>
-[...12 lines deleted...]
-    <row r="111" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="E103" s="25"/>
+      <c r="F103" s="25"/>
+      <c r="G103" s="25"/>
+      <c r="H103" s="24"/>
+      <c r="I103" s="25"/>
+      <c r="J103" s="25"/>
+      <c r="K103" s="25"/>
+      <c r="L103" s="25"/>
+      <c r="M103" s="25"/>
+    </row>
+    <row r="104" spans="2:13" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="I104" s="25"/>
+    </row>
+    <row r="111" spans="2:13" x14ac:dyDescent="0.35">
       <c r="C111" s="4" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="112" spans="2:13" x14ac:dyDescent="0.25">
+    <row r="112" spans="2:13" x14ac:dyDescent="0.35">
       <c r="C112" s="2" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="113" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="113" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C113" s="2" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="114" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="114" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C114" s="2" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="115" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="115" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C115" s="2" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="116" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="116" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C116" s="2" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="117" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="117" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C117" s="2" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="118" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="118" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C118" s="2" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B34:D77">
-    <sortState ref="B30:D72">
+  <autoFilter ref="B34:D77" xr:uid="{00000000-0009-0000-0000-000004000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B30:D72">
       <sortCondition ref="D30:D72"/>
     </sortState>
   </autoFilter>
   <dataValidations disablePrompts="1" count="1">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Faculty" sqref="B3:B8 F9:F10"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Faculty" sqref="B3:B8 F9:F10" xr:uid="{00000000-0002-0000-0400-000000000000}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C69" r:id="rId1"/>
-[...42 lines deleted...]
-    <hyperlink ref="C79" r:id="rId44"/>
+    <hyperlink ref="C69" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
+    <hyperlink ref="C65" r:id="rId2" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
+    <hyperlink ref="C61" r:id="rId3" xr:uid="{00000000-0004-0000-0400-000002000000}"/>
+    <hyperlink ref="C55" r:id="rId4" xr:uid="{00000000-0004-0000-0400-000003000000}"/>
+    <hyperlink ref="C62" r:id="rId5" display="mailto:lucy.Galloway@manchester.ac.uk" xr:uid="{00000000-0004-0000-0400-000004000000}"/>
+    <hyperlink ref="C68" r:id="rId6" xr:uid="{00000000-0004-0000-0400-000005000000}"/>
+    <hyperlink ref="C53" r:id="rId7" xr:uid="{00000000-0004-0000-0400-000006000000}"/>
+    <hyperlink ref="C63" r:id="rId8" xr:uid="{00000000-0004-0000-0400-000007000000}"/>
+    <hyperlink ref="C67" r:id="rId9" xr:uid="{00000000-0004-0000-0400-000008000000}"/>
+    <hyperlink ref="C51" r:id="rId10" xr:uid="{00000000-0004-0000-0400-000009000000}"/>
+    <hyperlink ref="C43" r:id="rId11" xr:uid="{00000000-0004-0000-0400-00000A000000}"/>
+    <hyperlink ref="C37" r:id="rId12" xr:uid="{00000000-0004-0000-0400-00000B000000}"/>
+    <hyperlink ref="C38" r:id="rId13" xr:uid="{00000000-0004-0000-0400-00000C000000}"/>
+    <hyperlink ref="C39" r:id="rId14" xr:uid="{00000000-0004-0000-0400-00000D000000}"/>
+    <hyperlink ref="C40" r:id="rId15" xr:uid="{00000000-0004-0000-0400-00000E000000}"/>
+    <hyperlink ref="C48" r:id="rId16" xr:uid="{00000000-0004-0000-0400-00000F000000}"/>
+    <hyperlink ref="C35" r:id="rId17" xr:uid="{00000000-0004-0000-0400-000010000000}"/>
+    <hyperlink ref="C74" r:id="rId18" xr:uid="{00000000-0004-0000-0400-000011000000}"/>
+    <hyperlink ref="C75" r:id="rId19" xr:uid="{00000000-0004-0000-0400-000012000000}"/>
+    <hyperlink ref="C70" r:id="rId20" xr:uid="{00000000-0004-0000-0400-000013000000}"/>
+    <hyperlink ref="C50" r:id="rId21" xr:uid="{00000000-0004-0000-0400-000014000000}"/>
+    <hyperlink ref="C36" r:id="rId22" xr:uid="{00000000-0004-0000-0400-000015000000}"/>
+    <hyperlink ref="C41" r:id="rId23" xr:uid="{00000000-0004-0000-0400-000016000000}"/>
+    <hyperlink ref="C42" r:id="rId24" xr:uid="{00000000-0004-0000-0400-000017000000}"/>
+    <hyperlink ref="C44" r:id="rId25" xr:uid="{00000000-0004-0000-0400-000018000000}"/>
+    <hyperlink ref="C45" r:id="rId26" xr:uid="{00000000-0004-0000-0400-000019000000}"/>
+    <hyperlink ref="C46" r:id="rId27" xr:uid="{00000000-0004-0000-0400-00001A000000}"/>
+    <hyperlink ref="C47" r:id="rId28" xr:uid="{00000000-0004-0000-0400-00001B000000}"/>
+    <hyperlink ref="C49" r:id="rId29" xr:uid="{00000000-0004-0000-0400-00001C000000}"/>
+    <hyperlink ref="C52" r:id="rId30" display="mailto:Mike.Hoare@manchester.ac.uk" xr:uid="{00000000-0004-0000-0400-00001D000000}"/>
+    <hyperlink ref="C54" r:id="rId31" xr:uid="{00000000-0004-0000-0400-00001E000000}"/>
+    <hyperlink ref="C56" r:id="rId32" display="mailto:Mike.Hoare@manchester.ac.uk" xr:uid="{00000000-0004-0000-0400-00001F000000}"/>
+    <hyperlink ref="C57" r:id="rId33" xr:uid="{00000000-0004-0000-0400-000020000000}"/>
+    <hyperlink ref="C58" r:id="rId34" xr:uid="{00000000-0004-0000-0400-000021000000}"/>
+    <hyperlink ref="C59" r:id="rId35" xr:uid="{00000000-0004-0000-0400-000022000000}"/>
+    <hyperlink ref="C60" r:id="rId36" display="mailto:Mike.Hoare@manchester.ac.uk" xr:uid="{00000000-0004-0000-0400-000023000000}"/>
+    <hyperlink ref="C64" r:id="rId37" display="mailto:lucy.Galloway@manchester.ac.uk" xr:uid="{00000000-0004-0000-0400-000024000000}"/>
+    <hyperlink ref="C71" r:id="rId38" xr:uid="{00000000-0004-0000-0400-000025000000}"/>
+    <hyperlink ref="C72" r:id="rId39" xr:uid="{00000000-0004-0000-0400-000026000000}"/>
+    <hyperlink ref="C73" r:id="rId40" xr:uid="{00000000-0004-0000-0400-000027000000}"/>
+    <hyperlink ref="C76" r:id="rId41" xr:uid="{00000000-0004-0000-0400-000028000000}"/>
+    <hyperlink ref="C77" r:id="rId42" xr:uid="{00000000-0004-0000-0400-000029000000}"/>
+    <hyperlink ref="C78" r:id="rId43" xr:uid="{00000000-0004-0000-0400-00002A000000}"/>
+    <hyperlink ref="C79" r:id="rId44" xr:uid="{00000000-0004-0000-0400-00002B000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" orientation="portrait" r:id="rId45"/>
   <tableParts count="3">
     <tablePart r:id="rId46"/>
     <tablePart r:id="rId47"/>
     <tablePart r:id="rId48"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>