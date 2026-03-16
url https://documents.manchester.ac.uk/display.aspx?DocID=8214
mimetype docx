--- v0 (2025-10-24)
+++ v1 (2026-03-16)
@@ -1,675 +1,286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9840" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="80" w:type="dxa"/>
           <w:left w:w="160" w:type="dxa"/>
           <w:bottom w:w="80" w:type="dxa"/>
           <w:right w:w="160" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="7380"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D903" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="6668EDD2" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRPr="00607638" w:rsidRDefault="000377EB">
+          <w:p w14:paraId="3877D902" w14:textId="28E86915" w:rsidR="008F21C1" w:rsidRPr="000957A6" w:rsidRDefault="000957A6" w:rsidP="000957A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00607638">
+            <w:r w:rsidRPr="000957A6">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FF0000"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Job Title</w:t>
+              <w:t>(Job Title)</w:t>
             </w:r>
-          </w:p>
-[...94 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D906" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D904" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D905" w14:textId="26008B65" w:rsidR="005E2CD5" w:rsidRPr="00914419" w:rsidRDefault="003E6E86">
+          <w:p w14:paraId="3877D905" w14:textId="6E95EF3F" w:rsidR="005E2CD5" w:rsidRPr="00914419" w:rsidRDefault="005E2CD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00914419">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D909" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D907" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
+          <w:p w14:paraId="3877D907" w14:textId="202BBD0D" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="67D18B7B" w14:textId="77777777" w:rsidR="003E6E86" w:rsidRPr="00914419" w:rsidRDefault="000377EB">
-[...20 lines deleted...]
-          <w:p w14:paraId="3877D908" w14:textId="2D210BE1" w:rsidR="005E2CD5" w:rsidRDefault="003E6E86">
+          <w:p w14:paraId="3877D908" w14:textId="7BBF225B" w:rsidR="005E2CD5" w:rsidRDefault="005E2CD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="00914419">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D90B" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="3877D90A" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:commentRangeStart w:id="0"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Overall</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Purpose</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:commentReference w:id="0"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D90D" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4B70C6A9" w14:textId="77777777" w:rsidR="00F1322E" w:rsidRDefault="003F6F32" w:rsidP="00F1322E">
+          <w:p w14:paraId="0BDF0082" w14:textId="77777777" w:rsidR="002875B6" w:rsidRDefault="002875B6" w:rsidP="004670CD">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...195 lines deleted...]
-              </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:color w:val="FF0000"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D44885">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="4FC30EFB" w14:textId="172418CA" w:rsidR="002875B6" w:rsidRPr="00D44885" w:rsidRDefault="002875B6" w:rsidP="00D44885">
+          <w:p w14:paraId="1808FC89" w14:textId="77777777" w:rsidR="00707480" w:rsidRDefault="00707480" w:rsidP="004670CD">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...3 lines deleted...]
-              </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:color w:val="FF0000"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D44885">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="092280AA" w14:textId="77777777" w:rsidR="002875B6" w:rsidRPr="00D44885" w:rsidRDefault="002875B6" w:rsidP="00D44885">
-[...25 lines deleted...]
-          <w:p w14:paraId="3877D90C" w14:textId="4BB858AA" w:rsidR="002875B6" w:rsidRPr="00610004" w:rsidRDefault="002875B6" w:rsidP="00B6781D">
+          <w:p w14:paraId="3877D90C" w14:textId="4BB858AA" w:rsidR="004670CD" w:rsidRPr="004670CD" w:rsidRDefault="004670CD" w:rsidP="004670CD">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D90F" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
@@ -684,1287 +295,518 @@
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>About the Team</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D911" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D910" w14:textId="2FA5D581" w:rsidR="005E2CD5" w:rsidRPr="00610004" w:rsidRDefault="003F6F32">
+          <w:p w14:paraId="38E0721C" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="005E2CD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="3877D910" w14:textId="7FE03D3E" w:rsidR="004670CD" w:rsidRPr="00610004" w:rsidRDefault="004670CD">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>*Add a</w:t>
-[...30 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D913" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="3877D912" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:commentRangeStart w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Key Accountabilities</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:commentReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D927" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="00D0D739" w14:textId="48A1DEF9" w:rsidR="00371F53" w:rsidRDefault="00AC7E95" w:rsidP="00AC7E95">
-[...331 lines deleted...]
-          <w:p w14:paraId="00A36993" w14:textId="5CF527AE" w:rsidR="00BA03EF" w:rsidRPr="00BA03EF" w:rsidRDefault="00BA03EF" w:rsidP="002E3BDA">
+          <w:p w14:paraId="4C8E6F7D" w14:textId="365C5A8B" w:rsidR="00AC7E95" w:rsidRDefault="003B6F02" w:rsidP="004670CD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="402" w:hanging="402"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA03EF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
-              <w:t xml:space="preserve">Try to avoid creating an extensive list of detailed activities, keep your list to </w:t>
+              <w:t>Maximum 12 bullets</w:t>
             </w:r>
-            <w:r w:rsidR="00FE7B08">
+          </w:p>
+          <w:p w14:paraId="78CB38A9" w14:textId="77777777" w:rsidR="004670CD" w:rsidRDefault="004670CD" w:rsidP="003B6F02">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...20 lines deleted...]
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA03EF">
+          </w:p>
+          <w:p w14:paraId="1BDBB952" w14:textId="77777777" w:rsidR="00CA209A" w:rsidRDefault="00CA209A" w:rsidP="003B6F02">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...20 lines deleted...]
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E3BDA">
-[...24 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="185A8203" w14:textId="77777777" w:rsidR="00BA03EF" w:rsidRPr="00BA03EF" w:rsidRDefault="00BA03EF" w:rsidP="002E3BDA">
+          <w:p w14:paraId="3877D926" w14:textId="67B5E1D9" w:rsidR="003B6F02" w:rsidRPr="004670CD" w:rsidRDefault="003B6F02" w:rsidP="003B6F02">
             <w:pPr>
-              <w:numPr>
-[...27 lines deleted...]
-              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D929" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D928" w14:textId="0947B5F5" w:rsidR="0009081C" w:rsidRPr="00126BED" w:rsidRDefault="00B37D51" w:rsidP="00126BED">
+          <w:p w14:paraId="3877D928" w14:textId="08F7CE5C" w:rsidR="0009081C" w:rsidRPr="00126BED" w:rsidRDefault="00B37D51" w:rsidP="00126BED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Person Specification</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="2"/>
-            <w:r w:rsidR="004C76C1">
+            <w:r w:rsidR="00885340">
               <w:rPr>
-                <w:rStyle w:val="CommentReference"/>
+                <w:b/>
               </w:rPr>
-              <w:commentReference w:id="2"/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...258 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D92C" w14:textId="77777777" w:rsidTr="00292B3C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D92A" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Knowledge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D92B" w14:textId="6671B1F1" w:rsidR="005E2CD5" w:rsidRPr="00F7612A" w:rsidRDefault="002110B5" w:rsidP="00BA34AB">
+          <w:p w14:paraId="3877D92B" w14:textId="39132502" w:rsidR="005E2CD5" w:rsidRPr="00F7612A" w:rsidRDefault="005E2CD5" w:rsidP="00BA34AB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7612A">
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA34AB" w14:paraId="3A559D82" w14:textId="77777777" w:rsidTr="00292B3C">
+      <w:tr w:rsidR="00BA34AB" w14:paraId="3A559D82" w14:textId="77777777" w:rsidTr="00B46E8A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="352D026C" w14:textId="77777777" w:rsidR="00BA34AB" w:rsidRDefault="00BA34AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="1AC2B2E4" w14:textId="77777777" w:rsidR="00BA34AB" w:rsidRPr="00BA34AB" w:rsidRDefault="00BA34AB" w:rsidP="00BA34AB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002110B5" w14:paraId="3877D92F" w14:textId="77777777" w:rsidTr="002110B5">
+      <w:tr w:rsidR="002110B5" w14:paraId="3877D92F" w14:textId="77777777" w:rsidTr="00B46E8A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D92D" w14:textId="77777777" w:rsidR="002110B5" w:rsidRDefault="002110B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Experience</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D92E" w14:textId="5942612D" w:rsidR="002110B5" w:rsidRPr="00F7612A" w:rsidRDefault="002110B5">
+          <w:p w14:paraId="3877D92E" w14:textId="2E7F8788" w:rsidR="002110B5" w:rsidRPr="00F7612A" w:rsidRDefault="002110B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7612A">
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002110B5" w14:paraId="3877D932" w14:textId="77777777" w:rsidTr="002110B5">
+      <w:tr w:rsidR="002110B5" w14:paraId="3877D932" w14:textId="77777777" w:rsidTr="00B46E8A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D930" w14:textId="77777777" w:rsidR="002110B5" w:rsidRDefault="002110B5">
+          <w:p w14:paraId="3877D930" w14:textId="77777777" w:rsidR="002110B5" w:rsidRDefault="002110B5" w:rsidP="00CA209A">
             <w:pPr>
               <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D931" w14:textId="5373D72D" w:rsidR="002110B5" w:rsidRDefault="002110B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292B3C" w14:paraId="3877D935" w14:textId="77777777" w:rsidTr="008E44A6">
+      <w:tr w:rsidR="00292B3C" w14:paraId="3877D935" w14:textId="77777777" w:rsidTr="00B46E8A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D933" w14:textId="77777777" w:rsidR="00292B3C" w:rsidRDefault="00292B3C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D934" w14:textId="4BAF4FB6" w:rsidR="00292B3C" w:rsidRPr="00F7612A" w:rsidRDefault="00E56A2F">
+          <w:p w14:paraId="3877D934" w14:textId="6D7F4305" w:rsidR="00292B3C" w:rsidRPr="00F7612A" w:rsidRDefault="00292B3C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7612A">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292B3C" w14:paraId="3877D938" w14:textId="77777777" w:rsidTr="00292B3C">
+      <w:tr w:rsidR="00292B3C" w14:paraId="3877D938" w14:textId="77777777" w:rsidTr="00B46E8A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D936" w14:textId="77777777" w:rsidR="00292B3C" w:rsidRDefault="00292B3C">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D937" w14:textId="38BCCB14" w:rsidR="00292B3C" w:rsidRDefault="00292B3C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D944" w14:textId="77777777" w:rsidTr="00292B3C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D942" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D943" w14:textId="5CF7A272" w:rsidR="005E2CD5" w:rsidRDefault="00F84546" w:rsidP="00F84546">
-[...12 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="3877D943" w14:textId="463B161F" w:rsidR="005E2CD5" w:rsidRDefault="005E2CD5" w:rsidP="00F84546"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00292B3C" w14:paraId="69EDD308" w14:textId="77777777" w:rsidTr="00292B3C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="775A59BD" w14:textId="77777777" w:rsidR="00292B3C" w:rsidRDefault="00292B3C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1998,76 +840,58 @@
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3877D945" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3877D946" w14:textId="65F0DA32" w:rsidR="005E2CD5" w:rsidRPr="00F84546" w:rsidRDefault="00F84546">
+          <w:p w14:paraId="3877D946" w14:textId="63CC6E1D" w:rsidR="005E2CD5" w:rsidRPr="00F84546" w:rsidRDefault="005E2CD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F84546">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00292B3C" w14:paraId="59AEA611" w14:textId="77777777" w:rsidTr="00292B3C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="01E54245" w14:textId="77777777" w:rsidR="00292B3C" w:rsidRDefault="00292B3C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2095,698 +919,539 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="3877D948" w14:textId="0361A67E" w:rsidR="00B4031A" w:rsidRPr="00B73CEA" w:rsidRDefault="00B37D51">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Key Behaviours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E2CD5" w14:paraId="3877D94B" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3F627A5C" w14:textId="19BBAE0D" w:rsidR="00B73CEA" w:rsidRDefault="00986644">
+          <w:p w14:paraId="3CAC1618" w14:textId="77777777" w:rsidR="00EC3D84" w:rsidRDefault="00B37D51" w:rsidP="00EC3D84">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FE7A41">
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">One University: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC3D84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>*</w:t>
+              <w:t>A ‘One University’ approach, whereby we break down silos and work collaboratively towards furthering the University’s strategic goals, vision and values</w:t>
             </w:r>
-            <w:r w:rsidR="00B73CEA" w:rsidRPr="00B73CEA">
+            <w:r w:rsidRPr="00FE7A41">
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7871A5FE" w14:textId="77777777" w:rsidR="00EC3D84" w:rsidRDefault="00B37D51" w:rsidP="00EC3D84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE7A41">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Service Excellence: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4936">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>The following</w:t>
+              <w:t>Committed to prioritising service excellence and high performance to deliver great people-centred experiences.</w:t>
             </w:r>
-            <w:r w:rsidR="00314439">
+          </w:p>
+          <w:p w14:paraId="21A1F351" w14:textId="77777777" w:rsidR="00EC3D84" w:rsidRPr="005C4936" w:rsidRDefault="00B37D51" w:rsidP="00EC3D84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> standard</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE7A41">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agility: </w:t>
             </w:r>
-            <w:r w:rsidR="00B73CEA">
+            <w:r w:rsidRPr="005C4936">
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> statements</w:t>
+              <w:t>Demonstrate a commitment to agility and continuous improvement by embracing change, championing innovation, and being flexible and forward thinking to adapt.</w:t>
             </w:r>
-            <w:r w:rsidR="00B73CEA" w:rsidRPr="00B73CEA">
+          </w:p>
+          <w:p w14:paraId="6B7BF693" w14:textId="77777777" w:rsidR="00EC3D84" w:rsidRDefault="00B37D51" w:rsidP="00EC3D84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE7A41">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sustainability: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4936">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should be included in all JDs</w:t>
+              <w:t>A sustainable approach that safeguards the University of the future by championing environmental practices, advancing digital capability, and supporting financial stability and philanthropic initiatives.</w:t>
             </w:r>
-            <w:r w:rsidR="00314439">
+          </w:p>
+          <w:p w14:paraId="1B55AE71" w14:textId="77777777" w:rsidR="00EC3D84" w:rsidRDefault="00B37D51" w:rsidP="00EC3D84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE7A41">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inclusion: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4936">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>. They have been a</w:t>
+              <w:t>A commitment to furthering equality, diversity, inclusion and wellbeing to create a positive work environment and culture.</w:t>
             </w:r>
-            <w:r w:rsidR="00F37EAB">
+          </w:p>
+          <w:p w14:paraId="677E0440" w14:textId="77777777" w:rsidR="00EC3D84" w:rsidRPr="005C4936" w:rsidRDefault="00B37D51" w:rsidP="00EC3D84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>pproved</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE7A41">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social Responsibility: </w:t>
             </w:r>
-            <w:r w:rsidR="00314439">
+            <w:r w:rsidRPr="005C4936">
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> by the People </w:t>
+              <w:t>Promote and champion the University’s social responsibility ambitions to advance social inclusion, prosperous communities, better health, and cultural engagement.</w:t>
             </w:r>
-            <w:r w:rsidR="00F37EAB">
-[...21 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="3877D94A" w14:textId="543CE678" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51">
+          <w:p w14:paraId="3877D94A" w14:textId="01351925" w:rsidR="00843B60" w:rsidRDefault="00843B60" w:rsidP="00EC3D84">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FE7A41">
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>One University:</w:t>
+              <w:t xml:space="preserve">Freedom of </w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve"> A ‘One University’ approach, whereby we break down silos and work collaboratively towards furthering the University’s strategic goals, vision and values.</w:t>
+            <w:r w:rsidR="00235949">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>S</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="00FE7A41">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">peech and </w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidR="00235949">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>A</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE7A41">
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Service Excellence:</w:t>
+              <w:t xml:space="preserve">cademic </w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve"> Committed to prioritising service excellence and high performance to deliver great people-centred experiences. </w:t>
+            <w:r w:rsidR="00235949">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>F</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="00FE7A41">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>reedom</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="001D7870">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE7A41">
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Agility:</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve"> Demonstrate a commitment to agility and continuous improvement by embracing change, championing innovation, and being flexible and forward thinking to adapt. </w:t>
+            <w:r w:rsidR="00235949" w:rsidRPr="00235949">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>S</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="00235949">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>upport the University’s commitment to securing and actively promoting the importance of free speech and academic freedom within our community</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidR="00046BD8" w:rsidRPr="00235949">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00046BD8">
               <w:rPr>
-                <w:b/>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Sustainability:</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> Promote and champion the University’s social responsibility ambitions to advance social inclusion, prosperous communities, better health, and cultural engagement.</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B4031A" w14:paraId="2B0A2981" w14:textId="77777777" w:rsidTr="002110B5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="15A7E6EE" w14:textId="04FC1845" w:rsidR="00B73CEA" w:rsidRPr="00B73CEA" w:rsidRDefault="00570692" w:rsidP="00B73CEA">
+          <w:p w14:paraId="15A7E6EE" w14:textId="044E2575" w:rsidR="00B73CEA" w:rsidRPr="00B73CEA" w:rsidRDefault="00570692" w:rsidP="00B73CEA">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="00B73CEA" w:rsidRPr="00B73CEA">
+            <w:r w:rsidR="00707480">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>Only include</w:t>
-[...20 lines deleted...]
-              <w:t>ne management or people leadership responsibility</w:t>
+              <w:t>Delete if no management/leadership responsibility</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AB26660" w14:textId="77777777" w:rsidR="00B4031A" w:rsidRDefault="00B73CEA" w:rsidP="00B73CEA">
-[...46 lines deleted...]
-          <w:p w14:paraId="6876A7A4" w14:textId="393488F7" w:rsidR="00B73CEA" w:rsidRDefault="00B73CEA" w:rsidP="00B73CEA">
+          <w:p w14:paraId="6876A7A4" w14:textId="477F77F1" w:rsidR="00B73CEA" w:rsidRPr="001D7870" w:rsidRDefault="00B73CEA" w:rsidP="00B73CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001D7870">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>People Leadership:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7870">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Demonstrates effective leadership by empowering, motivating, and developing teams to achieve high performance. Builds a collaborative and inclusive work environment and provides clear direction, support, and feedback.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3877D94C" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="005E2CD5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005E2CD5">
-      <w:headerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="700" w:right="1200" w:bottom="700" w:left="1200" w:header="500" w:footer="500" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...285 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52B682C3" w14:textId="77777777" w:rsidR="00BF45E3" w:rsidRDefault="00BF45E3">
+    <w:p w14:paraId="0438C276" w14:textId="77777777" w:rsidR="000218F7" w:rsidRDefault="000218F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65280378" w14:textId="77777777" w:rsidR="00BF45E3" w:rsidRDefault="00BF45E3">
+    <w:p w14:paraId="6EA7C00F" w14:textId="77777777" w:rsidR="000218F7" w:rsidRDefault="000218F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2796,98 +1461,98 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3877D94E" w14:textId="77777777" w:rsidR="005E2CD5" w:rsidRDefault="005E2CD5">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="524898BA" w14:textId="77777777" w:rsidR="00BF45E3" w:rsidRDefault="00BF45E3">
+    <w:p w14:paraId="6E336B1E" w14:textId="77777777" w:rsidR="000218F7" w:rsidRDefault="000218F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="200815A5" w14:textId="77777777" w:rsidR="00BF45E3" w:rsidRDefault="00BF45E3">
+    <w:p w14:paraId="58005B82" w14:textId="77777777" w:rsidR="000218F7" w:rsidRDefault="000218F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3877D94D" w14:textId="0F304590" w:rsidR="005E2CD5" w:rsidRDefault="00B37D51" w:rsidP="000322B5">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4395"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
@@ -7251,211 +5916,229 @@
   </w:num>
   <w:num w:numId="28" w16cid:durableId="839808267">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1613173813">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1160999631">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1109666134">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1610165060">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="58408806">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1302150822">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E2CD5"/>
     <w:rsid w:val="000124EE"/>
+    <w:rsid w:val="000218F7"/>
     <w:rsid w:val="000322B5"/>
     <w:rsid w:val="000377EB"/>
+    <w:rsid w:val="000422FC"/>
+    <w:rsid w:val="00046BD8"/>
     <w:rsid w:val="00052E98"/>
     <w:rsid w:val="0009081C"/>
+    <w:rsid w:val="000957A6"/>
     <w:rsid w:val="000A7FD3"/>
     <w:rsid w:val="00126BED"/>
     <w:rsid w:val="00132B36"/>
     <w:rsid w:val="00152E86"/>
     <w:rsid w:val="001D53E5"/>
+    <w:rsid w:val="001D7870"/>
     <w:rsid w:val="002110B5"/>
+    <w:rsid w:val="00235949"/>
     <w:rsid w:val="00243EBD"/>
     <w:rsid w:val="00245ACD"/>
     <w:rsid w:val="00265614"/>
     <w:rsid w:val="002875B6"/>
     <w:rsid w:val="002914A0"/>
     <w:rsid w:val="00292B3C"/>
     <w:rsid w:val="002A7E5D"/>
     <w:rsid w:val="002B7520"/>
     <w:rsid w:val="002B7AD8"/>
     <w:rsid w:val="002C1B1F"/>
     <w:rsid w:val="002E30AA"/>
     <w:rsid w:val="002E3BDA"/>
     <w:rsid w:val="00314439"/>
     <w:rsid w:val="00371F53"/>
     <w:rsid w:val="003739E7"/>
     <w:rsid w:val="00387CAC"/>
     <w:rsid w:val="003A07AA"/>
+    <w:rsid w:val="003B6F02"/>
     <w:rsid w:val="003E3070"/>
     <w:rsid w:val="003E6E86"/>
     <w:rsid w:val="003F6F32"/>
+    <w:rsid w:val="004670CD"/>
     <w:rsid w:val="004967A4"/>
     <w:rsid w:val="004C76C1"/>
     <w:rsid w:val="004F3670"/>
     <w:rsid w:val="00514704"/>
     <w:rsid w:val="00536BAB"/>
     <w:rsid w:val="00570692"/>
     <w:rsid w:val="00581709"/>
     <w:rsid w:val="00587E8A"/>
     <w:rsid w:val="005B630B"/>
     <w:rsid w:val="005C22A4"/>
+    <w:rsid w:val="005C4936"/>
+    <w:rsid w:val="005D2EA0"/>
     <w:rsid w:val="005D5A2E"/>
     <w:rsid w:val="005E2CD5"/>
+    <w:rsid w:val="005E4622"/>
     <w:rsid w:val="00607638"/>
     <w:rsid w:val="00610004"/>
     <w:rsid w:val="006136A9"/>
     <w:rsid w:val="006955B0"/>
     <w:rsid w:val="006A5912"/>
+    <w:rsid w:val="00707480"/>
     <w:rsid w:val="00735129"/>
     <w:rsid w:val="00746B75"/>
     <w:rsid w:val="00765E0C"/>
     <w:rsid w:val="007823DC"/>
+    <w:rsid w:val="00785101"/>
     <w:rsid w:val="007927A1"/>
+    <w:rsid w:val="007B7BD1"/>
     <w:rsid w:val="00841585"/>
+    <w:rsid w:val="00843B60"/>
     <w:rsid w:val="0085378C"/>
+    <w:rsid w:val="00885340"/>
     <w:rsid w:val="008927D9"/>
     <w:rsid w:val="008C074F"/>
     <w:rsid w:val="008E781A"/>
     <w:rsid w:val="008F21C1"/>
     <w:rsid w:val="00905399"/>
     <w:rsid w:val="00914419"/>
     <w:rsid w:val="00920ACB"/>
     <w:rsid w:val="00920CD1"/>
     <w:rsid w:val="0092433A"/>
+    <w:rsid w:val="00925C71"/>
     <w:rsid w:val="00957965"/>
     <w:rsid w:val="009802F6"/>
     <w:rsid w:val="00984CAC"/>
     <w:rsid w:val="00986644"/>
     <w:rsid w:val="009B11E4"/>
     <w:rsid w:val="009C0017"/>
     <w:rsid w:val="00A556BA"/>
     <w:rsid w:val="00AA0F9B"/>
     <w:rsid w:val="00AB508B"/>
     <w:rsid w:val="00AC7E95"/>
     <w:rsid w:val="00B04638"/>
     <w:rsid w:val="00B37D51"/>
     <w:rsid w:val="00B4031A"/>
+    <w:rsid w:val="00B46E8A"/>
     <w:rsid w:val="00B55C0B"/>
     <w:rsid w:val="00B6781D"/>
     <w:rsid w:val="00B7354E"/>
     <w:rsid w:val="00B73CEA"/>
     <w:rsid w:val="00BA03EF"/>
     <w:rsid w:val="00BA34AB"/>
     <w:rsid w:val="00BE4CC1"/>
     <w:rsid w:val="00BE7DAB"/>
     <w:rsid w:val="00BF45E3"/>
     <w:rsid w:val="00C064EB"/>
     <w:rsid w:val="00C146F0"/>
     <w:rsid w:val="00C1717C"/>
+    <w:rsid w:val="00CA209A"/>
     <w:rsid w:val="00CF26B2"/>
     <w:rsid w:val="00D35672"/>
     <w:rsid w:val="00D44885"/>
     <w:rsid w:val="00D84B48"/>
+    <w:rsid w:val="00DA7DB1"/>
     <w:rsid w:val="00DE3161"/>
     <w:rsid w:val="00E22CB5"/>
     <w:rsid w:val="00E25EF0"/>
     <w:rsid w:val="00E469B3"/>
     <w:rsid w:val="00E56A2F"/>
     <w:rsid w:val="00E74EFB"/>
     <w:rsid w:val="00EB4B65"/>
+    <w:rsid w:val="00EC3D84"/>
     <w:rsid w:val="00EC64FE"/>
     <w:rsid w:val="00F1322E"/>
     <w:rsid w:val="00F37EAB"/>
     <w:rsid w:val="00F45447"/>
     <w:rsid w:val="00F7612A"/>
     <w:rsid w:val="00F84546"/>
     <w:rsid w:val="00F97DA8"/>
+    <w:rsid w:val="00FE7A41"/>
     <w:rsid w:val="00FE7B08"/>
     <w:rsid w:val="00FF5FBF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3877D902"/>
   <w15:docId w15:val="{E3511A09-8750-4991-92BA-41DE48DE901E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
@@ -8105,50 +6788,70 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B7354E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B7354E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00843B60"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00843B60"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00843B60"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="224142965">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="245505957">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8181,51 +6884,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1745447718">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -8397,50 +7100,70 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3a8d6103-f7cd-49f0-a6de-61d895ae2458">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="56e912e2-a8d7-463f-82a4-39745e7e8c23" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002BF40C7396D19B4A80B9406108CDF09B" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="88da83557c9440e76ec792c284fd0596">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3a8d6103-f7cd-49f0-a6de-61d895ae2458" xmlns:ns3="56e912e2-a8d7-463f-82a4-39745e7e8c23" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="63a73803d3436fc91d90110ff2f20c3e" ns2:_="" ns3:_="">
     <xsd:import namespace="3a8d6103-f7cd-49f0-a6de-61d895ae2458"/>
     <xsd:import namespace="56e912e2-a8d7-463f-82a4-39745e7e8c23"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -8645,138 +7368,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6173AAD9-E9D4-4471-BD86-0DE7C197D01A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D866DC0-59DB-4B9B-8DA4-66FE3146C110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3a8d6103-f7cd-49f0-a6de-61d895ae2458"/>
+    <ds:schemaRef ds:uri="56e912e2-a8d7-463f-82a4-39745e7e8c23"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43F9BD54-7D97-4827-8F55-3900C2E8346F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3a8d6103-f7cd-49f0-a6de-61d895ae2458"/>
     <ds:schemaRef ds:uri="56e912e2-a8d7-463f-82a4-39745e7e8c23"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3660</Characters>
+  <Pages>2</Pages>
+  <Words>255</Words>
+  <Characters>1457</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Manchester</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4294</CharactersWithSpaces>
+  <CharactersWithSpaces>1709</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RoleMapper</dc:creator>
   <cp:keywords>html-to-docx html-to-docx</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>en-US</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101002BF40C7396D19B4A80B9406108CDF09B</vt:lpwstr>