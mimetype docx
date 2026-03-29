--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -437,117 +437,144 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B442BF" w14:textId="77777777" w:rsidR="00E15C25" w:rsidRPr="00E15C25" w:rsidRDefault="00E15C25" w:rsidP="00E15C25">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E15C25" w:rsidRPr="00E15C25" w14:paraId="61267849" w14:textId="77777777" w:rsidTr="008462CC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="192D6BF2" w14:textId="43591583" w:rsidR="00E15C25" w:rsidRPr="00E15C25" w:rsidRDefault="00D93F6E" w:rsidP="00E15C25">
+          <w:p w14:paraId="192D6BF2" w14:textId="13083F67" w:rsidR="00E15C25" w:rsidRPr="00E15C25" w:rsidRDefault="00CF46E8" w:rsidP="00E15C25">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Staff ID Number</w:t>
+              <w:t xml:space="preserve">Employee </w:t>
+            </w:r>
+            <w:r w:rsidR="00D93F6E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ID Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E92CF45" w14:textId="77777777" w:rsidR="00E15C25" w:rsidRPr="00E15C25" w:rsidRDefault="00E15C25" w:rsidP="00E15C25">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E15C25" w:rsidRPr="00E15C25" w14:paraId="618E102C" w14:textId="77777777" w:rsidTr="008462CC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE169DB" w14:textId="6420E0F0" w:rsidR="00E15C25" w:rsidRPr="00E15C25" w:rsidRDefault="00D93F6E" w:rsidP="00E15C25">
+          <w:p w14:paraId="1BE169DB" w14:textId="745C4FB4" w:rsidR="00E15C25" w:rsidRPr="00E15C25" w:rsidRDefault="00D93F6E" w:rsidP="00E15C25">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Faculty /Directorate</w:t>
+              <w:t>Faculty /</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF45E7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Directorate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31A6A82A" w14:textId="77777777" w:rsidR="00E15C25" w:rsidRPr="00E15C25" w:rsidRDefault="00E15C25" w:rsidP="00E15C25">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E15C25" w:rsidRPr="00E15C25" w14:paraId="2FB9B6D2" w14:textId="77777777" w:rsidTr="008462CC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
@@ -2505,474 +2532,504 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B438B11" w14:textId="77777777" w:rsidR="00D17687" w:rsidRPr="00D17687" w:rsidRDefault="00D17687" w:rsidP="00D17687">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9550"/>
-        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="9375"/>
+        <w:gridCol w:w="687"/>
         <w:gridCol w:w="423"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00052B1F" w:rsidRPr="00163CD8" w14:paraId="2B07E611" w14:textId="77777777" w:rsidTr="0096358F">
+      <w:tr w:rsidR="00052B1F" w:rsidRPr="00163CD8" w14:paraId="2B07E611" w14:textId="77777777" w:rsidTr="43158135">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:tcW w:w="9375" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3D29B4" w14:textId="2761E795" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00052B1F" w:rsidP="00DC6264">
+          <w:p w14:paraId="1C3D29B4" w14:textId="78E58A98" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00052B1F" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Has this expense has been incurred within five years of the date that you </w:t>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7E38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ave you </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163CD8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">incurred </w:t>
+            </w:r>
+            <w:r w:rsidR="009D7E38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">this expense </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163CD8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">within five years of the date that you </w:t>
             </w:r>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>first</w:t>
             </w:r>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> arrived in the UK</w:t>
             </w:r>
             <w:r w:rsidR="00A616FD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39EAA72D" w14:textId="49EDCC3B" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00052B1F" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: this includes time spent in the UK on other visa types e.g. working for other employers and studying etc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="687" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="697230FB" w14:textId="0D4E9B4A" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00052B1F" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="423" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A1C4ECC" w14:textId="16D0AC57" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00052B1F" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052B1F" w:rsidRPr="00163CD8" w14:paraId="39C45FFA" w14:textId="77777777" w:rsidTr="0096358F">
+      <w:tr w:rsidR="00052B1F" w:rsidRPr="00163CD8" w14:paraId="39C45FFA" w14:textId="77777777" w:rsidTr="43158135">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:tcW w:w="9375" w:type="dxa"/>
             <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F97F10E" w14:textId="77777777" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00052B1F" w:rsidP="00DC6264">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F97F10E" w14:textId="77777777" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00052B1F" w:rsidP="00DC6264">
-[...14 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="43078D7D" w14:textId="3709B02D" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="423" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628F97EE" w14:textId="77777777" w:rsidR="00052B1F" w:rsidRPr="00163CD8" w:rsidRDefault="00052B1F" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40C3FA94" w14:textId="77777777" w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00E76E2B">
+    <w:p w14:paraId="40C3FA94" w14:textId="77777777" w:rsidR="00E76E2B" w:rsidRDefault="00E76E2B" w:rsidP="00E76E2B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="736FA420" w14:textId="77777777" w:rsidR="0065680B" w:rsidRPr="00163CD8" w:rsidRDefault="0065680B" w:rsidP="00E76E2B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9550"/>
-        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="9360"/>
+        <w:gridCol w:w="702"/>
         <w:gridCol w:w="423"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w14:paraId="201848F9" w14:textId="77777777" w:rsidTr="0096358F">
+      <w:tr w:rsidR="00CF2292" w:rsidRPr="00163CD8" w14:paraId="201848F9" w14:textId="77777777" w:rsidTr="43158135">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:tcW w:w="9360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD0B013" w14:textId="30FED7F6" w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00DC6264">
+          <w:p w14:paraId="1CD0B013" w14:textId="30FED7F6" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Have you been</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17075F3E" w14:textId="473D385A" w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00DC6264">
+          <w:p w14:paraId="17075F3E" w14:textId="473D385A" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Present in the UK for any purpose in the two-year period prior to </w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">; </w:t>
+              <w:t xml:space="preserve">Present in the UK for any purpose in the two-year period prior to your ‘arrival date’; </w:t>
             </w:r>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6911DAB0" w14:textId="17639925" w:rsidR="00914541" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="0096358F">
+          <w:p w14:paraId="6911DAB0" w14:textId="17639925" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="0096358F">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Resident in the UK for tax purposes (e.g. working) in either of the two UK tax years prior to your </w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>Resident in the UK for tax purposes (e.g. working) in either of the two UK tax years prior to your ‘arrival date</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>arrival date</w:t>
-[...16 lines deleted...]
-            <w:r w:rsidR="00914541" w:rsidRPr="00163CD8">
+              <w:t xml:space="preserve">’  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00914541" w:rsidRPr="00163CD8">
+            <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Guidance Notes for help on this section</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8684B3" w14:textId="52C3F9F5" w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00DC6264">
+          <w:p w14:paraId="3C8684B3" w14:textId="52C3F9F5" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6CFF7AD6" w14:textId="12D62643" w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00DC6264">
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFF7AD6" w14:textId="12D62643" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w14:paraId="704FA37D" w14:textId="77777777" w:rsidTr="0096358F">
+      <w:tr w:rsidR="00CF2292" w:rsidRPr="00163CD8" w14:paraId="704FA37D" w14:textId="77777777" w:rsidTr="001B7BB8">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:tcW w:w="9360" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E158195" w14:textId="77777777" w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00DC6264">
-[...11 lines deleted...]
-            <w:tcW w:w="426" w:type="dxa"/>
+          <w:p w14:paraId="1E158195" w14:textId="77777777" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A18E308" w14:textId="4B41AA1F" w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00DC6264">
+          <w:p w14:paraId="3A18E308" w14:textId="4B41AA1F" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163CD8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="55C1365E" w14:textId="5E7050C2" w:rsidR="00E76E2B" w:rsidRPr="00163CD8" w:rsidRDefault="00E76E2B" w:rsidP="00DC6264">
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C1365E" w14:textId="5E7050C2" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF2292" w:rsidRPr="00163CD8" w14:paraId="626EEC4E" w14:textId="77777777" w:rsidTr="00CF2292">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CDCE45" w14:textId="2DC9B2B9" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>If yes to above, please provide the dates and purpose of the stay in the UK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF2292" w:rsidRPr="00163CD8" w14:paraId="174C6B15" w14:textId="77777777" w:rsidTr="002678FD">
+        <w:trPr>
+          <w:trHeight w:val="1701"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EFF310" w14:textId="77777777" w:rsidR="00CF2292" w:rsidRPr="00163CD8" w:rsidRDefault="00CF2292" w:rsidP="00DC6264">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28B7188E" w14:textId="77777777" w:rsidR="009B358A" w:rsidRDefault="009B358A" w:rsidP="00CA30F8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="4275"/>
@@ -5896,61 +5953,61 @@
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EF2CDA" w:rsidRPr="008462CC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004446D2" w:rsidRPr="008462CC" w:rsidSect="0096358F">
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="737" w:bottom="737" w:left="737" w:header="709" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33433BBB" w14:textId="77777777" w:rsidR="00D4761F" w:rsidRDefault="00D4761F" w:rsidP="00DC1450">
+    <w:p w14:paraId="15E886B1" w14:textId="77777777" w:rsidR="004844B1" w:rsidRDefault="004844B1" w:rsidP="00DC1450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72224BD7" w14:textId="77777777" w:rsidR="00D4761F" w:rsidRDefault="00D4761F" w:rsidP="00DC1450">
+    <w:p w14:paraId="23CCCA0D" w14:textId="77777777" w:rsidR="004844B1" w:rsidRDefault="004844B1" w:rsidP="00DC1450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5974,51 +6031,51 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3A75284C" w14:textId="398C0F81" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
+  <w:p w14:paraId="3A75284C" w14:textId="13B15259" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Global Mobility Form: </w:t>
     </w:r>
     <w:r w:rsidR="00F116A3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
@@ -6068,97 +6125,89 @@
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Version</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0014678E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">      Revised: </w:t>
     </w:r>
-    <w:r w:rsidR="00F116A3">
+    <w:r w:rsidR="0014678E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>05.03</w:t>
     </w:r>
-    <w:r w:rsidR="001941DE">
+    <w:r w:rsidR="00F116A3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>9</w:t>
-[...7 lines deleted...]
-      <w:t>.01.2026</w:t>
+      <w:t>.2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -6303,61 +6352,61 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="547192" cy="255697"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5ECEFCE1" w14:textId="77777777" w:rsidR="00D4761F" w:rsidRDefault="00D4761F" w:rsidP="00DC1450">
+    <w:p w14:paraId="779A28D3" w14:textId="77777777" w:rsidR="004844B1" w:rsidRDefault="004844B1" w:rsidP="00DC1450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D5C57D0" w14:textId="77777777" w:rsidR="00D4761F" w:rsidRDefault="00D4761F" w:rsidP="00DC1450">
+    <w:p w14:paraId="25EA7974" w14:textId="77777777" w:rsidR="004844B1" w:rsidRDefault="004844B1" w:rsidP="00DC1450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="020C24E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="730CEC5C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -7956,51 +8005,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1570577950">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2033602105">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1633364147">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="519053372">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="816649240">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="815413011">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00590267"/>
     <w:rsid w:val="0000774B"/>
     <w:rsid w:val="0002159F"/>
     <w:rsid w:val="000313DC"/>
     <w:rsid w:val="00041974"/>
@@ -8009,271 +8058,284 @@
     <w:rsid w:val="00060CA1"/>
     <w:rsid w:val="000646AC"/>
     <w:rsid w:val="00066FB5"/>
     <w:rsid w:val="00067205"/>
     <w:rsid w:val="00072A90"/>
     <w:rsid w:val="00084294"/>
     <w:rsid w:val="00091F79"/>
     <w:rsid w:val="000942B8"/>
     <w:rsid w:val="000A46AB"/>
     <w:rsid w:val="000B075F"/>
     <w:rsid w:val="000C7DA5"/>
     <w:rsid w:val="000D09C6"/>
     <w:rsid w:val="000D1850"/>
     <w:rsid w:val="000E0CB7"/>
     <w:rsid w:val="000E4E59"/>
     <w:rsid w:val="000F0C16"/>
     <w:rsid w:val="000F62EA"/>
     <w:rsid w:val="000F70A6"/>
     <w:rsid w:val="00111A33"/>
     <w:rsid w:val="001130B2"/>
     <w:rsid w:val="00120E40"/>
     <w:rsid w:val="00121E30"/>
     <w:rsid w:val="001221B9"/>
     <w:rsid w:val="0012315B"/>
     <w:rsid w:val="00133D64"/>
+    <w:rsid w:val="0014678E"/>
     <w:rsid w:val="00146FE3"/>
     <w:rsid w:val="00147383"/>
     <w:rsid w:val="00153369"/>
     <w:rsid w:val="00157CEB"/>
     <w:rsid w:val="00163CD8"/>
     <w:rsid w:val="0016481F"/>
     <w:rsid w:val="0016669F"/>
     <w:rsid w:val="00186250"/>
     <w:rsid w:val="00191AC2"/>
     <w:rsid w:val="001941DE"/>
     <w:rsid w:val="001A51DF"/>
     <w:rsid w:val="001A7355"/>
+    <w:rsid w:val="001B7BB8"/>
     <w:rsid w:val="001C44F1"/>
     <w:rsid w:val="001D5E56"/>
     <w:rsid w:val="001E5A85"/>
     <w:rsid w:val="001F00D0"/>
     <w:rsid w:val="001F4C7C"/>
     <w:rsid w:val="001F6BB4"/>
     <w:rsid w:val="00204654"/>
     <w:rsid w:val="00205B86"/>
     <w:rsid w:val="00234B29"/>
     <w:rsid w:val="002504BD"/>
     <w:rsid w:val="00264E16"/>
     <w:rsid w:val="00265D7F"/>
+    <w:rsid w:val="002678FD"/>
     <w:rsid w:val="002813EC"/>
     <w:rsid w:val="002878BA"/>
     <w:rsid w:val="00292721"/>
     <w:rsid w:val="00296BF7"/>
     <w:rsid w:val="002A67E2"/>
     <w:rsid w:val="002A75B3"/>
     <w:rsid w:val="002D77D5"/>
     <w:rsid w:val="002F16FF"/>
     <w:rsid w:val="00306794"/>
     <w:rsid w:val="00313A88"/>
     <w:rsid w:val="0032110A"/>
     <w:rsid w:val="0032232C"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003275E5"/>
     <w:rsid w:val="00346E3A"/>
     <w:rsid w:val="003509D4"/>
     <w:rsid w:val="0035175F"/>
     <w:rsid w:val="003600C2"/>
     <w:rsid w:val="003724B4"/>
     <w:rsid w:val="00381EB5"/>
     <w:rsid w:val="00382A9D"/>
     <w:rsid w:val="0039486E"/>
     <w:rsid w:val="003A2EFB"/>
     <w:rsid w:val="003B2B11"/>
     <w:rsid w:val="003B2B28"/>
     <w:rsid w:val="003C3C68"/>
     <w:rsid w:val="003C51D2"/>
-    <w:rsid w:val="003D06E6"/>
     <w:rsid w:val="003E53FC"/>
     <w:rsid w:val="003F5B84"/>
+    <w:rsid w:val="00400671"/>
     <w:rsid w:val="004078B9"/>
     <w:rsid w:val="0041741E"/>
     <w:rsid w:val="00421219"/>
     <w:rsid w:val="0043771B"/>
     <w:rsid w:val="004437B4"/>
     <w:rsid w:val="004446D2"/>
     <w:rsid w:val="00482649"/>
     <w:rsid w:val="00482A07"/>
+    <w:rsid w:val="004844B1"/>
     <w:rsid w:val="00490D31"/>
     <w:rsid w:val="00493501"/>
     <w:rsid w:val="00496323"/>
     <w:rsid w:val="00496A8E"/>
     <w:rsid w:val="004A7467"/>
     <w:rsid w:val="004C0D82"/>
     <w:rsid w:val="004D479B"/>
     <w:rsid w:val="004D4E87"/>
     <w:rsid w:val="004E5C0D"/>
     <w:rsid w:val="00524A93"/>
     <w:rsid w:val="005372E1"/>
     <w:rsid w:val="00557751"/>
     <w:rsid w:val="005578E1"/>
     <w:rsid w:val="00560316"/>
     <w:rsid w:val="00572689"/>
     <w:rsid w:val="00587B3D"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="005A1F4F"/>
     <w:rsid w:val="005A496A"/>
     <w:rsid w:val="005A6E1C"/>
     <w:rsid w:val="005B0409"/>
     <w:rsid w:val="005C37B6"/>
     <w:rsid w:val="005C55C4"/>
     <w:rsid w:val="005C7F05"/>
     <w:rsid w:val="005E4E18"/>
     <w:rsid w:val="005F1E83"/>
     <w:rsid w:val="005F591C"/>
     <w:rsid w:val="00620D30"/>
     <w:rsid w:val="00623EF1"/>
     <w:rsid w:val="00637803"/>
     <w:rsid w:val="00643D8C"/>
+    <w:rsid w:val="0065680B"/>
     <w:rsid w:val="00657269"/>
     <w:rsid w:val="006671B5"/>
     <w:rsid w:val="00667FE6"/>
     <w:rsid w:val="00670CA0"/>
     <w:rsid w:val="00673D49"/>
     <w:rsid w:val="006772DD"/>
     <w:rsid w:val="00677D0B"/>
     <w:rsid w:val="006821A9"/>
     <w:rsid w:val="00683A26"/>
     <w:rsid w:val="00696E5A"/>
     <w:rsid w:val="006A47C1"/>
     <w:rsid w:val="006C352F"/>
     <w:rsid w:val="006E311A"/>
     <w:rsid w:val="00704753"/>
     <w:rsid w:val="00714E6A"/>
     <w:rsid w:val="00716849"/>
     <w:rsid w:val="00725530"/>
     <w:rsid w:val="0074109E"/>
     <w:rsid w:val="0074335D"/>
     <w:rsid w:val="00745507"/>
     <w:rsid w:val="00746258"/>
     <w:rsid w:val="00752AEC"/>
     <w:rsid w:val="00753B94"/>
     <w:rsid w:val="007629AD"/>
+    <w:rsid w:val="00777FB1"/>
     <w:rsid w:val="00781B97"/>
     <w:rsid w:val="00793D7A"/>
     <w:rsid w:val="007A12FD"/>
     <w:rsid w:val="007A5FD6"/>
     <w:rsid w:val="007C4A45"/>
     <w:rsid w:val="007F366B"/>
+    <w:rsid w:val="00801A1B"/>
     <w:rsid w:val="00801A47"/>
     <w:rsid w:val="00804D21"/>
     <w:rsid w:val="00810A28"/>
     <w:rsid w:val="008176FF"/>
     <w:rsid w:val="00821895"/>
     <w:rsid w:val="008333B0"/>
+    <w:rsid w:val="00844F93"/>
     <w:rsid w:val="008462CC"/>
     <w:rsid w:val="00866590"/>
     <w:rsid w:val="008722F6"/>
     <w:rsid w:val="00875E66"/>
     <w:rsid w:val="00880E7D"/>
     <w:rsid w:val="00886BF9"/>
     <w:rsid w:val="00897D1C"/>
     <w:rsid w:val="008B27C8"/>
     <w:rsid w:val="008C057B"/>
     <w:rsid w:val="008D2F43"/>
     <w:rsid w:val="008E20BB"/>
     <w:rsid w:val="008F3476"/>
     <w:rsid w:val="0090551D"/>
     <w:rsid w:val="00910823"/>
     <w:rsid w:val="00914541"/>
     <w:rsid w:val="00921B4D"/>
     <w:rsid w:val="0092393E"/>
     <w:rsid w:val="00934683"/>
     <w:rsid w:val="009502CC"/>
     <w:rsid w:val="00961CB0"/>
     <w:rsid w:val="0096358F"/>
     <w:rsid w:val="0098032C"/>
     <w:rsid w:val="00981E70"/>
     <w:rsid w:val="00982718"/>
     <w:rsid w:val="00983D36"/>
     <w:rsid w:val="00983DE5"/>
     <w:rsid w:val="009930DE"/>
     <w:rsid w:val="009B358A"/>
     <w:rsid w:val="009D10EB"/>
     <w:rsid w:val="009D58B7"/>
+    <w:rsid w:val="009D7E38"/>
     <w:rsid w:val="009E5F67"/>
     <w:rsid w:val="009F4A95"/>
     <w:rsid w:val="00A04816"/>
     <w:rsid w:val="00A27EBD"/>
     <w:rsid w:val="00A33C59"/>
     <w:rsid w:val="00A42B2C"/>
     <w:rsid w:val="00A46D58"/>
     <w:rsid w:val="00A52439"/>
     <w:rsid w:val="00A567A2"/>
     <w:rsid w:val="00A57D92"/>
     <w:rsid w:val="00A616FD"/>
     <w:rsid w:val="00AA7380"/>
     <w:rsid w:val="00AC1C18"/>
     <w:rsid w:val="00AD0C37"/>
     <w:rsid w:val="00AD386F"/>
     <w:rsid w:val="00AD4D50"/>
     <w:rsid w:val="00AF22BB"/>
     <w:rsid w:val="00B04FD9"/>
     <w:rsid w:val="00B11654"/>
     <w:rsid w:val="00B21B5B"/>
     <w:rsid w:val="00B2424A"/>
     <w:rsid w:val="00B2456D"/>
     <w:rsid w:val="00B27CE1"/>
     <w:rsid w:val="00B32FE2"/>
     <w:rsid w:val="00B36E65"/>
     <w:rsid w:val="00B472D4"/>
     <w:rsid w:val="00B479D1"/>
     <w:rsid w:val="00B506FF"/>
     <w:rsid w:val="00B52F7D"/>
     <w:rsid w:val="00B549BD"/>
     <w:rsid w:val="00B6279A"/>
+    <w:rsid w:val="00B64D3E"/>
     <w:rsid w:val="00B82B21"/>
     <w:rsid w:val="00B87C56"/>
     <w:rsid w:val="00B92B16"/>
     <w:rsid w:val="00BB134D"/>
     <w:rsid w:val="00BB6109"/>
     <w:rsid w:val="00BC48C9"/>
     <w:rsid w:val="00BC6C10"/>
     <w:rsid w:val="00BD4017"/>
     <w:rsid w:val="00BE0E48"/>
     <w:rsid w:val="00BE1A6D"/>
+    <w:rsid w:val="00BF45E7"/>
     <w:rsid w:val="00BF54BF"/>
     <w:rsid w:val="00BF6C54"/>
     <w:rsid w:val="00C052E1"/>
     <w:rsid w:val="00C05D9F"/>
     <w:rsid w:val="00C1157F"/>
     <w:rsid w:val="00C24D50"/>
     <w:rsid w:val="00C36005"/>
     <w:rsid w:val="00C51EFD"/>
     <w:rsid w:val="00C57EB1"/>
     <w:rsid w:val="00C61B0F"/>
     <w:rsid w:val="00C6303E"/>
     <w:rsid w:val="00C633F7"/>
     <w:rsid w:val="00C74C5C"/>
     <w:rsid w:val="00C9304D"/>
     <w:rsid w:val="00CA30F8"/>
     <w:rsid w:val="00CA5572"/>
     <w:rsid w:val="00CA5AC1"/>
     <w:rsid w:val="00CB2536"/>
     <w:rsid w:val="00CE062E"/>
     <w:rsid w:val="00CE2355"/>
     <w:rsid w:val="00CE26B7"/>
+    <w:rsid w:val="00CF2292"/>
+    <w:rsid w:val="00CF46E8"/>
     <w:rsid w:val="00CF56EC"/>
     <w:rsid w:val="00CF61E4"/>
     <w:rsid w:val="00D0150E"/>
     <w:rsid w:val="00D04EEF"/>
     <w:rsid w:val="00D17687"/>
     <w:rsid w:val="00D23C07"/>
     <w:rsid w:val="00D23D0E"/>
     <w:rsid w:val="00D37F76"/>
     <w:rsid w:val="00D44D15"/>
     <w:rsid w:val="00D46D62"/>
     <w:rsid w:val="00D4761F"/>
     <w:rsid w:val="00D53140"/>
     <w:rsid w:val="00D53ADA"/>
     <w:rsid w:val="00D54D7B"/>
     <w:rsid w:val="00D65B8B"/>
     <w:rsid w:val="00D67A39"/>
     <w:rsid w:val="00D93F6E"/>
     <w:rsid w:val="00DA350E"/>
     <w:rsid w:val="00DA4D71"/>
     <w:rsid w:val="00DB02CA"/>
     <w:rsid w:val="00DC1450"/>
     <w:rsid w:val="00DC36F7"/>
     <w:rsid w:val="00DC5E9F"/>
     <w:rsid w:val="00DC6149"/>
     <w:rsid w:val="00DC6264"/>
@@ -8283,61 +8345,61 @@
     <w:rsid w:val="00DF65CC"/>
     <w:rsid w:val="00E01C09"/>
     <w:rsid w:val="00E11E30"/>
     <w:rsid w:val="00E143BF"/>
     <w:rsid w:val="00E15C25"/>
     <w:rsid w:val="00E46276"/>
     <w:rsid w:val="00E60531"/>
     <w:rsid w:val="00E76E2B"/>
     <w:rsid w:val="00E82CA2"/>
     <w:rsid w:val="00E9105B"/>
     <w:rsid w:val="00E92BE5"/>
     <w:rsid w:val="00E962B3"/>
     <w:rsid w:val="00E96E6A"/>
     <w:rsid w:val="00EC5C7F"/>
     <w:rsid w:val="00ED246D"/>
     <w:rsid w:val="00ED41C9"/>
     <w:rsid w:val="00ED7202"/>
     <w:rsid w:val="00EE130D"/>
     <w:rsid w:val="00EE23CC"/>
     <w:rsid w:val="00EF2CDA"/>
     <w:rsid w:val="00EF6F0D"/>
     <w:rsid w:val="00EF71BA"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F12142"/>
     <w:rsid w:val="00F17841"/>
-    <w:rsid w:val="00F247B2"/>
     <w:rsid w:val="00F52FA0"/>
     <w:rsid w:val="00F70CC0"/>
     <w:rsid w:val="00F84424"/>
     <w:rsid w:val="00F86E7A"/>
     <w:rsid w:val="00F904EA"/>
     <w:rsid w:val="00FA2ACA"/>
     <w:rsid w:val="00FD02D6"/>
     <w:rsid w:val="00FE5B1B"/>
     <w:rsid w:val="00FE672F"/>
     <w:rsid w:val="00FF0FB9"/>
+    <w:rsid w:val="43158135"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0886D68D"/>
@@ -9506,75 +9568,60 @@
     <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
     <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB5AA51D-52D9-45F2-A9C9-D05495D1AA57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1046</Words>
-  <Characters>5183</Characters>
+  <Words>1093</Words>
+  <Characters>6232</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>78</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>University of Manchester</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6186</CharactersWithSpaces>
+  <CharactersWithSpaces>7311</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maxine Bate</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DD92DCA99A5B0B42989C49E1EF2332ED</vt:lpwstr>
   </property>