--- v0 (2025-11-27)
+++ v1 (2026-03-16)
@@ -41,84 +41,68 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The University of Manchester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45188F7F" w14:textId="77777777" w:rsidR="00E83A1D" w:rsidRPr="00DE7796" w:rsidRDefault="00E83A1D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7796">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Tax strategy </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A45E037" w14:textId="2A31E820" w:rsidR="00E83A1D" w:rsidRPr="00DE7796" w:rsidRDefault="0072557E">
+    <w:p w14:paraId="1F594575" w14:textId="77777777" w:rsidR="00D72B00" w:rsidRDefault="00344AEC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">September </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="45B77918" w14:textId="77777777" w:rsidR="00E02B23" w:rsidRPr="00E02B23" w:rsidRDefault="00E83A1D">
+        <w:t>August 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B77918" w14:textId="19F9CDCF" w:rsidR="00E02B23" w:rsidRPr="00E02B23" w:rsidRDefault="00E83A1D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E02B23">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Scope </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AAD62C4" w14:textId="1B35F29C" w:rsidR="00793EA0" w:rsidRDefault="00E83A1D">
       <w:r>
         <w:t xml:space="preserve">The University of </w:t>
       </w:r>
       <w:r w:rsidR="00793EA0">
         <w:t xml:space="preserve">Manchester is an </w:t>
       </w:r>
       <w:r w:rsidR="00793EA0" w:rsidRPr="008E7DAD">
         <w:t>independent corporation</w:t>
       </w:r>
       <w:r w:rsidR="00793EA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -218,59 +202,59 @@
       <w:r w:rsidR="001F73D4">
         <w:t>Manchester</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and all its related, subsidiary entities in accordance with paragraphs 19 and 25 of Schedule 19 to the Finance Act 2016.</w:t>
       </w:r>
       <w:r w:rsidR="001F73D4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> A list of the entities to which it applies is </w:t>
       </w:r>
       <w:r w:rsidR="00BC4FA7">
         <w:t xml:space="preserve">set out </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">below. In this strategy, references to the “University” are to the University of </w:t>
       </w:r>
       <w:r w:rsidR="001F73D4">
         <w:t>Manchester</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and all those entities so listed. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35BA8BD4" w14:textId="57A2DA0E" w:rsidR="003903CC" w:rsidRPr="001F73D4" w:rsidRDefault="00E83A1D">
+    <w:p w14:paraId="35BA8BD4" w14:textId="64B2C3F3" w:rsidR="003903CC" w:rsidRPr="001F73D4" w:rsidRDefault="00E83A1D">
       <w:r>
         <w:t xml:space="preserve">This strategy applies </w:t>
       </w:r>
       <w:r w:rsidR="00001389">
         <w:t>for the year ended 31 July 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E06F96">
-        <w:t>5</w:t>
+      <w:r w:rsidR="002F23D3">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>. This</w:t>
       </w:r>
       <w:r w:rsidR="00E02B23">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>strategy has been published in accordance with paragraph 16(4) of Schedule 19 of the Finance Act 2016 by being made available on the University’s website. References to “UK Taxation” are to the taxes and duties set out in paragraph 15(1) of Schedule 19 of the Finance Act 2016, which include Income Tax, Corporation Tax, PAYE, NIC, VAT, Insurance Premium Tax and Stamp Duty Land Tax. References to “tax”, “taxes</w:t>
       </w:r>
       <w:r w:rsidR="00BC4FA7">
         <w:t xml:space="preserve">” and </w:t>
       </w:r>
       <w:r>
         <w:t>“taxation” are to UK taxation and to all corresponding worldwide taxes and similar duties in respect of which the University has legal responsibility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50931E61" w14:textId="77777777" w:rsidR="00E02B23" w:rsidRPr="00E02B23" w:rsidRDefault="001F73D4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -501,71 +485,83 @@
     </w:p>
     <w:p w14:paraId="1B6DF660" w14:textId="77777777" w:rsidR="00612E6A" w:rsidRDefault="00612E6A" w:rsidP="003903CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008239DB">
         <w:t>4. Foster constructive, professional and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> transparent relationships with tax authorities, based on principles of integrity, and collaboration</w:t>
       </w:r>
       <w:r w:rsidR="004E534D">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="649192C5" w14:textId="77777777" w:rsidR="00612E6A" w:rsidRDefault="00612E6A" w:rsidP="003903CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FB87DDC" w14:textId="77777777" w:rsidR="00612E6A" w:rsidRDefault="00612E6A" w:rsidP="003903CC">
+    <w:p w14:paraId="157698FB" w14:textId="770AC627" w:rsidR="006E603D" w:rsidRDefault="00F04A09" w:rsidP="003903CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">5. Take advantage of available reliefs, exemptions and incentives in order to optimise its tax position in the conduct of its </w:t>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00466B42">
+        <w:t>Consider all</w:t>
+      </w:r>
+      <w:r w:rsidR="006E603D" w:rsidRPr="006E603D">
+        <w:t xml:space="preserve"> available reliefs, exemptions and incentives </w:t>
+      </w:r>
+      <w:r w:rsidR="00466B42">
+        <w:t>with a view</w:t>
+      </w:r>
+      <w:r w:rsidR="006E603D" w:rsidRPr="006E603D">
+        <w:t xml:space="preserve"> to optimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00466B42">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="006E603D" w:rsidRPr="006E603D">
+        <w:t xml:space="preserve"> its tax position in the conduct of its </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidR="006E603D" w:rsidRPr="006E603D">
         <w:t>activities, but</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>legislation.</w:t>
+      <w:r w:rsidR="006E603D" w:rsidRPr="006E603D">
+        <w:t xml:space="preserve"> will not use them for purposes which are knowingly contradictory to the intent of Parliament and the spirit of the relevant legislation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C14926" w14:textId="77777777" w:rsidR="00B00A4E" w:rsidRDefault="00B00A4E" w:rsidP="003903CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="492003AE" w14:textId="2BA31B2F" w:rsidR="00510E9A" w:rsidRPr="00510E9A" w:rsidRDefault="00E83A1D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00510E9A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Governance in relation to UK </w:t>
       </w:r>
       <w:r w:rsidR="002E20CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">and overseas </w:t>
@@ -632,62 +628,56 @@
       <w:r w:rsidRPr="00E67738">
         <w:t xml:space="preserve">.  The </w:t>
       </w:r>
       <w:r w:rsidR="0006464C">
         <w:t xml:space="preserve">Executive </w:t>
       </w:r>
       <w:r w:rsidRPr="00E67738">
         <w:t xml:space="preserve">Director of </w:t>
       </w:r>
       <w:r w:rsidR="002E20CB" w:rsidRPr="00E67738">
         <w:t>People and Organisational Development</w:t>
       </w:r>
       <w:r w:rsidRPr="00E67738">
         <w:t xml:space="preserve"> is responsible for UK payroll taxes</w:t>
       </w:r>
       <w:r w:rsidR="002E20CB" w:rsidRPr="00E67738">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E67738">
         <w:t>for overseas payroll taxes.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA2BD92" w14:textId="5998ED00" w:rsidR="00E456D5" w:rsidRDefault="00E456D5">
+    <w:p w14:paraId="1EA2BD92" w14:textId="7E40E0B7" w:rsidR="00E456D5" w:rsidRDefault="00E456D5">
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="009018A1">
-[...6 lines deleted...]
-        <w:t>e</w:t>
+      <w:r w:rsidR="006A191B">
+        <w:t>Director of Financial Services</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> reports to the </w:t>
       </w:r>
       <w:r w:rsidR="00C4229B">
         <w:t>Chief Financial Officer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and has day-to-day authority to manage the tax affairs of the University and oversee those of the subsidiary entities.  Day-to-day management of payroll taxes sit with the Head of </w:t>
       </w:r>
       <w:r w:rsidR="002E20CB">
         <w:t>People &amp; OD Operations and Reward</w:t>
       </w:r>
       <w:r w:rsidR="00AE4B44">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E333E7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644F52F1" w14:textId="04017F69" w:rsidR="00510E9A" w:rsidRDefault="00E83A1D">
       <w:r>
         <w:t>The University has a central tax department</w:t>
       </w:r>
       <w:r w:rsidR="0006464C">
@@ -1009,51 +999,67 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>identified;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7DC023" w14:textId="7B6A7C60" w:rsidR="006E434D" w:rsidRDefault="006E434D" w:rsidP="006E434D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Aim</w:t>
       </w:r>
       <w:r w:rsidR="009029C6">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> to minimise the risk of future challenge to any tax positions taken and gain certainty in the University’s tax affairs by proactively entering into dialogue with HMRC in real time with regard to issues where the correct treatment is </w:t>
+        <w:t xml:space="preserve"> to minimise the risk of future challenge to any tax positions taken and gain certainty in the University’s tax affairs by proactively </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>entering into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> dialogue with HMRC in real time </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>with regard to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> issues where the correct treatment is </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>uncertain;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0C4101D8" w14:textId="679E821E" w:rsidR="006E434D" w:rsidRDefault="006E434D" w:rsidP="008B5205">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seek</w:t>
       </w:r>
       <w:r w:rsidR="009029C6">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
@@ -1255,61 +1261,61 @@
         <w:t>tion (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>South East</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Asia) Pte Ltd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD9D627" w14:textId="77777777" w:rsidR="00E83A1D" w:rsidRDefault="00E83A1D"/>
     <w:sectPr w:rsidR="00E83A1D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38E80FE7" w14:textId="77777777" w:rsidR="0044405D" w:rsidRDefault="0044405D" w:rsidP="003903CC">
+    <w:p w14:paraId="7A8F065C" w14:textId="77777777" w:rsidR="001516C3" w:rsidRDefault="001516C3" w:rsidP="003903CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38CEEC5B" w14:textId="77777777" w:rsidR="0044405D" w:rsidRDefault="0044405D" w:rsidP="003903CC">
+    <w:p w14:paraId="39166ACF" w14:textId="77777777" w:rsidR="001516C3" w:rsidRDefault="001516C3" w:rsidP="003903CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1334,61 +1340,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EAF54FE" w14:textId="77777777" w:rsidR="0044405D" w:rsidRDefault="0044405D" w:rsidP="003903CC">
+    <w:p w14:paraId="6FA5F0F5" w14:textId="77777777" w:rsidR="001516C3" w:rsidRDefault="001516C3" w:rsidP="003903CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02F2DDF1" w14:textId="77777777" w:rsidR="0044405D" w:rsidRDefault="0044405D" w:rsidP="003903CC">
+    <w:p w14:paraId="160D2D5B" w14:textId="77777777" w:rsidR="001516C3" w:rsidRDefault="001516C3" w:rsidP="003903CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C941C69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4796D442"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1627,152 +1633,174 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1241872697">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2014330262">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E57E61"/>
     <w:rsid w:val="00001389"/>
     <w:rsid w:val="000449A8"/>
     <w:rsid w:val="00053160"/>
     <w:rsid w:val="0006464C"/>
     <w:rsid w:val="000B48C4"/>
     <w:rsid w:val="000E65F1"/>
     <w:rsid w:val="000E6BE9"/>
     <w:rsid w:val="001473AB"/>
+    <w:rsid w:val="001516C3"/>
     <w:rsid w:val="001664CE"/>
     <w:rsid w:val="00180DCE"/>
     <w:rsid w:val="001811D3"/>
+    <w:rsid w:val="001A6175"/>
     <w:rsid w:val="001B66FA"/>
     <w:rsid w:val="001D23FF"/>
     <w:rsid w:val="001F73D4"/>
     <w:rsid w:val="00210555"/>
+    <w:rsid w:val="00272DAA"/>
     <w:rsid w:val="002B4148"/>
     <w:rsid w:val="002E20CB"/>
+    <w:rsid w:val="002F23D3"/>
     <w:rsid w:val="00320E1A"/>
+    <w:rsid w:val="0033767E"/>
     <w:rsid w:val="00337FAD"/>
+    <w:rsid w:val="00344AEC"/>
     <w:rsid w:val="00360257"/>
     <w:rsid w:val="003903CC"/>
     <w:rsid w:val="00400032"/>
     <w:rsid w:val="00440E89"/>
     <w:rsid w:val="0044405D"/>
     <w:rsid w:val="00447F1A"/>
+    <w:rsid w:val="00466B42"/>
     <w:rsid w:val="004670F8"/>
     <w:rsid w:val="004E534D"/>
     <w:rsid w:val="00502716"/>
     <w:rsid w:val="00510E9A"/>
+    <w:rsid w:val="005401C0"/>
     <w:rsid w:val="005B287D"/>
     <w:rsid w:val="005C70F7"/>
     <w:rsid w:val="005F0B83"/>
     <w:rsid w:val="00612E6A"/>
     <w:rsid w:val="0063043B"/>
+    <w:rsid w:val="00641ACC"/>
     <w:rsid w:val="00656A2D"/>
+    <w:rsid w:val="00685A18"/>
     <w:rsid w:val="00697BB3"/>
+    <w:rsid w:val="006A191B"/>
     <w:rsid w:val="006E434D"/>
+    <w:rsid w:val="006E603D"/>
     <w:rsid w:val="0072557E"/>
     <w:rsid w:val="00736494"/>
     <w:rsid w:val="007806B6"/>
     <w:rsid w:val="00784E65"/>
     <w:rsid w:val="007866BA"/>
     <w:rsid w:val="00793EA0"/>
     <w:rsid w:val="007A3DF2"/>
     <w:rsid w:val="007B759F"/>
     <w:rsid w:val="008239DB"/>
     <w:rsid w:val="0082601D"/>
     <w:rsid w:val="008B5205"/>
     <w:rsid w:val="008E7DAD"/>
     <w:rsid w:val="009018A1"/>
     <w:rsid w:val="009029C6"/>
     <w:rsid w:val="00913992"/>
     <w:rsid w:val="00941D75"/>
     <w:rsid w:val="009579AE"/>
+    <w:rsid w:val="00983CF1"/>
     <w:rsid w:val="009B78B3"/>
+    <w:rsid w:val="00A03C85"/>
+    <w:rsid w:val="00A20F97"/>
+    <w:rsid w:val="00A35EE5"/>
     <w:rsid w:val="00A6029D"/>
     <w:rsid w:val="00AE3E8D"/>
     <w:rsid w:val="00AE4B44"/>
     <w:rsid w:val="00B00A4E"/>
     <w:rsid w:val="00B368BC"/>
     <w:rsid w:val="00B61074"/>
     <w:rsid w:val="00B7349E"/>
     <w:rsid w:val="00B8363C"/>
     <w:rsid w:val="00BC4FA7"/>
     <w:rsid w:val="00BF2707"/>
     <w:rsid w:val="00C4229B"/>
     <w:rsid w:val="00C87DA6"/>
+    <w:rsid w:val="00C9199C"/>
+    <w:rsid w:val="00C9462C"/>
+    <w:rsid w:val="00D72B00"/>
     <w:rsid w:val="00DE7796"/>
     <w:rsid w:val="00E02B23"/>
     <w:rsid w:val="00E06F96"/>
     <w:rsid w:val="00E23130"/>
     <w:rsid w:val="00E333E7"/>
     <w:rsid w:val="00E4549C"/>
     <w:rsid w:val="00E456D5"/>
     <w:rsid w:val="00E57E61"/>
     <w:rsid w:val="00E67738"/>
     <w:rsid w:val="00E83A1D"/>
     <w:rsid w:val="00ED43C1"/>
+    <w:rsid w:val="00F04A09"/>
     <w:rsid w:val="00F11848"/>
     <w:rsid w:val="00F70993"/>
     <w:rsid w:val="00F96FA3"/>
     <w:rsid w:val="00FC57EA"/>
+    <w:rsid w:val="00FF010B"/>
     <w:rsid w:val="00FF3C37"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -2654,51 +2682,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010027D03FBAF43D3243821C8B014A56C88E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9955705af1fae933f3b98f7052c85ce2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="3ecc3de6-2511-4caa-9557-44e29cf96564" xmlns:ns4="585615ac-d35c-474e-9469-5b5b1fc23335" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="29d97b13b2bf773f389dfab30051d452" ns3:_="" ns4:_="">
     <xsd:import namespace="3ecc3de6-2511-4caa-9557-44e29cf96564"/>
     <xsd:import namespace="585615ac-d35c-474e-9469-5b5b1fc23335"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
@@ -2891,147 +2924,135 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="585615ac-d35c-474e-9469-5b5b1fc23335" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4024DF7F-AE28-4242-9248-9D23EEC762BF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92393001-CA83-4FD2-A46C-60CC28A30B3E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F0DBCF7-8615-4D82-8C4C-59D116A5C82F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3ecc3de6-2511-4caa-9557-44e29cf96564"/>
     <ds:schemaRef ds:uri="585615ac-d35c-474e-9469-5b5b1fc23335"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92393001-CA83-4FD2-A46C-60CC28A30B3E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4024DF7F-AE28-4242-9248-9D23EEC762BF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D3A747E-ED03-4A55-9271-DBEBA362DE62}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="3ecc3de6-2511-4caa-9557-44e29cf96564"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="585615ac-d35c-474e-9469-5b5b1fc23335"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1453</Words>
-  <Characters>8285</Characters>
+  <Words>1464</Words>
+  <Characters>8275</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>19</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>145</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>The University of Manchester</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9719</CharactersWithSpaces>
+  <CharactersWithSpaces>9679</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Louise Bissell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010027D03FBAF43D3243821C8B014A56C88E</vt:lpwstr>
   </property>
 </Properties>
 </file>