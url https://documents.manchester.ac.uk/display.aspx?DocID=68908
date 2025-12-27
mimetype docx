--- v0 (2025-10-29)
+++ v1 (2025-12-27)
@@ -1,44 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="131649C2" w14:textId="7D3980D4" w:rsidR="00F523B2" w:rsidRPr="00EA3A0C" w:rsidRDefault="004D7428" w:rsidP="004D7428">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA3A0C">
         <w:rPr>
@@ -614,185 +616,151 @@
       <w:r w:rsidR="008528D2">
         <w:t xml:space="preserve"> The University </w:t>
       </w:r>
       <w:r w:rsidR="00A07392" w:rsidRPr="00A07392">
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r w:rsidR="008B5621">
         <w:t xml:space="preserve">automatically </w:t>
       </w:r>
       <w:r w:rsidR="00A07392">
         <w:t xml:space="preserve">send </w:t>
       </w:r>
       <w:r w:rsidR="008B5621">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A1224D">
         <w:t xml:space="preserve"> quick</w:t>
       </w:r>
       <w:r w:rsidR="00A07392" w:rsidRPr="00A07392">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A07392">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00A07392" w:rsidRPr="00A07392">
-        <w:t xml:space="preserve"> week and </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> week and 12 month</w:t>
+      </w:r>
       <w:r w:rsidR="00FE10B7">
         <w:t xml:space="preserve"> survey to help inform </w:t>
       </w:r>
       <w:r w:rsidR="00A07392" w:rsidRPr="00A07392">
         <w:t>the new starter experience. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E1A264" w14:textId="060DD5DF" w:rsidR="0029118E" w:rsidRPr="0029118E" w:rsidRDefault="4B0FB981" w:rsidP="4B0FB981">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4B0FB981">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*Probation period</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3987BBA7" w14:textId="4CC3EBCB" w:rsidR="00E36797" w:rsidRDefault="7B6AC6F2" w:rsidP="00E36797">
       <w:r>
         <w:t>Most</w:t>
       </w:r>
       <w:r w:rsidR="4B0FB981">
         <w:t xml:space="preserve"> posts at the University </w:t>
       </w:r>
       <w:r w:rsidR="08C97ADA">
         <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidR="4B0FB981">
         <w:t xml:space="preserve">probationary periods </w:t>
       </w:r>
       <w:r w:rsidR="0ECE8692">
         <w:t>varying by job grade</w:t>
       </w:r>
       <w:r w:rsidR="4B0FB981">
         <w:t xml:space="preserve">. Full details can be found in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidR="4B0FB981" w:rsidRPr="5CBF49E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">New Staff area on </w:t>
-[...6 lines deleted...]
-          <w:t>Staff</w:t>
+          <w:t>New Staff area on Staff</w:t>
         </w:r>
         <w:r w:rsidR="00731D8A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>N</w:t>
         </w:r>
         <w:r w:rsidR="4B0FB981" w:rsidRPr="5CBF49E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>et</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="4B0FB981">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003D63B3">
         <w:t>As the</w:t>
       </w:r>
       <w:r w:rsidR="4B0FB981">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="7FFF456C">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="4B0FB981">
         <w:t xml:space="preserve">erm ‘probation’ </w:t>
       </w:r>
       <w:r w:rsidR="00731D8A">
         <w:t>can</w:t>
       </w:r>
       <w:r w:rsidR="17E7F045">
         <w:t xml:space="preserve"> sound </w:t>
       </w:r>
       <w:r w:rsidR="04DC2CBE">
         <w:t>daunting</w:t>
       </w:r>
       <w:r w:rsidR="17E7F045">
         <w:t xml:space="preserve">, we </w:t>
       </w:r>
       <w:r w:rsidR="4B0FB981">
         <w:t>prefer to use ‘induction period’ in</w:t>
       </w:r>
       <w:r w:rsidR="7B5D4B9D">
-        <w:t xml:space="preserve"> the </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> the Library</w:t>
+      </w:r>
       <w:r w:rsidR="4B0FB981">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="08635916">
-        <w:t xml:space="preserve"> Please note that the standard term ‘probation period’ may be used in </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> documents.</w:t>
+        <w:t xml:space="preserve"> Please note that the standard term ‘probation period’ may be used in University documents.</w:t>
       </w:r>
       <w:r w:rsidR="500FC662">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E01C73">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E01C73">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00557B8E" w:rsidRPr="00557B8E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidR="00557B8E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="6F07AEEC">
         <w:t xml:space="preserve">For current University employees moving to a </w:t>
       </w:r>
       <w:r w:rsidR="003D63B3">
         <w:t>ne</w:t>
@@ -913,52 +881,52 @@
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="78B76278" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w14:paraId="4E517881" w14:textId="77777777" w:rsidTr="008C7FD1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="592F7768" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D04AA8C" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
-            <w:hyperlink w:anchor="_New_starter_actions_1" w:history="1">
+          <w:p w14:paraId="0D04AA8C" w14:textId="684C8DED" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
+            <w:hyperlink w:anchor="_New_starter_actions" w:history="1">
               <w:r w:rsidRPr="00CF46E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>New starter actions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="070F8791" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>Post-interview, on acceptance of the initial, informal offer of a post</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79D07CD2" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
@@ -995,109 +963,99 @@
               <w:instrText xml:space="preserve"> HYPERLINK  \l "_Probation_goals_and" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CF46E9">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF46E9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">Induction goals and expectations </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07B58B83" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AB5E0BA" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E7B2BFF" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
-              <w:t xml:space="preserve">A few weeks before the new starter joins the </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>A few weeks before the new starter joins the Library</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="265382BF" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>Use to establish expectations and goals for a new colleague’s induction period and form the basis for onboarding activities, training and work in the first month/s in post. Add to the new colleague’s induction toolkit document and share with them in their first week.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w14:paraId="43902EF3" w14:textId="77777777" w:rsidTr="008C7FD1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59E774F0" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F7DEFEF" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:hyperlink w:anchor="_Training_and_development_1" w:history="1">
               <w:r w:rsidRPr="00CF46E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Training and development plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D6A6802" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
-              <w:t xml:space="preserve">A few weeks before the new starter joins the </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>A few weeks before the new starter joins the Library</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3624F9CE" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>Use to identify training and development requirements for the first months in post, based on understanding of induction goals and expectations. Add to the new colleague’s induction toolkit document and share with them in their first week.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w14:paraId="6A66D9A8" w14:textId="77777777" w:rsidTr="008C7FD1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D65F553" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1129,57 +1087,52 @@
           <w:p w14:paraId="45559B6D" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="00388137" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t xml:space="preserve">Including </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Template:_induction_schedule" w:history="1">
               <w:r w:rsidRPr="00CF46E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>example induction schedule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12C1BB94" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
-              <w:t xml:space="preserve">At least a week before the new starter joins the </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>At least a week before the new starter joins the Library</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D45D0C5" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>Use to plan onboarding activities for new starters’ first month in post and ensure their first weeks are well-structured, introducing them to relevant information, colleagues and training. Add to the new colleague’s induction toolkit document and share with them in their first week.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w14:paraId="27860731" w14:textId="77777777" w:rsidTr="008C7FD1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06B8E803" w14:textId="77777777" w:rsidR="00CA6086" w:rsidRPr="00CF46E9" w:rsidRDefault="00CA6086" w:rsidP="008C7FD1">
             <w:r w:rsidRPr="00CF46E9">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1229,50 +1182,52 @@
               </w:rPr>
               <w:t xml:space="preserve">ew colleagues should take ownership of the checklist, working to complete all tasks either independently or in discussion with their line manager. The line manager should clarify which activities will be facilitated and which will be self-directed. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="669B452F" w14:textId="77777777" w:rsidR="00871026" w:rsidRDefault="00871026" w:rsidP="00E36797"/>
     <w:p w14:paraId="2FB13ACF" w14:textId="5BCE9A40" w:rsidR="00CA6086" w:rsidRDefault="00CA6086">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A57AA3" w14:textId="3B0D254D" w:rsidR="004D7428" w:rsidRPr="00467FFB" w:rsidRDefault="00FE51ED" w:rsidP="0029118E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_New_starter_actions"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00467FFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>New starter actions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2072"/>
         <w:gridCol w:w="6223"/>
         <w:gridCol w:w="721"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A0449" w14:paraId="568E4C56" w14:textId="77777777" w:rsidTr="70E08737">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
@@ -1475,186 +1430,206 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>If they have been a student or an employee at the University in the past, as this can affect IT account activation and set-up</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1770007692"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4B044157" w14:textId="7F61F40E" w:rsidR="00F523B2" w:rsidRDefault="00296E41" w:rsidP="00FE51ED">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6FA1ABC0" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="40F5AB65" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-675798730"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0DF34351" w14:textId="1CAF154D" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2FDC8126" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="4B6D26F5" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="7D35CE52" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="6EFD400D" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="7FD05766" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-515467764"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="37C3CF2D" w14:textId="1B6CA714" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="1FDD69F2" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="135EF4D4" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="73C271A9" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="684021EA" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="0A5A9ECE" w14:textId="7D2B8924" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A0449" w14:paraId="7CA3C391" w14:textId="77777777" w:rsidTr="70E08737">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49C157DD" w14:textId="5B96B210" w:rsidR="008A0449" w:rsidRDefault="00F523B2" w:rsidP="00FE51ED">
             <w:r>
               <w:t>Request IT equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1019F9" w14:textId="6D4D9783" w:rsidR="00F523B2" w:rsidRDefault="5E40C466" w:rsidP="00FE51ED">
-[...16 lines deleted...]
-              <w:r w:rsidR="672392C3" w:rsidRPr="5CBF49E1">
+          <w:p w14:paraId="515F7D8B" w14:textId="148BEF25" w:rsidR="005F11C6" w:rsidRPr="009A03A5" w:rsidRDefault="009A03A5" w:rsidP="00FE51ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A03A5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Log into the IT support portal (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="009A03A5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
-                <w:t>Laptop or Desktop Reques</w:t>
+                <w:t>Connect</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0084524B">
+            <w:r w:rsidRPr="009A03A5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) and complete a </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidRPr="009A03A5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Aptos" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="467886"/>
+                </w:rPr>
+                <w:t>Library equipment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="009A03A5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-[...24 lines deleted...]
-          <w:p w14:paraId="515F7D8B" w14:textId="77777777" w:rsidR="005F11C6" w:rsidRDefault="005F11C6" w:rsidP="00FE51ED"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A03A5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">form. Select </w:t>
+            </w:r>
+            <w:r w:rsidR="00182588">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A03A5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Specialist Library Equipment</w:t>
+            </w:r>
+            <w:r w:rsidR="00182588">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A03A5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from the drop down menu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA7964C" w14:textId="77777777" w:rsidR="009A03A5" w:rsidRDefault="009A03A5" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="591F9CA2" w14:textId="44DE0A56" w:rsidR="00F523B2" w:rsidRDefault="2775909C" w:rsidP="00FE51ED">
             <w:r>
               <w:t>It is</w:t>
             </w:r>
             <w:r w:rsidR="433F83FB">
               <w:t xml:space="preserve"> advisable to complete this form as soon as possible </w:t>
             </w:r>
             <w:r w:rsidR="6257155D">
               <w:t>to avoid</w:t>
             </w:r>
             <w:r w:rsidR="433F83FB">
               <w:t xml:space="preserve"> delays sourcing IT equipment</w:t>
             </w:r>
             <w:r w:rsidR="0084524B">
               <w:t>. The</w:t>
             </w:r>
             <w:r w:rsidR="433F83FB">
               <w:t xml:space="preserve"> Library Digital Systems team recommend placing a request for standard equipment </w:t>
             </w:r>
             <w:r w:rsidR="0084524B">
               <w:t>such as</w:t>
             </w:r>
             <w:r w:rsidR="433F83FB">
               <w:t xml:space="preserve"> a laptop as soon as a post is advertised – there's no need to wait until a candidate is offered the post. I</w:t>
             </w:r>
@@ -1675,77 +1650,79 @@
               <w:t>Please note:</w:t>
             </w:r>
             <w:r w:rsidR="5CFF9851">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CE7082">
               <w:t>For</w:t>
             </w:r>
             <w:r w:rsidR="5CFF9851">
               <w:t xml:space="preserve"> specialist kit </w:t>
             </w:r>
             <w:r w:rsidR="00051BAC">
               <w:t>contact</w:t>
             </w:r>
             <w:r w:rsidR="5CFF9851">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00051BAC">
               <w:t xml:space="preserve">and discuss with the Library’s </w:t>
             </w:r>
             <w:r w:rsidR="5CFF9851">
               <w:t>Digital Systems team.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4529F539" w14:textId="77777777" w:rsidR="00B45011" w:rsidRDefault="00B45011" w:rsidP="00FE51ED"/>
-          <w:p w14:paraId="7797579D" w14:textId="688A4CBA" w:rsidR="00F523B2" w:rsidRDefault="00F523B2" w:rsidP="00FE51ED">
+          <w:p w14:paraId="7797579D" w14:textId="011FA533" w:rsidR="00F523B2" w:rsidRDefault="00F523B2" w:rsidP="00FE51ED">
             <w:r>
               <w:t xml:space="preserve">You will need </w:t>
             </w:r>
             <w:r w:rsidR="00155714">
               <w:t>to use y</w:t>
             </w:r>
             <w:r>
               <w:t>our own details (name, username etc) for the recipient, as new starters’ IT account details will not be set up prior to their start date</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64A77">
+              <w:t xml:space="preserve"> unless they are an internal appointment.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1954A1D0" w14:textId="48EF9C25" w:rsidR="00F523B2" w:rsidRDefault="00F523B2" w:rsidP="05115A46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1533068418"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1DE5C80F" w14:textId="0F9CF9C0" w:rsidR="008A0449" w:rsidRDefault="00296E41" w:rsidP="00FE51ED">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="630CFD92" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="3FF322ED" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="3AAAA53A" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="49967EF9" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="548E1054" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="72B10DEE" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="2A4D9249" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="60422F12" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="450CE60B" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="6AD27816" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="24FDA577" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="690A6808" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="4946A3C9" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="26BFF896" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
@@ -1767,73 +1744,72 @@
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29162798" w14:textId="1E9227B7" w:rsidR="008A0449" w:rsidRDefault="00156455" w:rsidP="00FE51ED">
             <w:r>
               <w:t>It is</w:t>
             </w:r>
             <w:r w:rsidR="00B45011">
               <w:t xml:space="preserve"> advisable to remain in contact with the new colleague to check they</w:t>
             </w:r>
             <w:r w:rsidR="0084524B">
               <w:t xml:space="preserve"> have </w:t>
             </w:r>
             <w:r w:rsidR="00B45011">
               <w:t>received their formal letter of offer for their new role.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74F405B1" w14:textId="77777777" w:rsidR="00B45011" w:rsidRDefault="00B45011" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="5CB73025" w14:textId="5EF7901B" w:rsidR="00B45011" w:rsidRDefault="0084524B" w:rsidP="00BB256C">
             <w:r>
               <w:t xml:space="preserve">Liaise with the Library Office, who will chase with P&amp;OD, if there are delays. </w:t>
             </w:r>
             <w:r w:rsidR="00BB256C">
               <w:t xml:space="preserve">Contact </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="00F03FBC" w:rsidRPr="00F4098A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>uml.hr@manchester.ac.uk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F03FBC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="676011071"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7ABEE34A" w14:textId="64C50277" w:rsidR="008A0449" w:rsidRDefault="70E08737" w:rsidP="00FE51ED">
                 <w:r w:rsidRPr="70E08737">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008A0449" w14:paraId="4997785E" w14:textId="77777777" w:rsidTr="70E08737">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F478409" w14:textId="79622E68" w:rsidR="008A0449" w:rsidRDefault="00B45011" w:rsidP="00B45011">
             <w:r>
               <w:t>Inform the team (&amp; plan to inform wider Library)</w:t>
@@ -1868,112 +1844,110 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2AEFF93D" w14:textId="2998F855" w:rsidR="008A0449" w:rsidRDefault="008A0449" w:rsidP="256FBEFA"/>
           <w:p w14:paraId="65A11BCB" w14:textId="2B74576E" w:rsidR="008A0449" w:rsidRDefault="256FBEFA" w:rsidP="256FBEFA">
             <w:r>
               <w:t>This update can be reused and adapted for the Library Update piece introducing the new colleague</w:t>
             </w:r>
             <w:r w:rsidR="0084524B">
               <w:t xml:space="preserve"> once started.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1907295426"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="02A015FD" w14:textId="79D9D396" w:rsidR="008A0449" w:rsidRDefault="00296E41" w:rsidP="00FE51ED">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6B48BEC4" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="71974B39" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="7783112F" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:p w14:paraId="33686E43" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1764574892"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5FCFEFA0" w14:textId="4A93BB3F" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="70B4225F" w14:textId="77777777" w:rsidR="00296E41" w:rsidRDefault="00296E41" w:rsidP="00FE51ED"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57332AED" w14:textId="6AABDCBB" w:rsidR="00FE51ED" w:rsidRDefault="00123F51" w:rsidP="00FE51ED">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="65ACF733" w14:textId="0FB3167A" w:rsidR="0029118E" w:rsidRPr="00467FFB" w:rsidRDefault="0029118E" w:rsidP="0029118E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Probation_goals_and"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="1" w:name="_Probation_goals_and"/>
+      <w:bookmarkStart w:id="2" w:name="_Induction_goals_and"/>
       <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00467FFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Induction</w:t>
       </w:r>
       <w:r w:rsidR="00FE51ED" w:rsidRPr="00467FFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> goals and expectations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D596C0" w14:textId="2290B4C6" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="51AE217B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51AE217B">
         <w:rPr>
@@ -2496,165 +2470,181 @@
       </w:pPr>
       <w:r w:rsidRPr="5CBF49E1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00EE4892" w:rsidRPr="5CBF49E1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>dd further induction months as required</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2263B636" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Training_and_development"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="3" w:name="_Training_and_development"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F506F1" w14:textId="223690F4" w:rsidR="00FE51ED" w:rsidRPr="00467FFB" w:rsidRDefault="00FE51ED" w:rsidP="0029118E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Training_and_development_1"/>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="4" w:name="_Training_and_development_1"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00467FFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Training and development plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D2C9533" w14:textId="700F378F" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="51AE217B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51AE217B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[Manager should prepare this in Manager’s induction toolkit and add to new colleague’s toolkit]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F156648" w14:textId="6E0FB25D" w:rsidR="3C10F34B" w:rsidRDefault="3C10F34B">
+    <w:p w14:paraId="5810799A" w14:textId="43EE239E" w:rsidR="002D1AE8" w:rsidRDefault="3C10F34B">
       <w:r>
         <w:t xml:space="preserve">This section of the toolkit is intended to support the identification of training and </w:t>
       </w:r>
       <w:r w:rsidR="002109E6">
         <w:t>development requirements for</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> your new colleague in their first months in post, based on the agreed </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Induction_goals_and" w:history="1">
         <w:r w:rsidR="0029118E" w:rsidRPr="002109E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>inductio</w:t>
         </w:r>
         <w:r w:rsidRPr="002109E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>n goals and expectations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FF1633">
         <w:t>, as well as to ensure completion of mandatory University training.</w:t>
       </w:r>
+      <w:r w:rsidR="002D1AE8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5400">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B5400">
+        <w:br/>
+        <w:t xml:space="preserve">See the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="005B5400" w:rsidRPr="00802AA7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Library Staff Learning and Development Hub</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B67BE5">
+        <w:t xml:space="preserve"> for further guidance and support.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6640"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr w:rsidR="0029118E" w14:paraId="724D976B" w14:textId="77777777" w:rsidTr="26D9F459">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6640" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="431C2ADA" w14:textId="6B5DCCBC" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E">
             <w:r>
               <w:t xml:space="preserve">Identify any training needs below, </w:t>
             </w:r>
             <w:r w:rsidR="000B303E">
               <w:t xml:space="preserve">review </w:t>
             </w:r>
             <w:r>
               <w:t>together with agreed actions to address them</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2AA4D319" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E">
             <w:r>
-              <w:t xml:space="preserve">Target </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Target completion  date</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="10434120" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
           <w:p w14:paraId="7F261055" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E">
             <w:r>
               <w:t>Review Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029118E" w14:paraId="5EE7A16F" w14:textId="77777777" w:rsidTr="26D9F459">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6640" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25B6DE88" w14:textId="5229B12F" w:rsidR="0029118E" w:rsidRPr="00C73720" w:rsidRDefault="0029118E" w:rsidP="0029118E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -2667,51 +2657,51 @@
               </w:rPr>
               <w:t>University</w:t>
             </w:r>
             <w:r w:rsidR="04A48A70" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Essential T</w:t>
             </w:r>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>raining</w:t>
             </w:r>
             <w:r w:rsidR="04BF179E" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (Mandatory)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="390659AA" w14:textId="24E071BB" w:rsidR="71CA43E3" w:rsidRDefault="71CA43E3" w:rsidP="26D9F459">
+          <w:p w14:paraId="390659AA" w14:textId="4A65DDB8" w:rsidR="71CA43E3" w:rsidRDefault="71CA43E3" w:rsidP="26D9F459">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">There are </w:t>
             </w:r>
             <w:r w:rsidR="17EB047E" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">8 </w:t>
             </w:r>
             <w:r w:rsidR="423346ED" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -2731,379 +2721,392 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> to complete. These are available via one online course</w:t>
             </w:r>
             <w:r w:rsidR="17EB047E" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="264B2932" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Details of how to sign up </w:t>
             </w:r>
             <w:r w:rsidR="79AAAD34" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">are available on </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="264B2932" w:rsidRPr="26D9F459">
+            <w:r w:rsidR="00FF6F10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>StaffNet</w:t>
-[...16 lines deleted...]
-              <w:r w:rsidR="601B9E2C" w:rsidRPr="26D9F459">
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidR="00FF6F10" w:rsidRPr="00845005">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 </w:rPr>
-                <w:t>https://www.staffnet.manchester.ac.uk/talent-development/essentials</w:t>
+                <w:t>Library Staff Learning and Development Hub</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...10 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:r w:rsidR="264B2932" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="7D5DF4B4" w14:textId="3CA4B27D" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="264B2932" w:rsidRPr="26D9F459">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7309465D" w14:textId="02722EF2" w:rsidR="26D9F459" w:rsidRDefault="26D9F459" w:rsidP="26D9F459">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D5DF4B4" w14:textId="4C4246E1" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Health &amp; Safety </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="508AE63D" w14:textId="53A6B691" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
+            <w:r w:rsidR="004541D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(15 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="508AE63D" w14:textId="4B8DBCB5" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fire Awareness for All </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="5CBE613C" w14:textId="4A2E8F3B" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
+            <w:r w:rsidR="004541D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(5 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CBE613C" w14:textId="604AA6AD" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Office Safety at UoM </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="2A3AC96F" w14:textId="525A8394" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
+            <w:r w:rsidR="004541D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(30 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A3AC96F" w14:textId="5E178E2C" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data Protection &amp; Cyber Security </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="16703FC6" w14:textId="45467BE0" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
+            <w:r w:rsidR="004541D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(30 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16703FC6" w14:textId="463E73C5" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversity in the Workplace </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="6CEC0415" w14:textId="4659211D" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
+            <w:r w:rsidR="004541D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(45 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CEC0415" w14:textId="2A1C8C00" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Unconscious Bias </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="4173AF69" w14:textId="6C533E71" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
+            <w:r w:rsidR="004541D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(45 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4173AF69" w14:textId="1EBF8142" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Disability Equity </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="75840E2F" w14:textId="2C2C2BE6" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
+            <w:r w:rsidR="004541D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(30 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75840E2F" w14:textId="44BF758D" w:rsidR="0CF54751" w:rsidRDefault="0CF54751" w:rsidP="26D9F459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sexual Harassment </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:r w:rsidR="004541D2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>(20 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C50F68A" w14:textId="35606DD8" w:rsidR="26D9F459" w:rsidRDefault="26D9F459" w:rsidP="26D9F459">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2808B6A3" w14:textId="2E6407E0" w:rsidR="0D6D0548" w:rsidRDefault="0D6D0548" w:rsidP="3DFA62B6">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="258AB570" w14:textId="2805A9B2" w:rsidR="0D6D0548" w:rsidRDefault="0A036FCB" w:rsidP="3DFA62B6">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DFA62B6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>The following training is also mandatory for all Library staff:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0256F74D" w14:textId="427E5EAC" w:rsidR="0D6D0548" w:rsidRDefault="0DB3A58E" w:rsidP="3DFA62B6">
+          <w:p w14:paraId="0256F74D" w14:textId="65E1278B" w:rsidR="0D6D0548" w:rsidRDefault="0076584D" w:rsidP="3DFA62B6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17">
-              <w:r w:rsidRPr="5CBF49E1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="0076584D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
-                <w:t>LAOD150 Hidden Disabilities Sunflower Scheme</w:t>
+                <w:t>Hidden Disabilities Sunflower Scheme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
-              <w:t xml:space="preserve"> (online training course) </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0DB3A58E">
+              <w:t xml:space="preserve">(online training course) </w:t>
             </w:r>
             <w:r w:rsidR="2D56891C">
               <w:t>see</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0DB3A58E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18">
-              <w:r w:rsidRPr="5CBF49E1">
+            <w:hyperlink r:id="rId20">
+              <w:r w:rsidR="0DB3A58E" w:rsidRPr="5CBF49E1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>further information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="0CEA69A8" w14:textId="46B8C3AC" w:rsidR="0D6D0548" w:rsidRDefault="0A036FCB" w:rsidP="3DFA62B6">
-[...34 lines deleted...]
-          </w:p>
           <w:p w14:paraId="33E7CF65" w14:textId="0F4641B5" w:rsidR="0029118E" w:rsidRDefault="0DB3A58E" w:rsidP="0000467B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="257" w:lineRule="auto"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20">
+            <w:hyperlink r:id="rId21">
               <w:r w:rsidRPr="5CBF49E1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>Register of Interests (guidance)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="4B2ED322" w:rsidRPr="5CBF49E1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Grade 6 or above)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F0C2AE2" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
@@ -3171,184 +3174,185 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000467B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Organisation skills, Administrative, IT </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="769FC159" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
           <w:p w14:paraId="08AA08C3" w14:textId="77777777" w:rsidR="00C076A6" w:rsidRPr="00C076A6" w:rsidRDefault="001F071D" w:rsidP="00C076A6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="004339D2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Microsoft 365 Resources (All-Library-Staff Teams Channel)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="56E3837F" w14:textId="7E1EE89E" w:rsidR="001F071D" w:rsidRDefault="00505C14" w:rsidP="00C076A6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00505C14">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>University Microsoft 365 Support Resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="69C95F00" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
           <w:p w14:paraId="6D4E83F3" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7828F244" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55E3179C" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029118E" w14:paraId="1E585DE5" w14:textId="77777777" w:rsidTr="26D9F459">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6640" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1702A1B7" w14:textId="77777777" w:rsidR="0029118E" w:rsidRPr="0000467B" w:rsidRDefault="0029118E" w:rsidP="0029118E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000467B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Leadership, Management/Supervisory </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B02A319" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
-          <w:p w14:paraId="4B31D007" w14:textId="4E7C0C01" w:rsidR="0029118E" w:rsidRDefault="7C123B3D" w:rsidP="00C076A6">
+          <w:p w14:paraId="4B31D007" w14:textId="4B48A65B" w:rsidR="0029118E" w:rsidRDefault="7C123B3D" w:rsidP="00C076A6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId23">
-              <w:r w:rsidRPr="10490495">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="00713274">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>P&amp;DR Reviewer Guidance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
-              <w:t xml:space="preserve"> (online training) - If applicable to colleague’s role</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="005B6824">
+              <w:t>Library Staff Learning and Development Hub</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) - If applicable to colleague’s role</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56508A83" w14:textId="5D25E66F" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="10490495"/>
           <w:p w14:paraId="06E22C93" w14:textId="1B1CC996" w:rsidR="0029118E" w:rsidRDefault="733E0AA9" w:rsidP="10490495">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="10490495">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Staff Management Forum (SMF)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="111CDEDA" w14:textId="5BF71A41" w:rsidR="0029118E" w:rsidRDefault="00651554" w:rsidP="10490495">
             <w:r>
               <w:t>New managers are</w:t>
             </w:r>
             <w:r w:rsidR="733E0AA9">
               <w:t xml:space="preserve"> automatically part of the Staff Management Forum networking group. Please contact Pamela Morris to ensure they are added to the mailing list.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20805DE8" w14:textId="77777777" w:rsidR="00C076A6" w:rsidRDefault="00C076A6" w:rsidP="10490495"/>
-          <w:p w14:paraId="0C62592D" w14:textId="28EE7C0E" w:rsidR="0029118E" w:rsidRDefault="22252B23" w:rsidP="00C076A6">
+          <w:p w14:paraId="6F1B9545" w14:textId="160D3936" w:rsidR="0029118E" w:rsidRPr="00A613E8" w:rsidRDefault="00A613E8" w:rsidP="00A613E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24">
-              <w:r w:rsidRPr="10490495">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="00A613E8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staff Management Forum – Library </w:t>
+                <w:t>Staff Management Forum</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-          </w:p>
-          <w:p w14:paraId="6F1B9545" w14:textId="3D042A51" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="10490495"/>
+            <w:r>
+              <w:t xml:space="preserve"> (Library Intranet)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="103A6504" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B420220" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2601EF79" w14:textId="77777777" w:rsidR="00695E29" w:rsidRDefault="00695E29">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -3387,166 +3391,130 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45F21070" w14:textId="77777777" w:rsidR="00695E29" w:rsidRDefault="738FF2E8" w:rsidP="2C091E33">
             <w:r>
               <w:t>All staff to make themselves aware of</w:t>
             </w:r>
             <w:r w:rsidR="00695E29">
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36991EC1" w14:textId="20CF2603" w:rsidR="738FF2E8" w:rsidRDefault="738FF2E8" w:rsidP="00695E29">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25">
+            <w:hyperlink r:id="rId26">
               <w:r w:rsidRPr="36E7E69B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Library Health and Safety practices and procedures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="317143F0" w14:textId="1752B4F9" w:rsidR="2C091E33" w:rsidRDefault="2C091E33" w:rsidP="2C091E33"/>
           <w:p w14:paraId="0166834A" w14:textId="2F147DA2" w:rsidR="2C091E33" w:rsidRDefault="129040C9" w:rsidP="2C091E33">
             <w:r>
               <w:t xml:space="preserve">All staff Grade 5 or higher </w:t>
             </w:r>
             <w:r w:rsidR="14D9CDFE">
               <w:t>must</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> complete: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6690F690" w14:textId="14EA9879" w:rsidR="2C091E33" w:rsidRDefault="129040C9" w:rsidP="00695E29">
+          <w:p w14:paraId="5159426C" w14:textId="75EEE0BD" w:rsidR="2C091E33" w:rsidRDefault="00450D1F" w:rsidP="00450D1F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId26">
-              <w:r w:rsidRPr="36E7E69B">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="00450D1F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>TLCF101E Fire Marshalls Training (eLearning)</w:t>
+                <w:t xml:space="preserve">Fire Marshal Training </w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-          <w:p w14:paraId="5159426C" w14:textId="124BE401" w:rsidR="2C091E33" w:rsidRDefault="2C091E33" w:rsidP="2C091E33"/>
+            <w:r w:rsidR="00986E83">
+              <w:t>(1-1.5 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D0BB3E6" w14:textId="77777777" w:rsidR="00986E83" w:rsidRPr="00450D1F" w:rsidRDefault="00986E83" w:rsidP="00986E83">
+            <w:pPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="18540B63" w14:textId="1ED5E4DA" w:rsidR="793DA9B0" w:rsidRDefault="793DA9B0" w:rsidP="2C091E33">
             <w:r>
               <w:t>In addition, a</w:t>
             </w:r>
             <w:r w:rsidR="1EDB6A53">
               <w:t>ll managers are required to complete the following eLearning:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C8EAEF7" w14:textId="77777777" w:rsidR="00021C94" w:rsidRDefault="79F833CE" w:rsidP="00021C94">
-[...1 lines deleted...]
-              <w:pStyle w:val="Heading2"/>
+          <w:p w14:paraId="3AA4D20A" w14:textId="54265C82" w:rsidR="2C091E33" w:rsidRPr="00E949AC" w:rsidRDefault="00E949AC" w:rsidP="00E949AC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:before="0"/>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00021C94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="00E949AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>THS1E University Health &amp; Safety induction (eLearning)</w:t>
+                <w:t>Principles of Risk Assessment</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="519BC2DC" w:rsidRPr="00021C94">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00E949AC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...33 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:t>(35 mins)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36A60F77" w14:textId="2BF7AB5C" w:rsidR="2C091E33" w:rsidRDefault="2C091E33" w:rsidP="2C091E33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="414A273E" w14:textId="23B6F82E" w:rsidR="2C091E33" w:rsidRDefault="2C091E33" w:rsidP="2C091E33"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029118E" w14:paraId="1B695F91" w14:textId="77777777" w:rsidTr="00695E29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6640" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F16CC9E" w14:textId="77777777" w:rsidR="0029118E" w:rsidRPr="0069417A" w:rsidRDefault="0029118E" w:rsidP="0029118E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -3595,166 +3563,141 @@
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> resources</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D96D25F" w14:textId="64B2AB89" w:rsidR="213BE544" w:rsidRDefault="213BE544" w:rsidP="00C076A6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:anchor="/">
               <w:r w:rsidRPr="213BE544">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>An Introduction to Higher Education</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> (online training course)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52E2DC79" w14:textId="7136E04C" w:rsidR="213BE544" w:rsidRPr="00C076A6" w:rsidRDefault="00BA544D" w:rsidP="00C076A6">
+          <w:p w14:paraId="52E2DC79" w14:textId="04683789" w:rsidR="213BE544" w:rsidRPr="00C076A6" w:rsidRDefault="005C6D96" w:rsidP="00C076A6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:line="257" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r w:rsidRPr="00B017B1">
+              <w:r w:rsidRPr="005C6D96">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TPDR02E </w:t>
-[...6 lines deleted...]
-                <w:t>Getting the best from your P&amp;DR</w:t>
+                <w:t>Preparing for your PDR</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Library Intranet)</w:t>
+            </w:r>
             <w:r w:rsidR="213BE544" w:rsidRPr="00C076A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (online training course)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2329BEA1" w14:textId="5686F4B1" w:rsidR="001E5B58" w:rsidRDefault="00381DB2" w:rsidP="00C076A6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C11751A" w14:textId="51A626BB" w:rsidR="0029118E" w:rsidRPr="0072117D" w:rsidRDefault="0072117D" w:rsidP="0072117D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
-              <w:spacing w:line="257" w:lineRule="auto"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r w:rsidRPr="00381DB2">
+              <w:r w:rsidRPr="0072117D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>TIC3 New Colleague Campus Tou</w:t>
-[...5 lines deleted...]
-                <w:t>rs</w:t>
+                <w:t>University of Manchester Welcome Event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3C11751A" w14:textId="319731FE" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="613EFF0C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04C63D4B" w14:textId="6C1F0114" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="442A075D" w14:textId="77777777" w:rsidR="0029118E" w:rsidRDefault="0029118E" w:rsidP="0029118E"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="613EFF0C" w14:paraId="6D2D05FC" w14:textId="77777777" w:rsidTr="00695E29">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6640" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7926B7EF" w14:textId="7C19E266" w:rsidR="14E24B49" w:rsidRPr="0069417A" w:rsidRDefault="14E24B49" w:rsidP="613EFF0C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069417A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Working relationships across the </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Working relationships across the Library</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="7E5AB987" w14:textId="77777777" w:rsidR="00B91997" w:rsidRDefault="00B364A0" w:rsidP="00B364A0">
             <w:r>
-              <w:t xml:space="preserve">Managers are encouraged to explore ways to help new colleagues build relationships with colleagues beyond their core team and across the </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Managers are encouraged to explore ways to help new colleagues build relationships with colleagues beyond their core team and across the Library. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C112EC2" w14:textId="77777777" w:rsidR="00B91997" w:rsidRDefault="00B91997" w:rsidP="00B364A0"/>
           <w:p w14:paraId="36C454AD" w14:textId="77777777" w:rsidR="00B91997" w:rsidRDefault="00B364A0" w:rsidP="00B364A0">
             <w:r>
               <w:t xml:space="preserve">This can be challenging, especially with hybrid working. The Induction Checklist section of the new colleague’s toolkit includes prompts to meet key colleagues, but managers should discuss with the new colleague their preferences for connecting with others. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56892218" w14:textId="77777777" w:rsidR="00B91997" w:rsidRDefault="00B91997" w:rsidP="00B364A0"/>
           <w:p w14:paraId="137066E7" w14:textId="24F1424C" w:rsidR="009B3650" w:rsidRDefault="00B364A0" w:rsidP="00B364A0">
             <w:r>
               <w:t>Options could include:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="337EE6C0" w14:textId="468C67A1" w:rsidR="14E24B49" w:rsidRDefault="14E24B49" w:rsidP="009B3650">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Provision of a detailed explanation of different teams and their roles</w:t>
             </w:r>
@@ -3815,52 +3758,52 @@
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="298E8E0D" w14:textId="5793F7B2" w:rsidR="613EFF0C" w:rsidRDefault="613EFF0C" w:rsidP="613EFF0C"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57DE6AA4" w14:textId="08712202" w:rsidR="00B91997" w:rsidRDefault="00B91997" w:rsidP="00FE51ED"/>
     <w:p w14:paraId="77326058" w14:textId="77777777" w:rsidR="00B91997" w:rsidRDefault="00B91997">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5B9F1B" w14:textId="065A4FB7" w:rsidR="1FFB2CB9" w:rsidRPr="00467FFB" w:rsidRDefault="00FE51ED" w:rsidP="0029118E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Onboarding_plan"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="5" w:name="_Onboarding_plan"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00467FFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Onboarding plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF974DB" w14:textId="77777777" w:rsidR="002109E6" w:rsidRDefault="002109E6" w:rsidP="002109E6">
       <w:r>
         <w:t>This element of the toolkit is intended to support the</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4EB0">
         <w:t xml:space="preserve"> plan</w:t>
       </w:r>
       <w:r>
         <w:t>ning of</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4EB0">
         <w:t xml:space="preserve"> onboarding activities for </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
@@ -3976,52 +3919,52 @@
       <w:r w:rsidR="002109E6">
         <w:t xml:space="preserve"> in their first </w:t>
       </w:r>
       <w:r>
         <w:t>day/</w:t>
       </w:r>
       <w:r w:rsidR="002109E6">
         <w:t>week.</w:t>
       </w:r>
       <w:r w:rsidR="00FF1633">
         <w:t xml:space="preserve"> If you are planning to task the new colleague with setting up meetings with colleagues, you can encourage them to add these to their induction schedule in their </w:t>
       </w:r>
       <w:r>
         <w:t>induction document.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB27FFC" w14:textId="233A3B1D" w:rsidR="002109E6" w:rsidRPr="00467FFB" w:rsidRDefault="002109E6" w:rsidP="002109E6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Onboarding_plan_1"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:id="6" w:name="_Onboarding_plan_1"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00467FFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Onboarding plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA1EC31" w14:textId="40EEF788" w:rsidR="00EE4892" w:rsidRPr="004B29A6" w:rsidRDefault="00EE4892" w:rsidP="009B7B1B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B29A6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -4255,102 +4198,85 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AEF24BC" w14:textId="654DD536" w:rsidR="00B84791" w:rsidRDefault="00B84791" w:rsidP="00F523B2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C1FFE60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Line manager may consider meeting in a location separate from usual day-to-day work, as a pleasant </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> and introduction to the University. Managers should be mindful of individual needs</w:t>
+              <w:t>Line manager may consider meeting in a location separate from usual day-to-day work, as a pleasant ice-breaker and introduction to the University. Managers should be mindful of individual needs</w:t>
             </w:r>
             <w:r w:rsidR="000B303E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52603064" w14:textId="77777777" w:rsidR="00B84791" w:rsidRDefault="00B84791" w:rsidP="00F523B2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1203319775"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1931370B" w14:textId="360CF211" w:rsidR="000B303E" w:rsidRDefault="000B303E" w:rsidP="00F523B2">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:bCs/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="5F475B2E" w14:textId="77777777" w:rsidR="000B303E" w:rsidRDefault="000B303E" w:rsidP="00F523B2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -4464,90 +4390,71 @@
           </w:tcPr>
           <w:p w14:paraId="1408330C" w14:textId="18533F6C" w:rsidR="00B84791" w:rsidRPr="005C6046" w:rsidRDefault="00B84791" w:rsidP="002109E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">If meeting remotely, Zoom is recommended over Teams </w:t>
             </w:r>
             <w:r w:rsidR="000B303E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">in case </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="000B303E">
+              <w:t xml:space="preserve">in case of </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">of </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> to University IT account set-up.</w:t>
+              <w:t xml:space="preserve"> delay to University IT account set-up.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1721131250"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="199B06D7" w14:textId="1646EC90" w:rsidR="00B84791" w:rsidRPr="005C6046" w:rsidRDefault="000B303E" w:rsidP="00F523B2">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:bCs/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -4646,51 +4553,50 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4B0FB981">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Reassure the new colleague that this is for information only before they begin; all aspects of the toolkit will be explained, and time arranged to complete it, once they begin work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1943795141"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="786BFC27" w14:textId="7D8AA055" w:rsidR="00B84791" w:rsidRDefault="000B303E" w:rsidP="4B0FB981">
                 <w:pPr>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="4B0FB981" w14:paraId="756E47EF" w14:textId="77777777" w:rsidTr="00E82D62">
@@ -4757,51 +4663,50 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4B0FB981">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>This could be an existing colleague in a comparable role in the team (not their line manager) who will meet with new starter and be a point of contact for questions etc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1804920454"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2CA5822A" w14:textId="58023D79" w:rsidR="4B0FB981" w:rsidRDefault="000B303E" w:rsidP="4B0FB981">
                 <w:pPr>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
@@ -5258,51 +5163,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Sending digital material such as documents to read to the colleague’s personal email address, if they were </w:t>
             </w:r>
             <w:r w:rsidRPr="3DFA62B6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>willing and able to use a personal device</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1983581602"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4E72C775" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -5413,51 +5317,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Colleague is unlikely to be able to set up and access IT account for 24 hours after collecting staff ID card, so will either need to work offline, or work on their own device if they’re willing to do this – please ensure their workstation can accommodate their needs.   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="22227119"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3075A049" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -5620,51 +5523,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1558768423"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00467FFB" w:rsidRPr="003D477C" w14:paraId="5C6F6852" w14:textId="77777777" w:rsidTr="00FB5CE9">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E0FD177" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -5780,51 +5682,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Inform HR if colleague was a student or previous employee of the University – see </w:t>
             </w:r>
             <w:hyperlink w:anchor="_IT_account" w:history="1">
               <w:r w:rsidRPr="003D477C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>Troubleshooting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-772093161"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4A1D2DB5" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -5915,51 +5816,50 @@
           </w:p>
           <w:p w14:paraId="1C4745E2" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="00925A07" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="001E3E2D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/equality-and-diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2070489571"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7550BFA6" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -6107,97 +6007,87 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>chats</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1357AD5F" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="00A51809" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51809">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsoft </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Microsoft Sharepoint</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="25A2D940" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="00A51809" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51809">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>(other team-specific systems, e.g. Pure, Alma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1653873815"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="73752784" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -6315,65 +6205,56 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">AGLC staff areas </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E226DF0" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Farnie</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Room</w:t>
+              <w:t>Farnie Room</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19E07D49" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Main Library Blue Basement (toilets)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54331EFA" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -6456,117 +6337,120 @@
               <w:t>where</w:t>
             </w:r>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> access is required</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F0BE53F" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29AB9BB4" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
+          <w:p w14:paraId="26666C71" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Share door </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>codes</w:t>
             </w:r>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> and toilets/break areas with colleague: </w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-              <w:r w:rsidRPr="002A73EF">
+            <w:hyperlink r:id="rId39">
+              <w:r w:rsidRPr="003D477C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
-                <w:t>https://www.staffnet.manchester.ac.uk/library/resources/spaces/room-bookings/</w:t>
+                <w:t>https://www.staffnet.manchester.ac.uk/li</w:t>
+              </w:r>
+              <w:r w:rsidRPr="003D477C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:lang w:eastAsia="en-GB"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>brary/resources/spaces/rooms-and-keypads/</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+            <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1070189580"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="425AFAA0" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="374DA238" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
@@ -6577,51 +6461,50 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31DB8847" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1553928969"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4E07C749" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="1B751DE7" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
@@ -6704,51 +6587,50 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="757CB131" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1512291355"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4BA6999D" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="515FFCC4" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
@@ -6826,51 +6708,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ECD1955" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1860341275"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D519DB4" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -7049,51 +6930,50 @@
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>The line manager should inform colleagues in advance if this is planned</w:t>
             </w:r>
             <w:r w:rsidRPr="4043D6A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>, and provide guidance and support to the new starter, e.g. introducing themselves; explaining the purpose of the meeting; etiquette on requesting a meeting etc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-612522517"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="09E22A03" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00FB5CE9">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -7299,51 +7179,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1931503529"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73A724A9" w14:textId="77777777" w:rsidR="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00467FFB">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31E1517B" w14:textId="2E9BDC32" w:rsidR="003D477C" w:rsidRPr="00467FFB" w:rsidRDefault="00467FFB" w:rsidP="00171852">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -7629,51 +7508,50 @@
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="003D477C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>IT account activation instructions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-2031099737"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5B151475" w14:textId="6CE03865" w:rsidR="003D477C" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -7766,51 +7644,50 @@
                 <w:t>https://documents.manchester.ac.uk/protected/display.aspx?DocID=56930</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-285741096"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="46114AC4" w14:textId="4726C39F" w:rsidR="003D477C" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -7908,51 +7785,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-23637793"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7D85C853" w14:textId="69280090" w:rsidR="003D477C" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -7997,67 +7873,51 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C1FFE60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Line manager</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79464544" w14:textId="31394D5E" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="6C1FFE60" w:rsidP="6C1FFE60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C1FFE60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> starter </w:t>
+              <w:t xml:space="preserve">/new starter </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17DC30F9" w14:textId="13715A3A" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00C36E56" w:rsidP="00C36E56">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>See</w:t>
             </w:r>
             <w:hyperlink w:anchor="_Induction_checklist" w:history="1">
               <w:r w:rsidRPr="003D477C">
@@ -8117,51 +7977,50 @@
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>task the new colleague with booking these as a confidence-building task – see suggestion in ‘First Day’ above</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="1714624309"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="18176133" w14:textId="52BB7065" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -8231,51 +8090,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Make clear what work is intended to be self-directed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-1935050090"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7716A54F" w14:textId="0ED3CE09" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -8360,51 +8218,50 @@
                 <w:t>example</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>), including details of training; who colleague will work with; times and dates; expectations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-584682937"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6B904B35" w14:textId="3438067D" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -8474,128 +8331,108 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Using induction documents as a prompt, as well as a team-specific reading list if provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-927271584"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="249A2CBD" w14:textId="70F765CA" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00CC42BB" w:rsidRPr="003D477C" w14:paraId="724C9EDE" w14:textId="77777777" w:rsidTr="00F04563">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A03F8B5" w14:textId="10444F52" w:rsidR="00CC42BB" w:rsidRPr="00C712ED" w:rsidRDefault="00066C0F" w:rsidP="00C36E56">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C712ED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Direct to bespoke M</w:t>
-[...9 lines deleted...]
-              <w:t>365</w:t>
+              <w:t>Direct to bespoke M365</w:t>
             </w:r>
             <w:r w:rsidR="001C3CFD" w:rsidRPr="00C712ED">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">  library</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> resources </w:t>
+              <w:t xml:space="preserve">  library resources </w:t>
             </w:r>
             <w:r w:rsidR="00C712ED" w:rsidRPr="00C712ED">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>via</w:t>
             </w:r>
             <w:r w:rsidR="001C3CFD" w:rsidRPr="00C712ED">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> M365 Digital champions channel in the All-Staff Team</w:t>
             </w:r>
             <w:r w:rsidR="00C712ED" w:rsidRPr="00C712ED">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> area. </w:t>
             </w:r>
@@ -8643,51 +8480,50 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
               </w:rPr>
               <w:t>The University also offers several virtual sessions on various M365 topics bookable through the Staff Training and Development catalogue. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-1139725364"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="67EFB701" w14:textId="3F20EBD2" w:rsidR="00CC42BB" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -8812,51 +8648,50 @@
               </w:rPr>
               <w:t xml:space="preserve">. Provide </w:t>
             </w:r>
             <w:r w:rsidR="00C36E56" w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Summary of plans for next week </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-637107443"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4B860FC7" w14:textId="6C453250" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -9071,67 +8906,51 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C1FFE60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Line manager</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DA784B0" w14:textId="6C5FD7EA" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="6C1FFE60" w:rsidP="6C1FFE60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C1FFE60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> starter themselves</w:t>
+              <w:t>/new starter themselves</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="079B4429" w14:textId="57BF2B88" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00C36E56" w:rsidP="6C1FFE60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A928DF1" w14:textId="2CC7DC3B" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00C36E56" w:rsidP="00C36E56">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -9190,51 +9009,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Book these in throughout first few weeks to allow build-up of contextual understanding and building of relationships, or task new colleague to do this (see First Day, above)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="1800345824"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5443C5B6" w14:textId="4FB7439B" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -9304,51 +9122,50 @@
           </w:p>
           <w:p w14:paraId="684B0DEC" w14:textId="77777777" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00C36E56" w:rsidP="00C36E56">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-1991088057"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="22620D0C" w14:textId="66771FBF" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -9445,51 +9262,50 @@
                 <w:t>example</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>), including details of training; who colleague will work with; times and dates; expectations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="101929079"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6D68F18A" w14:textId="1D0A3788" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -9566,51 +9382,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Ensure colleague is ready to begin work, and clear on expectations, processes, and how to access support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="1476492947"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7C3D588E" w14:textId="0CA1423E" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -9680,51 +9495,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Using induction documents as a prompt, as well as a team-specific reading list if provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="1122884383"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0B0B8918" w14:textId="55A3DE71" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -9791,51 +9605,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>As soon as possible once colleague has started</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="355628636"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="56F9675D" w14:textId="09A0768D" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -9982,100 +9795,99 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D477C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Summary of plans for next week </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:id w:val="-673180704"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="2D121762" w14:textId="6B697CB7" w:rsidR="00C36E56" w:rsidRPr="003D477C" w:rsidRDefault="00467FFB" w:rsidP="00C36E56">
                 <w:pPr>
                   <w:textAlignment w:val="baseline"/>
                   <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B025F85" w14:textId="0AA5B46F" w:rsidR="00123F51" w:rsidRDefault="00123F51" w:rsidP="00FE51ED"/>
     <w:p w14:paraId="3557F6D9" w14:textId="7BCD420D" w:rsidR="00FE51ED" w:rsidRDefault="00123F51" w:rsidP="00FE51ED">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3D5645" w14:textId="0AF05719" w:rsidR="00B45011" w:rsidRPr="00467FFB" w:rsidRDefault="00123F51" w:rsidP="00B45011">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Template:_induction_schedule"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkStart w:id="7" w:name="_Template:_induction_schedule"/>
+      <w:bookmarkStart w:id="8" w:name="_Example/template:_induction_schedul"/>
       <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00467FFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Example/t</w:t>
       </w:r>
       <w:r w:rsidR="00B45011" w:rsidRPr="00467FFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>emplate: induction schedule</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079BD0B4" w14:textId="761491F1" w:rsidR="00733617" w:rsidRPr="00733617" w:rsidRDefault="00497ECC" w:rsidP="00733617">
       <w:r>
         <w:t xml:space="preserve">Examples of </w:t>
       </w:r>
       <w:r w:rsidR="0090045C">
         <w:t>weekly or daily schedules are provided below</w:t>
       </w:r>
@@ -10439,86 +10251,84 @@
           </w:tcPr>
           <w:p w14:paraId="5C047B9B" w14:textId="2B0656EF" w:rsidR="00FB6BDF" w:rsidRPr="00C326A5" w:rsidRDefault="006E2862" w:rsidP="009F3DC3">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1785" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DF179A6" w14:textId="2878AA02" w:rsidR="00FB6BDF" w:rsidRPr="008211AA" w:rsidRDefault="008211AA" w:rsidP="009F3DC3">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008211AA">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter times and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33D4D91B" w14:textId="2EE15F19" w:rsidR="00FB6BDF" w:rsidRPr="00DC7BE9" w:rsidRDefault="0087492C" w:rsidP="009F3DC3">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008211AA">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter times and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
@@ -10611,94 +10421,91 @@
             <w:r w:rsidRPr="008211AA">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter times and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0087492C" w:rsidRPr="00005388" w14:paraId="5DFDE84A" w14:textId="5886B60B" w:rsidTr="0087492C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53C14448" w14:textId="77777777" w:rsidR="00FB6BDF" w:rsidRPr="00005388" w:rsidRDefault="00FB6BDF" w:rsidP="009F3DC3">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1785" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="605A793C" w14:textId="19642358" w:rsidR="00FB6BDF" w:rsidRPr="00005388" w:rsidRDefault="008211AA" w:rsidP="009F3DC3">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>LUNCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09E9CC57" w14:textId="367E0EED" w:rsidR="00FB6BDF" w:rsidRPr="00005388" w:rsidRDefault="008211AA" w:rsidP="009F3DC3">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>LUNCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
@@ -10786,84 +10593,82 @@
           </w:tcPr>
           <w:p w14:paraId="593EFF10" w14:textId="5287EA73" w:rsidR="0087492C" w:rsidRPr="006E2862" w:rsidRDefault="0087492C" w:rsidP="0087492C">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2862">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1785" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70C551F8" w14:textId="6FF4719F" w:rsidR="0087492C" w:rsidRPr="00005388" w:rsidRDefault="0087492C" w:rsidP="0087492C">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008211AA">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter times and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CE6974B" w14:textId="0FB7C758" w:rsidR="0087492C" w:rsidRPr="00DC7BE9" w:rsidRDefault="0087492C" w:rsidP="0087492C">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008211AA">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter times and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
@@ -11239,52 +11044,52 @@
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="217B24F9" w14:textId="0D46A82E" w:rsidR="00B45011" w:rsidRDefault="00B45011" w:rsidP="009B0F65"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C46299F" w14:textId="61DE2056" w:rsidR="00B45011" w:rsidRDefault="00B45011" w:rsidP="7A3D0F87">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6DFDE69F" w14:textId="52553C06" w:rsidR="00B45011" w:rsidRDefault="00B45011" w:rsidP="00FE51ED"/>
     <w:p w14:paraId="5AED00B8" w14:textId="21573578" w:rsidR="00FE51ED" w:rsidRDefault="00FE51ED" w:rsidP="0029118E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Induction_checklist"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkStart w:id="9" w:name="_Induction_checklist"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>Induction checklist</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38267165" w14:textId="56A03523" w:rsidR="00B746FE" w:rsidRDefault="00B746FE">
       <w:r>
         <w:t xml:space="preserve">The new colleague’s induction toolkit </w:t>
       </w:r>
       <w:r w:rsidR="00F52889">
         <w:t xml:space="preserve">document </w:t>
       </w:r>
       <w:r>
         <w:t>includes the full Induction checklist of essential and recommended induction actions, activities, learning and training. This toolkit is designed to ensure that all essential elements of the induction checklist are considered and planned by line managers, but it’s advisable for managers to consult the induction checklist prior to their new colleague starting to ensure they are familiar with, and have planned for, completion of all requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726CB1CF" w14:textId="7290CD72" w:rsidR="00123F51" w:rsidRDefault="00B746FE">
       <w:r>
         <w:t>Line managers should make the new colleague aware of the checklist in their first week, and explain that the new colleague should consult the checklist regularly to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AAA8ED" w14:textId="113CC8D1" w:rsidR="00B746FE" w:rsidRDefault="00B746FE" w:rsidP="00B746FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -11311,52 +11116,52 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Make their line manager aware of any activities which have not yet been completed regularly throughout the induction period (e.g. at each end of week meeting, or regular check-in), so the manager can facilitate completion where possible</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571D6D82" w14:textId="77777777" w:rsidR="00565E2C" w:rsidRDefault="00565E2C" w:rsidP="00565E2C"/>
     <w:p w14:paraId="546C057A" w14:textId="533D5A3C" w:rsidR="00565E2C" w:rsidRDefault="00565E2C" w:rsidP="00565E2C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Troubleshooting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="173390DE" w14:textId="7189940C" w:rsidR="00565E2C" w:rsidRDefault="00953034" w:rsidP="00953034">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_IT_account"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="10" w:name="_IT_account"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>IT account</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2980"/>
         <w:gridCol w:w="3002"/>
         <w:gridCol w:w="3034"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AB670B" w14:paraId="3C9E43C3" w14:textId="77777777" w:rsidTr="2F7CACE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="23D581CE" w14:textId="1519D18C" w:rsidR="00AB670B" w:rsidRPr="00971A92" w:rsidRDefault="00AB670B" w:rsidP="00971A92">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -11494,59 +11299,51 @@
             <w:r>
               <w:t>If the new colleague was previously a student or employee of the University, this can cause issues with their IT account.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FF951F1" w14:textId="77777777" w:rsidR="003B6F75" w:rsidRDefault="003B6F75" w:rsidP="003B6F75"/>
           <w:p w14:paraId="0E2318C0" w14:textId="77777777" w:rsidR="00AB670B" w:rsidRDefault="00AB670B" w:rsidP="00A1781A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4650" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="629EEFCA" w14:textId="5B9CF75D" w:rsidR="00AB670B" w:rsidRDefault="003B6F75" w:rsidP="00C96105">
             <w:r>
               <w:t>Ask colleague if they were previously a student or employee of the University.</w:t>
             </w:r>
             <w:r w:rsidR="00634D1A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>If so, inform HR when obtaining staff ID card.</w:t>
             </w:r>
             <w:r w:rsidR="00634D1A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">HR may be able to locate and reactive an historic account, rather than creating a </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> account.</w:t>
+              <w:t>HR may be able to locate and reactive an historic account, rather than creating a brand new account.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61ED965D" w14:textId="77777777" w:rsidR="00A1781A" w:rsidRDefault="00A1781A" w:rsidP="00C96105"/>
           <w:p w14:paraId="723840B1" w14:textId="402D0DEC" w:rsidR="00D83261" w:rsidRDefault="00D83261" w:rsidP="00D83261">
             <w:r>
               <w:t>If a problem with IT account occurs, raise a</w:t>
             </w:r>
             <w:r w:rsidR="00971A92">
               <w:t>n IT Services</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> ticket (‘General request or IT issue’ - select ‘Something went wrong’ which will convert the ticket into an ‘incident’).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FC44D7C" w14:textId="6A158AB2" w:rsidR="00D83261" w:rsidRDefault="00D83261" w:rsidP="2F7CACE5"/>
           <w:p w14:paraId="0A9C6503" w14:textId="30DB4FDB" w:rsidR="00D83261" w:rsidRDefault="00D83261" w:rsidP="00D83261">
             <w:r>
               <w:t>Library IT will need to speak to IT integration team. Difficult to give a timescale for how long this will take to resolve. New colleague may need to liaise with HR to check and confirm personal details e.g. name, address etc</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73792815" w14:textId="3B294C47" w:rsidR="00D83261" w:rsidRDefault="00D83261" w:rsidP="00C96105"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB670B" w14:paraId="73653D30" w14:textId="77777777" w:rsidTr="2F7CACE5">
         <w:tc>
@@ -11625,211 +11422,275 @@
         </w:rPr>
         <w:t>/ Janette Watson</w:t>
       </w:r>
       <w:r w:rsidR="00F2539B" w:rsidRPr="195997C2">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId46">
         <w:r w:rsidR="00F2539B" w:rsidRPr="195997C2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           </w:rPr>
           <w:t>janette.watson@manchester.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F2539B" w:rsidRPr="195997C2">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37120A0C" w14:textId="361913B6" w:rsidR="00777C76" w:rsidRPr="009568B9" w:rsidRDefault="00777C76" w:rsidP="26D9F459">
+    <w:p w14:paraId="37120A0C" w14:textId="26428483" w:rsidR="00777C76" w:rsidRPr="009568B9" w:rsidRDefault="712679AC" w:rsidP="26D9F459">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="26D9F459">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Template last </w:t>
+      </w:r>
+      <w:r w:rsidR="7266514E" w:rsidRPr="010CE170">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>reviewed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="26D9F459">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and updated:</w:t>
+      </w:r>
+      <w:r w:rsidR="00777C76" w:rsidRPr="26D9F459">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5A5049C2" w:rsidRPr="010CE170">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>17/11/2025</w:t>
+      </w:r>
+      <w:r w:rsidR="009568B9" w:rsidRPr="010CE170">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00777C76" w:rsidRPr="009568B9" w:rsidSect="000E4E6E">
-      <w:headerReference w:type="default" r:id="rId47"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId50"/>
+      <w:headerReference w:type="even" r:id="rId47"/>
+      <w:headerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="even" r:id="rId49"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
+      <w:headerReference w:type="first" r:id="rId51"/>
+      <w:footerReference w:type="first" r:id="rId52"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="181E2C4C" w14:textId="77777777" w:rsidR="00B462B9" w:rsidRDefault="00B462B9" w:rsidP="00123F51">
+    <w:p w14:paraId="30ACF00D" w14:textId="77777777" w:rsidR="006F2AA1" w:rsidRDefault="006F2AA1" w:rsidP="00123F51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10EB3EB8" w14:textId="77777777" w:rsidR="00B462B9" w:rsidRDefault="00B462B9" w:rsidP="00123F51">
+    <w:p w14:paraId="129E41B5" w14:textId="77777777" w:rsidR="006F2AA1" w:rsidRDefault="006F2AA1" w:rsidP="00123F51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2ADD345C" w14:textId="77777777" w:rsidR="00B462B9" w:rsidRDefault="00B462B9">
+    <w:p w14:paraId="58BAEF76" w14:textId="77777777" w:rsidR="006F2AA1" w:rsidRDefault="006F2AA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77573CF5" w14:textId="77777777" w:rsidR="00453635" w:rsidRDefault="00453635">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1468853241"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="2D59527B" w14:textId="2FFB7FAE" w:rsidR="009568B9" w:rsidRDefault="26D9F459" w:rsidP="009568B9">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">      Page </w:t>
             </w:r>
             <w:r w:rsidR="00453635" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00453635" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00453635" w:rsidRPr="26D9F459">
@@ -11883,87 +11744,59 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00453635" w:rsidRPr="26D9F459">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="3D538D94" w14:textId="39FD2575" w:rsidR="00C36E56" w:rsidRPr="009C4CBD" w:rsidRDefault="009C4CBD" w:rsidP="009C4CBD">
+  <w:p w14:paraId="3D538D94" w14:textId="77777777" w:rsidR="00C36E56" w:rsidRDefault="00C36E56">
     <w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r w:rsidRPr="26D9F459">
-[...22 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4650"/>
       <w:gridCol w:w="4650"/>
       <w:gridCol w:w="4650"/>
     </w:tblGrid>
     <w:tr w:rsidR="5CBF49E1" w14:paraId="29CA20ED" w14:textId="77777777" w:rsidTr="5CBF49E1">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4650" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="451F008F" w14:textId="679BCD16" w:rsidR="5CBF49E1" w:rsidRDefault="5CBF49E1" w:rsidP="5CBF49E1">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
@@ -11983,129 +11816,139 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4650" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="08B7B89B" w14:textId="079336C2" w:rsidR="5CBF49E1" w:rsidRDefault="5CBF49E1" w:rsidP="5CBF49E1">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1888AE0A" w14:textId="06B05309" w:rsidR="5CBF49E1" w:rsidRDefault="5CBF49E1" w:rsidP="5CBF49E1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AFBCFF4" w14:textId="77777777" w:rsidR="00B462B9" w:rsidRDefault="00B462B9" w:rsidP="00123F51">
+    <w:p w14:paraId="1D921499" w14:textId="77777777" w:rsidR="006F2AA1" w:rsidRDefault="006F2AA1" w:rsidP="00123F51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="657D8139" w14:textId="77777777" w:rsidR="00B462B9" w:rsidRDefault="00B462B9" w:rsidP="00123F51">
+    <w:p w14:paraId="3EFFEF3D" w14:textId="77777777" w:rsidR="006F2AA1" w:rsidRDefault="006F2AA1" w:rsidP="00123F51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="37CB0F69" w14:textId="77777777" w:rsidR="00B462B9" w:rsidRDefault="00B462B9">
+    <w:p w14:paraId="72E42A7F" w14:textId="77777777" w:rsidR="006F2AA1" w:rsidRDefault="006F2AA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="23CCF105" w14:textId="0A2FDE6E" w:rsidR="00C01EFD" w:rsidRDefault="00C01EFD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="765" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="345"/>
       <w:gridCol w:w="420"/>
     </w:tblGrid>
     <w:tr w:rsidR="195997C2" w14:paraId="610342A8" w14:textId="77777777" w:rsidTr="5CBF49E1">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="345" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="70B9D4ED" w14:textId="0F78B92A" w:rsidR="195997C2" w:rsidRDefault="195997C2" w:rsidP="195997C2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="420" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1D0DDB28" w14:textId="6FF23EE6" w:rsidR="195997C2" w:rsidRDefault="195997C2" w:rsidP="195997C2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6730003F" w14:textId="6974DF40" w:rsidR="195997C2" w:rsidRDefault="195997C2" w:rsidP="195997C2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="13110"/>
       <w:gridCol w:w="495"/>
       <w:gridCol w:w="345"/>
     </w:tblGrid>
     <w:tr w:rsidR="5CBF49E1" w14:paraId="6004A3D8" w14:textId="77777777" w:rsidTr="5CBF49E1">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="13110" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="15E35ABA" w14:textId="14CBED5F" w:rsidR="5CBF49E1" w:rsidRPr="00C01EFD" w:rsidRDefault="5CBF49E1" w:rsidP="5CBF49E1">
           <w:pPr>
             <w:rPr>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="16"/>
@@ -12295,51 +12138,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76DA290A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08A005D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B516BB1A"/>
+    <w:tmpl w:val="E84ADF64"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -13353,148 +13196,148 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E4B46CD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="260BB761"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="66A66B12"/>
-    <w:lvl w:ilvl="0" w:tplc="31CEF2F6">
+    <w:tmpl w:val="6430E15C"/>
+    <w:lvl w:ilvl="0" w:tplc="174653CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6B2259B8">
+    <w:lvl w:ilvl="1" w:tplc="80747214">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="834A24B4">
+    <w:lvl w:ilvl="2" w:tplc="D7FA30F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50960768">
+    <w:lvl w:ilvl="3" w:tplc="AEA47D18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86F6F03C">
+    <w:lvl w:ilvl="4" w:tplc="A6660E2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F676C9D0">
+    <w:lvl w:ilvl="5" w:tplc="16EA7402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EF624744">
+    <w:lvl w:ilvl="6" w:tplc="055C1A48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7D941F0E">
+    <w:lvl w:ilvl="7" w:tplc="7E8E70E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ABEAC144">
+    <w:lvl w:ilvl="8" w:tplc="CE589306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C433776"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="CFA4432E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13805,51 +13648,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0FD825F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C141881"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8416CA6E"/>
+    <w:tmpl w:val="8132E394"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -15496,51 +15339,51 @@
     <w:lvl w:ilvl="7" w:tplc="B770CC56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8E302D50">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1182353341">
+  <w:num w:numId="1" w16cid:durableId="145632203">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1180125380">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="469249673">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="757947279">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1437099077">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1875727814">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1784691071">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2061785295">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1809087858">
     <w:abstractNumId w:val="27"/>
@@ -15592,354 +15435,395 @@
   </w:num>
   <w:num w:numId="25" w16cid:durableId="598106965">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="251740471">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="256983869">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1842357012">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1350062011">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1087651212">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D7428"/>
     <w:rsid w:val="0000467B"/>
     <w:rsid w:val="000048EC"/>
     <w:rsid w:val="000050BA"/>
     <w:rsid w:val="00006DEA"/>
     <w:rsid w:val="00011DDD"/>
+    <w:rsid w:val="0001434F"/>
     <w:rsid w:val="000167EB"/>
     <w:rsid w:val="00021C94"/>
+    <w:rsid w:val="000343D5"/>
     <w:rsid w:val="000350F5"/>
     <w:rsid w:val="00040A5E"/>
     <w:rsid w:val="00051BAC"/>
     <w:rsid w:val="00053869"/>
     <w:rsid w:val="000647B7"/>
     <w:rsid w:val="00066C0F"/>
     <w:rsid w:val="0009091B"/>
     <w:rsid w:val="000B1BB0"/>
     <w:rsid w:val="000B303E"/>
     <w:rsid w:val="000B421C"/>
     <w:rsid w:val="000D11E3"/>
     <w:rsid w:val="000E4E6E"/>
     <w:rsid w:val="000F04D2"/>
     <w:rsid w:val="000F1CD6"/>
     <w:rsid w:val="000F6873"/>
     <w:rsid w:val="000F7F00"/>
     <w:rsid w:val="00123F51"/>
     <w:rsid w:val="00134242"/>
     <w:rsid w:val="00143C3B"/>
     <w:rsid w:val="0015095A"/>
     <w:rsid w:val="00155714"/>
     <w:rsid w:val="00156455"/>
     <w:rsid w:val="00156A24"/>
+    <w:rsid w:val="00163262"/>
     <w:rsid w:val="00165DEE"/>
     <w:rsid w:val="00171852"/>
     <w:rsid w:val="001757DC"/>
+    <w:rsid w:val="00182588"/>
+    <w:rsid w:val="001A385C"/>
     <w:rsid w:val="001A5DC9"/>
     <w:rsid w:val="001B099F"/>
     <w:rsid w:val="001C3CFD"/>
     <w:rsid w:val="001C717C"/>
+    <w:rsid w:val="001D3498"/>
     <w:rsid w:val="001E5B58"/>
     <w:rsid w:val="001F071D"/>
     <w:rsid w:val="00200A37"/>
     <w:rsid w:val="00202A65"/>
     <w:rsid w:val="00202EC4"/>
     <w:rsid w:val="002109E6"/>
     <w:rsid w:val="002235F8"/>
     <w:rsid w:val="002242C6"/>
     <w:rsid w:val="0023064A"/>
     <w:rsid w:val="002322F9"/>
     <w:rsid w:val="00234D76"/>
     <w:rsid w:val="002356B3"/>
     <w:rsid w:val="00244221"/>
     <w:rsid w:val="0025684E"/>
+    <w:rsid w:val="002627E1"/>
     <w:rsid w:val="0027267D"/>
     <w:rsid w:val="0029118E"/>
     <w:rsid w:val="00296E41"/>
     <w:rsid w:val="002A5A88"/>
+    <w:rsid w:val="002D1AE8"/>
     <w:rsid w:val="002E1455"/>
     <w:rsid w:val="002E4F16"/>
     <w:rsid w:val="003057B2"/>
     <w:rsid w:val="00316563"/>
     <w:rsid w:val="003232F0"/>
     <w:rsid w:val="00356C84"/>
     <w:rsid w:val="0038146D"/>
     <w:rsid w:val="00381DB2"/>
     <w:rsid w:val="003A2BC3"/>
     <w:rsid w:val="003B1E7D"/>
     <w:rsid w:val="003B32F8"/>
     <w:rsid w:val="003B6F75"/>
     <w:rsid w:val="003D24F3"/>
     <w:rsid w:val="003D477C"/>
     <w:rsid w:val="003D63B3"/>
     <w:rsid w:val="003E0B4B"/>
     <w:rsid w:val="00405137"/>
     <w:rsid w:val="00424734"/>
     <w:rsid w:val="00427455"/>
     <w:rsid w:val="004339D2"/>
+    <w:rsid w:val="00450D1F"/>
     <w:rsid w:val="00453635"/>
+    <w:rsid w:val="004541D2"/>
     <w:rsid w:val="00467FFB"/>
     <w:rsid w:val="00487A49"/>
     <w:rsid w:val="004937FB"/>
+    <w:rsid w:val="004962AC"/>
     <w:rsid w:val="00497ECC"/>
     <w:rsid w:val="004A56F6"/>
     <w:rsid w:val="004B0911"/>
     <w:rsid w:val="004B29A6"/>
     <w:rsid w:val="004C11A4"/>
     <w:rsid w:val="004D7428"/>
     <w:rsid w:val="004F76EF"/>
     <w:rsid w:val="00505C14"/>
     <w:rsid w:val="005125FF"/>
     <w:rsid w:val="00513B33"/>
     <w:rsid w:val="00517D11"/>
     <w:rsid w:val="005216DE"/>
     <w:rsid w:val="005476C8"/>
     <w:rsid w:val="00555E23"/>
     <w:rsid w:val="00557B8E"/>
     <w:rsid w:val="00564766"/>
     <w:rsid w:val="0056564B"/>
     <w:rsid w:val="00565916"/>
     <w:rsid w:val="00565E2C"/>
     <w:rsid w:val="005800AC"/>
     <w:rsid w:val="00586AC9"/>
     <w:rsid w:val="0059068C"/>
     <w:rsid w:val="005A61FF"/>
+    <w:rsid w:val="005B5400"/>
+    <w:rsid w:val="005B6824"/>
     <w:rsid w:val="005C0EBA"/>
+    <w:rsid w:val="005C6D96"/>
     <w:rsid w:val="005D251F"/>
     <w:rsid w:val="005D71FD"/>
     <w:rsid w:val="005E6B89"/>
     <w:rsid w:val="005F11C6"/>
     <w:rsid w:val="006037B8"/>
     <w:rsid w:val="00610F27"/>
     <w:rsid w:val="00626F43"/>
     <w:rsid w:val="0062774E"/>
-    <w:rsid w:val="00630380"/>
     <w:rsid w:val="00634D1A"/>
     <w:rsid w:val="00651554"/>
     <w:rsid w:val="0066553E"/>
     <w:rsid w:val="00671D6B"/>
     <w:rsid w:val="00681E90"/>
     <w:rsid w:val="0069417A"/>
     <w:rsid w:val="00695E29"/>
     <w:rsid w:val="00697924"/>
     <w:rsid w:val="006A0C4E"/>
     <w:rsid w:val="006D05CE"/>
     <w:rsid w:val="006E2862"/>
+    <w:rsid w:val="006F2AA1"/>
     <w:rsid w:val="006F5BB7"/>
     <w:rsid w:val="006F6AF6"/>
+    <w:rsid w:val="00713274"/>
+    <w:rsid w:val="0072117D"/>
     <w:rsid w:val="00731D8A"/>
     <w:rsid w:val="00733617"/>
+    <w:rsid w:val="0076584D"/>
     <w:rsid w:val="00776A08"/>
     <w:rsid w:val="00777C76"/>
     <w:rsid w:val="00791B94"/>
     <w:rsid w:val="007956A6"/>
     <w:rsid w:val="00796471"/>
     <w:rsid w:val="007B6D11"/>
     <w:rsid w:val="007C0E57"/>
+    <w:rsid w:val="007D269C"/>
     <w:rsid w:val="007D3D75"/>
+    <w:rsid w:val="007D4DA3"/>
     <w:rsid w:val="007E6638"/>
+    <w:rsid w:val="00802AA7"/>
     <w:rsid w:val="008211AA"/>
     <w:rsid w:val="008231A6"/>
     <w:rsid w:val="00824429"/>
     <w:rsid w:val="00842CB1"/>
+    <w:rsid w:val="00845005"/>
     <w:rsid w:val="0084524B"/>
     <w:rsid w:val="00847F18"/>
     <w:rsid w:val="008528D2"/>
     <w:rsid w:val="00871026"/>
     <w:rsid w:val="0087492C"/>
     <w:rsid w:val="008917C4"/>
     <w:rsid w:val="008A0449"/>
     <w:rsid w:val="008B2FD6"/>
     <w:rsid w:val="008B5621"/>
     <w:rsid w:val="008C1B42"/>
     <w:rsid w:val="008C36DC"/>
     <w:rsid w:val="008E02B0"/>
+    <w:rsid w:val="008F273A"/>
     <w:rsid w:val="008F5A41"/>
     <w:rsid w:val="008F74EB"/>
     <w:rsid w:val="0090045C"/>
     <w:rsid w:val="00925A07"/>
     <w:rsid w:val="0094309A"/>
     <w:rsid w:val="0094702E"/>
     <w:rsid w:val="00953034"/>
     <w:rsid w:val="009568B9"/>
     <w:rsid w:val="00966C1E"/>
     <w:rsid w:val="00971A92"/>
     <w:rsid w:val="00981012"/>
+    <w:rsid w:val="00986E83"/>
+    <w:rsid w:val="00991935"/>
+    <w:rsid w:val="00992CC1"/>
     <w:rsid w:val="00993F5B"/>
+    <w:rsid w:val="009A03A5"/>
     <w:rsid w:val="009A4CB4"/>
     <w:rsid w:val="009B0F65"/>
     <w:rsid w:val="009B3650"/>
     <w:rsid w:val="009B7B1B"/>
-    <w:rsid w:val="009C4CBD"/>
     <w:rsid w:val="00A03F11"/>
     <w:rsid w:val="00A07392"/>
     <w:rsid w:val="00A1224D"/>
     <w:rsid w:val="00A1635B"/>
     <w:rsid w:val="00A1781A"/>
     <w:rsid w:val="00A32020"/>
     <w:rsid w:val="00A34620"/>
     <w:rsid w:val="00A47D9E"/>
     <w:rsid w:val="00A51809"/>
+    <w:rsid w:val="00A613E8"/>
     <w:rsid w:val="00AA109F"/>
     <w:rsid w:val="00AA5384"/>
     <w:rsid w:val="00AA6DEE"/>
     <w:rsid w:val="00AB670B"/>
     <w:rsid w:val="00AB76A5"/>
     <w:rsid w:val="00AD36A0"/>
     <w:rsid w:val="00AD5191"/>
     <w:rsid w:val="00B017B1"/>
     <w:rsid w:val="00B364A0"/>
     <w:rsid w:val="00B45011"/>
+    <w:rsid w:val="00B46042"/>
     <w:rsid w:val="00B462B9"/>
     <w:rsid w:val="00B557C7"/>
     <w:rsid w:val="00B63671"/>
+    <w:rsid w:val="00B67BE5"/>
     <w:rsid w:val="00B746FE"/>
     <w:rsid w:val="00B80BB2"/>
     <w:rsid w:val="00B84791"/>
+    <w:rsid w:val="00B91154"/>
     <w:rsid w:val="00B91997"/>
     <w:rsid w:val="00BA4F4F"/>
     <w:rsid w:val="00BA544D"/>
     <w:rsid w:val="00BB256C"/>
-    <w:rsid w:val="00BD2295"/>
     <w:rsid w:val="00BD4432"/>
     <w:rsid w:val="00BD6104"/>
     <w:rsid w:val="00BD6E21"/>
     <w:rsid w:val="00BE1F78"/>
     <w:rsid w:val="00C01EFD"/>
     <w:rsid w:val="00C076A6"/>
     <w:rsid w:val="00C120BE"/>
     <w:rsid w:val="00C14044"/>
+    <w:rsid w:val="00C20B1A"/>
     <w:rsid w:val="00C238DD"/>
     <w:rsid w:val="00C241ED"/>
     <w:rsid w:val="00C32A6E"/>
     <w:rsid w:val="00C346FC"/>
     <w:rsid w:val="00C36E56"/>
     <w:rsid w:val="00C47542"/>
     <w:rsid w:val="00C55855"/>
     <w:rsid w:val="00C712ED"/>
     <w:rsid w:val="00C73720"/>
     <w:rsid w:val="00C96105"/>
     <w:rsid w:val="00CA2D70"/>
     <w:rsid w:val="00CA6086"/>
     <w:rsid w:val="00CB2C3C"/>
+    <w:rsid w:val="00CC0F61"/>
     <w:rsid w:val="00CC42BB"/>
     <w:rsid w:val="00CE4C1D"/>
     <w:rsid w:val="00CE7082"/>
     <w:rsid w:val="00CF46E9"/>
     <w:rsid w:val="00CF6F57"/>
     <w:rsid w:val="00D104AB"/>
     <w:rsid w:val="00D23864"/>
+    <w:rsid w:val="00D3541C"/>
     <w:rsid w:val="00D36CC0"/>
     <w:rsid w:val="00D40285"/>
     <w:rsid w:val="00D429AA"/>
     <w:rsid w:val="00D463E7"/>
     <w:rsid w:val="00D776D5"/>
-    <w:rsid w:val="00D8054B"/>
     <w:rsid w:val="00D83261"/>
     <w:rsid w:val="00DA096D"/>
     <w:rsid w:val="00DA0A7F"/>
     <w:rsid w:val="00DB1254"/>
     <w:rsid w:val="00DC1656"/>
+    <w:rsid w:val="00DC479F"/>
     <w:rsid w:val="00DF34AA"/>
     <w:rsid w:val="00DF4681"/>
     <w:rsid w:val="00E01C73"/>
     <w:rsid w:val="00E021FD"/>
     <w:rsid w:val="00E07D53"/>
+    <w:rsid w:val="00E26D46"/>
     <w:rsid w:val="00E27AEC"/>
     <w:rsid w:val="00E36797"/>
     <w:rsid w:val="00E40AC7"/>
     <w:rsid w:val="00E53A64"/>
     <w:rsid w:val="00E82D62"/>
     <w:rsid w:val="00E84260"/>
+    <w:rsid w:val="00E877BB"/>
+    <w:rsid w:val="00E87A60"/>
+    <w:rsid w:val="00E949AC"/>
+    <w:rsid w:val="00EA34A3"/>
     <w:rsid w:val="00EA3A0C"/>
     <w:rsid w:val="00EB7C15"/>
+    <w:rsid w:val="00ED7BAA"/>
     <w:rsid w:val="00EE4892"/>
     <w:rsid w:val="00EE4EB0"/>
     <w:rsid w:val="00F03FBC"/>
     <w:rsid w:val="00F04563"/>
     <w:rsid w:val="00F15D9C"/>
+    <w:rsid w:val="00F22920"/>
     <w:rsid w:val="00F25195"/>
     <w:rsid w:val="00F2539B"/>
     <w:rsid w:val="00F434E7"/>
     <w:rsid w:val="00F466B6"/>
     <w:rsid w:val="00F523B2"/>
     <w:rsid w:val="00F52889"/>
     <w:rsid w:val="00F55610"/>
     <w:rsid w:val="00F6003E"/>
     <w:rsid w:val="00F62251"/>
+    <w:rsid w:val="00F64A77"/>
     <w:rsid w:val="00F66165"/>
     <w:rsid w:val="00F93B15"/>
     <w:rsid w:val="00FB6BDF"/>
     <w:rsid w:val="00FC1567"/>
+    <w:rsid w:val="00FD20B9"/>
     <w:rsid w:val="00FD278D"/>
     <w:rsid w:val="00FD3320"/>
     <w:rsid w:val="00FE10B7"/>
     <w:rsid w:val="00FE51ED"/>
     <w:rsid w:val="00FE531B"/>
     <w:rsid w:val="00FF1633"/>
     <w:rsid w:val="00FF58B1"/>
+    <w:rsid w:val="00FF6F10"/>
     <w:rsid w:val="00FF7CC5"/>
+    <w:rsid w:val="010CE170"/>
     <w:rsid w:val="01716F03"/>
     <w:rsid w:val="01FFBE01"/>
     <w:rsid w:val="0231A9E4"/>
     <w:rsid w:val="025B38EB"/>
     <w:rsid w:val="02A382BC"/>
     <w:rsid w:val="03097BDB"/>
     <w:rsid w:val="036086E1"/>
     <w:rsid w:val="0395683F"/>
     <w:rsid w:val="03E35D96"/>
     <w:rsid w:val="03E5870E"/>
     <w:rsid w:val="03EB53F0"/>
     <w:rsid w:val="03FB2C85"/>
     <w:rsid w:val="04A48A70"/>
     <w:rsid w:val="04A54391"/>
     <w:rsid w:val="04BF179E"/>
     <w:rsid w:val="04DC2CBE"/>
     <w:rsid w:val="05115A46"/>
     <w:rsid w:val="053138A0"/>
     <w:rsid w:val="05912943"/>
     <w:rsid w:val="05DF3FA3"/>
     <w:rsid w:val="0646A54A"/>
     <w:rsid w:val="067E10CD"/>
     <w:rsid w:val="072EAA0E"/>
     <w:rsid w:val="0730E9F4"/>
     <w:rsid w:val="07682EBC"/>
@@ -16103,50 +15987,51 @@
     <w:rsid w:val="30753C00"/>
     <w:rsid w:val="30E98603"/>
     <w:rsid w:val="30FD3AE4"/>
     <w:rsid w:val="31491334"/>
     <w:rsid w:val="315993B7"/>
     <w:rsid w:val="31AF50FF"/>
     <w:rsid w:val="323B3745"/>
     <w:rsid w:val="3324B17B"/>
     <w:rsid w:val="33A5B2A9"/>
     <w:rsid w:val="33B72FBA"/>
     <w:rsid w:val="33D4FF77"/>
     <w:rsid w:val="33F13868"/>
     <w:rsid w:val="34269931"/>
     <w:rsid w:val="349720E5"/>
     <w:rsid w:val="34D1769E"/>
     <w:rsid w:val="34D4BC2D"/>
     <w:rsid w:val="34F19813"/>
     <w:rsid w:val="3502E540"/>
     <w:rsid w:val="35501D85"/>
     <w:rsid w:val="35545E1F"/>
     <w:rsid w:val="357FD2C4"/>
     <w:rsid w:val="359B7D89"/>
     <w:rsid w:val="364B5DF1"/>
     <w:rsid w:val="36B30254"/>
     <w:rsid w:val="36E7E69B"/>
+    <w:rsid w:val="36FFF5CA"/>
     <w:rsid w:val="370644A5"/>
     <w:rsid w:val="3718A382"/>
     <w:rsid w:val="38A3AE46"/>
     <w:rsid w:val="38B225E2"/>
     <w:rsid w:val="3959DD8B"/>
     <w:rsid w:val="395E15B4"/>
     <w:rsid w:val="39EF6DE9"/>
     <w:rsid w:val="3A051019"/>
     <w:rsid w:val="3A46DEFB"/>
     <w:rsid w:val="3A5949A0"/>
     <w:rsid w:val="3A6B1818"/>
     <w:rsid w:val="3AB6F101"/>
     <w:rsid w:val="3AD44068"/>
     <w:rsid w:val="3B1B660F"/>
     <w:rsid w:val="3B666091"/>
     <w:rsid w:val="3B96B118"/>
     <w:rsid w:val="3C10F34B"/>
     <w:rsid w:val="3C66F006"/>
     <w:rsid w:val="3CA1F5AC"/>
     <w:rsid w:val="3CD659F7"/>
     <w:rsid w:val="3D2B6455"/>
     <w:rsid w:val="3DFA62B6"/>
     <w:rsid w:val="3E0D0312"/>
     <w:rsid w:val="3EDDD76E"/>
     <w:rsid w:val="3F7BEB7D"/>
@@ -16217,50 +16102,51 @@
     <w:rsid w:val="51AE217B"/>
     <w:rsid w:val="521E5F1A"/>
     <w:rsid w:val="523C8B25"/>
     <w:rsid w:val="525B0ACA"/>
     <w:rsid w:val="528C7AEF"/>
     <w:rsid w:val="52C02F1B"/>
     <w:rsid w:val="52DD6FA2"/>
     <w:rsid w:val="530EA687"/>
     <w:rsid w:val="534E8E18"/>
     <w:rsid w:val="53696CF5"/>
     <w:rsid w:val="5385E16E"/>
     <w:rsid w:val="5443F14F"/>
     <w:rsid w:val="544EEBD8"/>
     <w:rsid w:val="548AAB8C"/>
     <w:rsid w:val="5513205F"/>
     <w:rsid w:val="55A4D5CF"/>
     <w:rsid w:val="56255939"/>
     <w:rsid w:val="59417B21"/>
     <w:rsid w:val="5959617B"/>
     <w:rsid w:val="595B2A71"/>
     <w:rsid w:val="596027B2"/>
     <w:rsid w:val="59635D3E"/>
     <w:rsid w:val="5A095321"/>
     <w:rsid w:val="5A0EE9E4"/>
     <w:rsid w:val="5A4E42A5"/>
+    <w:rsid w:val="5A5049C2"/>
     <w:rsid w:val="5A96F1B5"/>
     <w:rsid w:val="5ABDF43F"/>
     <w:rsid w:val="5AEB9478"/>
     <w:rsid w:val="5B114875"/>
     <w:rsid w:val="5B1E6772"/>
     <w:rsid w:val="5C7A43AA"/>
     <w:rsid w:val="5CBF49E1"/>
     <w:rsid w:val="5CFF9851"/>
     <w:rsid w:val="5DFB27D9"/>
     <w:rsid w:val="5E40C466"/>
     <w:rsid w:val="5E4C10D2"/>
     <w:rsid w:val="5F9B18D8"/>
     <w:rsid w:val="5FE345E7"/>
     <w:rsid w:val="601B9E2C"/>
     <w:rsid w:val="60836A0C"/>
     <w:rsid w:val="60CA1054"/>
     <w:rsid w:val="60DF6E41"/>
     <w:rsid w:val="61282C02"/>
     <w:rsid w:val="613EFF0C"/>
     <w:rsid w:val="615D133C"/>
     <w:rsid w:val="6257155D"/>
     <w:rsid w:val="62DACF6D"/>
     <w:rsid w:val="63227D1B"/>
     <w:rsid w:val="63795DFD"/>
     <w:rsid w:val="63DBFC8E"/>
@@ -16292,50 +16178,51 @@
     <w:rsid w:val="6C1FFE60"/>
     <w:rsid w:val="6C6A8FFA"/>
     <w:rsid w:val="6D183350"/>
     <w:rsid w:val="6D696A3B"/>
     <w:rsid w:val="6E78F79A"/>
     <w:rsid w:val="6E84E579"/>
     <w:rsid w:val="6ED3EFD1"/>
     <w:rsid w:val="6F07AEEC"/>
     <w:rsid w:val="6F3474E6"/>
     <w:rsid w:val="6F4A7497"/>
     <w:rsid w:val="6F54ADFF"/>
     <w:rsid w:val="6F79B208"/>
     <w:rsid w:val="6FB95275"/>
     <w:rsid w:val="6FFD25B6"/>
     <w:rsid w:val="7033C93D"/>
     <w:rsid w:val="7043F09D"/>
     <w:rsid w:val="709F7E39"/>
     <w:rsid w:val="70A0DEF7"/>
     <w:rsid w:val="70E08737"/>
     <w:rsid w:val="70EADC8C"/>
     <w:rsid w:val="7125DC5B"/>
     <w:rsid w:val="712679AC"/>
     <w:rsid w:val="715DAC69"/>
     <w:rsid w:val="71CA43E3"/>
     <w:rsid w:val="72413AE4"/>
+    <w:rsid w:val="7266514E"/>
     <w:rsid w:val="72762821"/>
     <w:rsid w:val="72838929"/>
     <w:rsid w:val="72CA0AD0"/>
     <w:rsid w:val="73356C5F"/>
     <w:rsid w:val="733E0AA9"/>
     <w:rsid w:val="7368B5A9"/>
     <w:rsid w:val="736B1E06"/>
     <w:rsid w:val="738FF2E8"/>
     <w:rsid w:val="7390E28D"/>
     <w:rsid w:val="74089671"/>
     <w:rsid w:val="74FCE90A"/>
     <w:rsid w:val="758D0640"/>
     <w:rsid w:val="759711A2"/>
     <w:rsid w:val="762B2F5C"/>
     <w:rsid w:val="764FC44C"/>
     <w:rsid w:val="76A02847"/>
     <w:rsid w:val="76EC3761"/>
     <w:rsid w:val="76FE042F"/>
     <w:rsid w:val="7729DDCF"/>
     <w:rsid w:val="77392E13"/>
     <w:rsid w:val="77764F4A"/>
     <w:rsid w:val="77A1BD1F"/>
     <w:rsid w:val="780FB581"/>
     <w:rsid w:val="78591F8F"/>
     <w:rsid w:val="78605CAA"/>
@@ -17786,54 +17673,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="524052072">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uml.hr@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdsunflower.com/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.manchester.ac.uk/webapps/blackboard/execute/courseMain?course_id=_64080_1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/spaces/room-bookings/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/channel/19%3af6855e4029fa412fa3cd4acbe1f1f017%40thread.tacv2/M365%2520Digital%2520Champions?groupId=84639869-2453-4991-a453-1bef5cd2380b&amp;tenantId=c152cb07-614e-4abb-818a-f035cfa91a77" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itservices.manchester.ac.uk/help/new-staff/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/news/display/?id=31108" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.manchester.ac.uk/webapps/blackboard/content/listContent.jsp?course_id=_70844_1&amp;content_id=_13548871_1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/incident-management/health-and-safety/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=10016&amp;parentId=183&amp;returnId=183&amp;returntxt=Return%20To%20Search&amp;returnQs=%3fterm%3dCampu%26org%3d0%26typeId%3d2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accesscontrol@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janette.watson@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/talent-development/essentials" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/governance/register-of-interests/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac.sharepoint.com/sites/UOM-LIB-All-Library-Staff/Shared%20Documents/Equity,%20Diversity%20and%20Inclusion/EDI%20terminology%20and%20glossary%20guide.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/probation/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/staff-groups/staff-management-forum/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=7097&amp;parentId=4" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/equality-and-diversity" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/15e8D6abhPmPBNv17bABAPWctUvpot_y7gI9PUTZVUqY/edit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucinda.may@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uml.hr@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=8575&amp;parentId=4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=7722&amp;parentId=4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/disabled-staff-support/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rise.articulate.com/share/V-IKr-kvD4hmd2bkZfUhhivhbqOQD5e3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=9382&amp;parentId=183&amp;returnId=183&amp;returntxt=Return+To+Search&amp;returnQs=%3fterm%3dwidening%26org%3d0%26typeId%3d2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.training.itservices.manchester.ac.uk/staff/SLD/IntroductionToHigherEducation/content/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchester.saasiteu.com/Modules/SelfService/?NoDefaultProvider=True" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/staff-learning-and-development/learning-pathways/professional-and-technical-development/digital-skills/m365/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=4721&amp;parentId=4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.library.manchester.ac.uk/get-started/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/protected/display.aspx?DocID=56930" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uml.hr@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/learning-and-development/essential-training/mandatory-training/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/incident-management/health-and-safety/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/spaces/rooms-and-keypads/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/governance/register-of-interests/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itservices.manchester.ac.uk/help/new-staff/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uml.hr@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac.sharepoint.com/sites/UOM-LIB-All-Library-Staff/Shared%20Documents/Equity,%20Diversity%20and%20Inclusion/EDI%20terminology%20and%20glossary%20guide.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/probation/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/people-organisational-development/pdr/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/people-organisational-development/pdr/prepare/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/equality-and-diversity" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/15e8D6abhPmPBNv17bABAPWctUvpot_y7gI9PUTZVUqY/edit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucinda.may@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rise.articulate.com/share/V-IKr-kvD4hmd2bkZfUhhivhbqOQD5e3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mydevelopment.manchester.ac.uk/browse/edi/courses/hidden-disabilities-sunflower-scheme" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.training.itservices.manchester.ac.uk/staff/SLD/IntroductionToHigherEducation/content/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://connect.manchester.ac.uk/esc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/channel/19%3af6855e4029fa412fa3cd4acbe1f1f017%40thread.tacv2/M365%2520Digital%2520Champions?groupId=84639869-2453-4991-a453-1bef5cd2380b&amp;tenantId=c152cb07-614e-4abb-818a-f035cfa91a77" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mydevelopment.manchester.ac.uk/browse/compliance-and-risk/programs/fire-marshall-training" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.library.manchester.ac.uk/get-started/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/protected/display.aspx?DocID=56930" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/news/display/?id=31108" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/learning-and-development/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/librarywide-groups/staff-management-forum/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mydevelopment.manchester.ac.uk/browse/professional-development/courses/university-of-manchester-welcome-event" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accesscontrol@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janette.watson@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdsunflower.com/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchester.service-now.com/esc?id=sc_cat_item&amp;sys_id=603b0af01b3a8a10e4db8557d34bcbe1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/staff-learning-and-development/learning-pathways/professional-and-technical-development/digital-skills/m365/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mydevelopment.manchester.ac.uk/browse/compliance-and-risk/courses/principles-of-risk-assessments" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/disabled-staff-support/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janette.watson@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucinda.may@manchester.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -18067,85 +17954,77 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="847cf3f4-22d8-40ac-b91a-169dacbc5052" xmlns:ns3="ea011688-37c1-403b-9886-5b65f9ebbdcc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="07be72453ec0b127475d6eeb375944f0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003B1B334DC5BC3949A696E48DDB657742" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6e94672a71f739f0c9d93d6de4a755f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="847cf3f4-22d8-40ac-b91a-169dacbc5052" xmlns:ns3="ea011688-37c1-403b-9886-5b65f9ebbdcc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ca955bf751fd1c6dd304e1c3ccc78695" ns2:_="" ns3:_="">
     <xsd:import namespace="847cf3f4-22d8-40ac-b91a-169dacbc5052"/>
     <xsd:import namespace="ea011688-37c1-403b-9886-5b65f9ebbdcc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="847cf3f4-22d8-40ac-b91a-169dacbc5052" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="10" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
@@ -18179,50 +18058,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6d63537c-d192-4dc4-bb87-a5632b1c7687" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ea011688-37c1-403b-9886-5b65f9ebbdcc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -18324,125 +18208,1125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ea011688-37c1-403b-9886-5b65f9ebbdcc" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="847cf3f4-22d8-40ac-b91a-169dacbc5052">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{064557EE-0167-4A84-90C4-DF0DEB10C8BC}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9BE6B88-A117-472E-93C1-2028D24E6CE0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67C2B661-3A48-404E-89FA-DAF8DA5E2AE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="847cf3f4-22d8-40ac-b91a-169dacbc5052"/>
     <ds:schemaRef ds:uri="ea011688-37c1-403b-9886-5b65f9ebbdcc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{064557EE-0167-4A84-90C4-DF0DEB10C8BC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{862242BD-8A89-4F37-A2FF-972FC97B483B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ea011688-37c1-403b-9886-5b65f9ebbdcc"/>
     <ds:schemaRef ds:uri="847cf3f4-22d8-40ac-b91a-169dacbc5052"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>4322</Words>
-  <Characters>24638</Characters>
+  <Words>4314</Words>
+  <Characters>24595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>205</Lines>
+  <Lines>204</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>University of Manchester</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28903</CharactersWithSpaces>
+  <CharactersWithSpaces>28852</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="330" baseType="variant">
+      <vt:variant>
+        <vt:i4>1966125</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>156</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:janette.watson@manchester.ac.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342355</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>153</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:lucinda.may@manchester.ac.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357038</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>150</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4259901</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>147</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Template:_induction_schedule</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638420</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>144</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Induction_checklist</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5242987</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>141</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Example/template:_induction_schedul</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638420</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>138</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Induction_checklist</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>589888</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>135</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://documents.manchester.ac.uk/protected/display.aspx?DocID=56930</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949182</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.itservices.manchester.ac.uk/help/new-staff/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357038</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>129</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3670082</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>126</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://docs.google.com/document/d/15e8D6abhPmPBNv17bABAPWctUvpot_y7gI9PUTZVUqY/edit</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5570573</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>123</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/library/resources/spaces/rooms-and-keypads/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4522021</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>120</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:accesscontrol@manchester.ac.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6226007</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>117</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/equality-and-diversity</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4587599</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>114</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/disabled-staff-support/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>111</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_IT_account</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638420</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>108</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Induction_checklist</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357038</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>105</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/first-day-essentials/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4259901</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>102</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Template:_induction_schedule</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>655468</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>99</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Onboarding_plan_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2818109</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>96</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/library/working-here/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505106</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>93</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://app.manchester.ac.uk/training/profile.aspx?unitid=10016&amp;parentId=183&amp;returnId=183&amp;returntxt=Return%20To%20Search&amp;returnQs=%3fterm%3dCampu%26org%3d0%26typeId%3d2</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1704017</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>90</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://app.manchester.ac.uk/training/profile.aspx?unitid=7097&amp;parentId=4</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2686991</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>87</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.training.itservices.manchester.ac.uk/staff/SLD/IntroductionToHigherEducation/content/index.html</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5963799</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>84</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.library.manchester.ac.uk/get-started/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866657</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>81</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://livemanchesterac.sharepoint.com/sites/UOM-LIB-All-Library-Staff/Shared Documents/Equity, Diversity and Inclusion/EDI terminology and glossary guide.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572954</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>78</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://app.manchester.ac.uk/training/profile.aspx?unitid=7722&amp;parentId=4</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769561</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>75</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://app.manchester.ac.uk/training/profile.aspx?unitid=4721&amp;parentId=4</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5177455</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>72</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://online.manchester.ac.uk/webapps/blackboard/execute/courseMain?course_id=_64080_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2752639</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>69</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/library/resources/incident-management/health-and-safety/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3801213</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>66</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/library/working-here/staff-groups/staff-management-forum/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900624</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>63</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://app.manchester.ac.uk/training/profile.aspx?unitid=8575&amp;parentId=4</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488182</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>60</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/staff-learning-and-development/learning-pathways/professional-and-technical-development/digital-skills/m365/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441877</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>57</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://teams.microsoft.com/l/channel/19%3af6855e4029fa412fa3cd4acbe1f1f017%40thread.tacv2/M365%2520Digital%2520Champions?groupId=84639869-2453-4991-a453-1bef5cd2380b&amp;tenantId=c152cb07-614e-4abb-818a-f035cfa91a77</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422566</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/governance/register-of-interests/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424942</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>51</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://app.manchester.ac.uk/training/profile.aspx?unitid=9382&amp;parentId=183&amp;returnId=183&amp;returntxt=Return+To+Search&amp;returnQs=%3fterm%3dwidening%26org%3d0%26typeId%3d2</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131154</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>48</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://hdsunflower.com/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8192096</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>45</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://online.manchester.ac.uk/webapps/blackboard/content/listContent.jsp?course_id=_70844_1&amp;content_id=_13548871_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3670049</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/talent-development/essentials</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>39</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Induction_goals_and</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441854</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:uml.hr@manchester.ac.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2490382</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://manchester.service-now.com/esc?id=sc_cat_item&amp;sys_id=603b0af01b3a8a10e4db8557d34bcbe1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966149</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://connect.manchester.ac.uk/esc</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441854</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:uml.hr@manchester.ac.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638420</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Induction_checklist</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4259901</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Template:_induction_schedule</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>655468</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Onboarding_plan_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718672</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Training_and_development_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>589881</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Probation_goals_and</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262205</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_New_starter_actions</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6225934</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/news/display/?id=31108</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5111895</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/probation/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3932226</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://rise.articulate.com/share/V-IKr-kvD4hmd2bkZfUhhivhbqOQD5e3</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966125</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:janette.watson@manchester.ac.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342355</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:lucinda.may@manchester.ac.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lucinda May</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003B1B334DC5BC3949A696E48DDB657742</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>