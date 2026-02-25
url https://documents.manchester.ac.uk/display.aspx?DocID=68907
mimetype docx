--- v0 (2025-10-29)
+++ v1 (2026-02-25)
@@ -1,84 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="131649C2" w14:textId="288B3AEC" w:rsidR="00F523B2" w:rsidRPr="00D74F8F" w:rsidRDefault="004D7428" w:rsidP="004D7428">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Int_nfiNjSFw"/>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve">Library Induction </w:t>
       </w:r>
       <w:r w:rsidR="2B2059B6" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>Toolkit: for new colleagues</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="475"/>
         <w:tblW w:w="9015" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="5970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00965C57" w:rsidRPr="008D0244" w14:paraId="765F7B17" w14:textId="77777777" w:rsidTr="00965C57">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2ECB9DC5" w14:textId="77777777" w:rsidR="00965C57" w:rsidRPr="002F53D9" w:rsidRDefault="00965C57" w:rsidP="00965C57">
             <w:pPr>
@@ -632,92 +637,61 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">All posts at the University are subject to probationary periods which vary in length depending on the grade of the role. Full details of probationary periods can be found in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidRPr="00D74F8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">New Staff area on </w:t>
+          <w:t>New Staff area on Staffnet</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. We know the term ‘probation’ can sound a bit daunting, so here in the </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> we prefer to use the term </w:t>
+        <w:t xml:space="preserve">. We know the term ‘probation’ can sound a bit daunting, so here in the Library we prefer to use the term </w:t>
       </w:r>
       <w:r w:rsidR="00896CBF" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>“induction period”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E3D99E" w14:textId="63AF00DD" w:rsidR="1C82A70F" w:rsidRPr="00D74F8F" w:rsidRDefault="1C82A70F" w:rsidP="1C82A70F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
@@ -730,71 +704,51 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Policy and Procedure on Probationary Arrangements for Support Staff</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> which provides further details about the purpose of the induction period.</w:t>
       </w:r>
       <w:r w:rsidR="0007612F" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The University will send you a brief 8 week and </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> new starters survey to help inform </w:t>
+        <w:t xml:space="preserve"> The University will send you a brief 8 week and 12 month new starters survey to help inform </w:t>
       </w:r>
       <w:r w:rsidR="0094548F" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>support for new colleagues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E5483DE" w14:textId="4090602D" w:rsidR="00E36797" w:rsidRPr="00D74F8F" w:rsidRDefault="5650EFF2" w:rsidP="00E36797">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Your line manager should </w:t>
       </w:r>
@@ -958,67 +912,51 @@
           <w:p w14:paraId="3F25533C" w14:textId="0573472B" w:rsidR="00C238DD" w:rsidRPr="00D74F8F" w:rsidRDefault="00C238DD" w:rsidP="00C238DD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15F6E9BC" w14:textId="3103A99C" w:rsidR="00C238DD" w:rsidRPr="00D74F8F" w:rsidRDefault="5650EFF2" w:rsidP="00E26615">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">A summary of the key objectives for your first weeks and months in post, including milestones and measures of success, or how you’ll know when you’ve completed an objective. Your line manager will discuss any outstanding objectives with you at the end of your induction </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> arrange </w:t>
+              <w:t xml:space="preserve">A summary of the key objectives for your first weeks and months in post, including milestones and measures of success, or how you’ll know when you’ve completed an objective. Your line manager will discuss any outstanding objectives with you at the end of your induction period, and arrange </w:t>
             </w:r>
             <w:r w:rsidR="00113A1A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">any </w:t>
             </w:r>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>further support and training post-induction</w:t>
             </w:r>
             <w:r w:rsidR="00E26615">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for</w:t>
             </w:r>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -1318,54 +1256,54 @@
         <w:br/>
       </w:r>
       <w:r w:rsidR="0017304E" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">There is a notes space at the end of this toolkit for you to record your reflections, questions you wish to ask, or note down anything </w:t>
       </w:r>
       <w:r w:rsidR="00476E1F" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>you wish to find out more about.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E021EEB" w14:textId="5278803E" w:rsidR="00FE51ED" w:rsidRDefault="00792F6D" w:rsidP="00FE51ED">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Probation_goals_and"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="1" w:name="_Probation_goals_and"/>
+      <w:bookmarkStart w:id="2" w:name="_Induction_goals_and"/>
       <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Induction</w:t>
       </w:r>
       <w:r w:rsidR="00FE51ED">
         <w:t xml:space="preserve"> goals and expectations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C07681" w14:textId="223D968A" w:rsidR="5650EFF2" w:rsidRPr="00A657FF" w:rsidRDefault="5650EFF2" w:rsidP="5650EFF2">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A657FF">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00AD449A" w:rsidRPr="00A657FF">
@@ -1400,1534 +1338,985 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This section is intended to set out the expectations and goals that you will be working towards during your induction period. Your line manager will prepare onboarding activities, training and work for your first weeks and months in post based on these expectations and </w:t>
       </w:r>
       <w:r w:rsidR="00C25059" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>goals and</w:t>
       </w:r>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> support you to work towards these. Some goals may be carried over to be worked on in the post-induction period, if agreed with your line manager. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3A338A" w14:textId="548883BE" w:rsidR="000B1A3F" w:rsidRPr="00D74F8F" w:rsidRDefault="00A25B17" w:rsidP="75231F82">
-[...400 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2252"/>
         <w:gridCol w:w="2425"/>
         <w:gridCol w:w="2605"/>
         <w:gridCol w:w="1898"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w14:paraId="629C1470" w14:textId="77777777" w:rsidTr="194B7A1E">
-[...2 lines deleted...]
-            <w:tcW w:w="3487" w:type="dxa"/>
+      <w:tr w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w14:paraId="629C1470" w14:textId="77777777" w:rsidTr="001F7F0D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3943BEEF" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Training_and_development"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Element of role</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7700A379" w14:textId="0D827B42" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3487" w:type="dxa"/>
+            <w:tcW w:w="2425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6E8C5230" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Expectations</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1839F7BF" w14:textId="61BF5A02" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4361" w:type="dxa"/>
+            <w:tcW w:w="2605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="02E21B0E" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Goals</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37349232" w14:textId="04ECE010" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="194B7A1E">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="1898" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="0D0A639C" w14:textId="272B11E4" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="5650EFF2" w:rsidP="009625B3">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w14:paraId="0B5E9796" w14:textId="77777777" w:rsidTr="194B7A1E">
-[...2 lines deleted...]
-            <w:tcW w:w="3487" w:type="dxa"/>
+      <w:tr w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w14:paraId="0B5E9796" w14:textId="77777777" w:rsidTr="001F7F0D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18C8F271" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3487" w:type="dxa"/>
+            <w:tcW w:w="2425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7009A626" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4361" w:type="dxa"/>
+            <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D37FC7C" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="1898" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27DE047B" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w14:paraId="32A80C2F" w14:textId="77777777" w:rsidTr="194B7A1E">
-[...2 lines deleted...]
-            <w:tcW w:w="3487" w:type="dxa"/>
+      <w:tr w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w14:paraId="32A80C2F" w14:textId="77777777" w:rsidTr="001F7F0D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46EA121C" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3487" w:type="dxa"/>
+            <w:tcW w:w="2425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CC593FE" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4361" w:type="dxa"/>
+            <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62CB2640" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="1898" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2687612F" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w14:paraId="1D65D1AA" w14:textId="77777777" w:rsidTr="194B7A1E">
-[...2 lines deleted...]
-            <w:tcW w:w="3487" w:type="dxa"/>
+      <w:tr w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w14:paraId="1D65D1AA" w14:textId="77777777" w:rsidTr="001F7F0D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73E8452E" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3487" w:type="dxa"/>
+            <w:tcW w:w="2425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30B2FB4F" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4361" w:type="dxa"/>
+            <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D5FDA71" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="1898" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="414C0B99" w14:textId="77777777" w:rsidR="00FE51ED" w:rsidRPr="00D74F8F" w:rsidRDefault="00FE51ED" w:rsidP="00F523B2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27E9B7D7" w14:textId="77777777" w:rsidR="00B719C3" w:rsidRDefault="00B719C3"/>
-    <w:p w14:paraId="6AC32731" w14:textId="373DDDCE" w:rsidR="00B719C3" w:rsidRPr="00C25059" w:rsidRDefault="00B719C3" w:rsidP="00FE51ED">
-[...68 lines deleted...]
-    </w:p>
     <w:p w14:paraId="76F506F1" w14:textId="1EAD39F6" w:rsidR="00FE51ED" w:rsidRDefault="00FE51ED" w:rsidP="00FE51ED">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Training_and_development_1"/>
+      <w:bookmarkStart w:id="4" w:name="_Training_and_development_1"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Training and development plan</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="15E906CB" w14:textId="2FC4DE30" w:rsidR="003C4B2B" w:rsidRPr="00C25059" w:rsidRDefault="003C4B2B" w:rsidP="003C4B2B">
+    <w:p w14:paraId="15E906CB" w14:textId="6FBA165F" w:rsidR="003C4B2B" w:rsidRPr="00C25059" w:rsidRDefault="003C4B2B" w:rsidP="003C4B2B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25059">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">[Your line manager will prepare and share it once ready] </w:t>
+        <w:t xml:space="preserve">[Your line manager will prepare and share </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3EC7">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25059">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ready] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4168FC" w14:textId="38BE5792" w:rsidR="003C4B2B" w:rsidRPr="00D74F8F" w:rsidRDefault="003C4B2B" w:rsidP="5650EFF2">
+    <w:p w14:paraId="6A4168FC" w14:textId="38BE5792" w:rsidR="003C4B2B" w:rsidRDefault="003C4B2B" w:rsidP="5650EFF2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>This section of the toolkit is intended to support the identification of you</w:t>
       </w:r>
       <w:r w:rsidR="2532F943" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> training and development requirements in your first months in post, based on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Induction_goals_and">
         <w:r w:rsidRPr="00D74F8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>induction goals and expectations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> agreed between yourself and your line manager, as well as to ensure completion of mandatory University training.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="128EC937" w14:textId="1694557F" w:rsidR="00EA12A7" w:rsidRPr="00D823D9" w:rsidRDefault="00EA12A7" w:rsidP="5650EFF2">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D823D9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">See the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00D823D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Library Staff Learning and Development Hub</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D823D9" w:rsidRPr="00D823D9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for further guidance and support.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6750"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1053"/>
+        <w:gridCol w:w="7508"/>
+        <w:gridCol w:w="1140"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A21898" w14:paraId="106C29A4" w14:textId="77777777" w:rsidTr="150BA863">
-[...2 lines deleted...]
-            <w:tcW w:w="6750" w:type="dxa"/>
+      <w:tr w:rsidR="00A21898" w14:paraId="106C29A4" w14:textId="77777777" w:rsidTr="006B60CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4C37D360" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="14B4E19E" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Identify any training needs below, together with agreed actions to address them</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7A4038C5" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Target </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Target completion  date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCEDD9F" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7718E092" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>completion  date</w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>Review Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21898" w14:paraId="455177BD" w14:textId="77777777" w:rsidTr="150BA863">
-[...4 lines deleted...]
-          <w:p w14:paraId="1D72184E" w14:textId="03EBDBA3" w:rsidR="3066308C" w:rsidRDefault="3066308C" w:rsidP="150BA863">
+      <w:tr w:rsidR="00A21898" w14:paraId="455177BD" w14:textId="77777777" w:rsidTr="006B60CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAFE394" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>University Essential Training (Mandatory)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68BA5C36" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="150BA863">
-[...13 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00702207">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...30 lines deleted...]
-              <w:r w:rsidRPr="150BA863">
+              <w:t xml:space="preserve">There are 8 mandatory modules to complete. These are available via one online course. Details of how to sign up are available on the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00702207">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.staffnet.manchester.ac.uk/talent-development/essentials</w:t>
+                <w:t>Library Staff Learning and Development Hub</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00702207">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50706D57" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="041F87C3" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="3EB39A52" w14:textId="35C4CE25" w:rsidR="3066308C" w:rsidRDefault="3066308C" w:rsidP="150BA863">
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Health &amp; Safety (15 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A7FF8F" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fire Awareness for All (5 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7003E1DF" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Office Safety at UoM (30 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FFD0871" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Data Protection &amp; Cyber Security (30 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0939CE91" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diversity in the Workplace (45 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09B6394A" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Unconscious Bias (45 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EC09098" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Equity (30 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C77E05A" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sexual Harassment (20 mins)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D3A708" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CBBCBAC" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The following training is also mandatory for all Library staff:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B8189A8" w14:textId="77777777" w:rsidR="00702207" w:rsidRPr="00702207" w:rsidRDefault="00702207" w:rsidP="00702207">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...243 lines deleted...]
-              <w:r w:rsidRPr="00D74F8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00702207">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>LAOD150 Hidden Disabilities Sunflower Scheme</w:t>
+                <w:t>Hidden Disabilities Sunflower Scheme</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D74F8F">
-[...30 lines deleted...]
-              <w:r w:rsidRPr="00D74F8F">
+            <w:r w:rsidRPr="00702207">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (online training course) see </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidRPr="00702207">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>further information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="75635183" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00AB129C" w:rsidRDefault="00A21898" w:rsidP="00AB129C">
-[...42 lines deleted...]
-          <w:p w14:paraId="7E3B06C5" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="00A21898">
+          <w:p w14:paraId="7E3B06C5" w14:textId="338ADBC2" w:rsidR="00A21898" w:rsidRDefault="00702207" w:rsidP="00702207">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="257" w:lineRule="auto"/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
-              <w:r w:rsidRPr="00D74F8F">
+              <w:r w:rsidRPr="00702207">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Register of Interests (guidance)</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D74F8F">
+            <w:r w:rsidRPr="00702207">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Grade 6 or above)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C117821" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00AB129C" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB129C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Add Date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7349FABB" w14:textId="77777777" w:rsidR="00AB129C" w:rsidRDefault="00AB129C" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:sdt>
-[...31 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="1AE99173" w14:textId="6CEE716F" w:rsidR="00AB129C" w:rsidRPr="00204522" w:rsidRDefault="00AB129C" w:rsidP="150BA863">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="263982CA" w14:textId="77777777" w:rsidR="00AB129C" w:rsidRDefault="00AB129C" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51FCE51C" w14:textId="77777777" w:rsidR="00AB129C" w:rsidRDefault="00AB129C" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6768309B" w14:textId="77777777" w:rsidR="00AB129C" w:rsidRDefault="00AB129C" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -3034,254 +2423,154 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D2D93A8" w14:textId="77777777" w:rsidR="00AB129C" w:rsidRDefault="00AB129C" w:rsidP="150BA863">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48D8CA1A" w14:textId="321F0522" w:rsidR="150BA863" w:rsidRDefault="150BA863" w:rsidP="150BA863">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:sdt>
-[...105 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="68B04FFE" w14:textId="1E293B88" w:rsidR="00AB129C" w:rsidRPr="00204522" w:rsidRDefault="00AB129C" w:rsidP="009F3DC3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="397FC142" w14:textId="319557EB" w:rsidR="00204522" w:rsidRPr="00AB129C" w:rsidRDefault="00204522" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7525C708" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21898" w14:paraId="464AA5AC" w14:textId="77777777" w:rsidTr="150BA863">
+      <w:tr w:rsidR="00A21898" w14:paraId="464AA5AC" w14:textId="77777777" w:rsidTr="006B60CE">
         <w:trPr>
           <w:trHeight w:val="502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6750" w:type="dxa"/>
+            <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05CB4C55" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB129C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Specific to the Role</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="000F59DC">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Add any training requirements specific to the role</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="616B74FC" w14:textId="77777777" w:rsidR="000F59DC" w:rsidRDefault="000F59DC" w:rsidP="009F3DC3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7273D3E4" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6094C4B1" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21898" w14:paraId="315E5BC2" w14:textId="77777777" w:rsidTr="150BA863">
-[...2 lines deleted...]
-            <w:tcW w:w="6750" w:type="dxa"/>
+      <w:tr w:rsidR="00A21898" w14:paraId="315E5BC2" w14:textId="77777777" w:rsidTr="006B60CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38C29C7D" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00AB129C" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB129C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Organisation skills, Administrative, IT </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CFA3B8F" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
           <w:p w14:paraId="5AA6A3BE" w14:textId="77777777" w:rsidR="000F59DC" w:rsidRPr="000F59DC" w:rsidRDefault="00A21898" w:rsidP="000F59DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="000F59DC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Microsoft 365 Resources (All-Library-Staff Teams Channel)</w:t>
               </w:r>
             </w:hyperlink>
@@ -3292,1106 +2581,766 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="000F59DC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>University Microsoft 365 Support Resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0A569870" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
           <w:p w14:paraId="3722B271" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A1893C0" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
           <w:p w14:paraId="5CE6ED85" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
-          <w:sdt>
-[...40 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="168F9AB6" w14:textId="31FA750A" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="0CABAE61" w14:textId="64CC6E77" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
           <w:p w14:paraId="492463E7" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1419805E" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21898" w14:paraId="1ED2B45C" w14:textId="77777777" w:rsidTr="150BA863">
-[...2 lines deleted...]
-            <w:tcW w:w="6750" w:type="dxa"/>
+      <w:tr w:rsidR="00A21898" w14:paraId="1ED2B45C" w14:textId="77777777" w:rsidTr="006B60CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BF2F181" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00AB129C" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB129C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Leadership, Management/Supervisory </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0227950B" w14:textId="3D5E98A6" w:rsidR="00A21898" w:rsidRPr="00D3213E" w:rsidRDefault="00D3213E" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D3213E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If applicable to new colleague’s role</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="004D56B1" w14:textId="77777777" w:rsidR="00D3213E" w:rsidRDefault="00D3213E" w:rsidP="009F3DC3"/>
-          <w:p w14:paraId="25F961A0" w14:textId="575B4079" w:rsidR="00A21898" w:rsidRPr="00D3213E" w:rsidRDefault="00A21898" w:rsidP="00B37D56">
+          <w:p w14:paraId="467CB915" w14:textId="34A0C391" w:rsidR="00D3213E" w:rsidRPr="00AD3398" w:rsidRDefault="00AD3398" w:rsidP="00AD3398">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="31"/>
+                <w:numId w:val="34"/>
               </w:numPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:r w:rsidRPr="00D3213E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00AD3398">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>P&amp;DR Reviewer Guidance</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-          <w:p w14:paraId="6B22F47D" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D3213E" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
+            <w:r w:rsidRPr="00AD3398">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Library Staff Learning and Development Hub) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B7FD5C0" w14:textId="77777777" w:rsidR="00AD3398" w:rsidRDefault="00AD3398" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D3213E">
+          </w:p>
+          <w:p w14:paraId="6B22F47D" w14:textId="69E82FD4" w:rsidR="00A21898" w:rsidRPr="00D3213E" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3213E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Staff Management Forum (SMF)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="370A568C" w14:textId="2670972A" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">New managers are automatically part of the Staff Management Forum networking group. </w:t>
             </w:r>
             <w:r w:rsidR="00CE6444">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Your manager will have arranged for you to be added to the Staff Management Forum distribution list or </w:t>
             </w:r>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">contact Pamela Morris to </w:t>
             </w:r>
             <w:r w:rsidR="00CE6444">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>arrange.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D9005D6" w14:textId="77777777" w:rsidR="00CE6444" w:rsidRPr="00D74F8F" w:rsidRDefault="00CE6444" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22A70B82" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00CE6444" w:rsidRDefault="00A21898" w:rsidP="00CE6444">
+          <w:p w14:paraId="7D713B1C" w14:textId="6CC37CC5" w:rsidR="00A21898" w:rsidRPr="00940EDE" w:rsidRDefault="00940EDE" w:rsidP="00940EDE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00940EDE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Staff Management Forum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00940EDE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Library Intranet)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7481FEA3" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="786059B9" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="1128BEED" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="74029756" w14:textId="161A0EF7" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="7DC8B2F6" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="1C17BFBA" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="17A78C20" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="46A3F2C6" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="59B4B39B" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="4800DF6F" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="7BF5ACE9" w14:textId="7FC27C49" w:rsidR="006B60CE" w:rsidRDefault="006B60CE" w:rsidP="009F3DC3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF75DB5" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="089BC267" w14:paraId="438EE93E" w14:textId="77777777" w:rsidTr="006B60CE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E295FCB" w14:textId="385738B0" w:rsidR="26BC97F8" w:rsidRPr="00AB129C" w:rsidRDefault="00CE6444" w:rsidP="0A459DBA">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidR="26BC97F8" w:rsidRPr="00AB129C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Health and Safety (In addition to Mandatory University Training)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10456F45" w14:textId="74306766" w:rsidR="0A459DBA" w:rsidRDefault="0A459DBA" w:rsidP="0A459DBA">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F8EEF96" w14:textId="77777777" w:rsidR="00A238C3" w:rsidRPr="00A238C3" w:rsidRDefault="00A238C3" w:rsidP="00A238C3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A238C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>All staff to make themselves aware of:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4989FF52" w14:textId="77777777" w:rsidR="00A238C3" w:rsidRPr="00A238C3" w:rsidRDefault="00A238C3" w:rsidP="00A238C3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId20">
-              <w:r w:rsidRPr="00CE6444">
+            <w:r w:rsidRPr="00A238C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21">
+              <w:r w:rsidRPr="00A238C3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-[...184 lines deleted...]
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Library Health and Safety practices and procedures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5FBA6A1E" w14:textId="03CC63A8" w:rsidR="0A459DBA" w:rsidRPr="00D74F8F" w:rsidRDefault="0A459DBA" w:rsidP="0A459DBA">
-[...25 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="4E14BE9C" w14:textId="77777777" w:rsidR="00A238C3" w:rsidRPr="00A238C3" w:rsidRDefault="00A238C3" w:rsidP="00A238C3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CE14E00" w14:textId="77777777" w:rsidR="00A238C3" w:rsidRPr="00A238C3" w:rsidRDefault="00A238C3" w:rsidP="00A238C3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A238C3">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">All staff Grade 5 or higher must complete: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F469723" w14:textId="69351C82" w:rsidR="26BC97F8" w:rsidRPr="00CE6444" w:rsidRDefault="26BC97F8" w:rsidP="00CE6444">
+          <w:p w14:paraId="3A7A1BFC" w14:textId="77777777" w:rsidR="00A238C3" w:rsidRPr="00A238C3" w:rsidRDefault="00A238C3" w:rsidP="00A238C3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00CE6444">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="00A238C3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>TLCF101E Fire Marshalls Training (eLearning)</w:t>
+                <w:t xml:space="preserve">Fire Marshal Training </w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...32 lines deleted...]
-          <w:p w14:paraId="32444485" w14:textId="5B66C581" w:rsidR="26BC97F8" w:rsidRPr="00CE6444" w:rsidRDefault="26BC97F8" w:rsidP="00AB129C">
+            <w:r w:rsidRPr="00A238C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(1-1.5 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79905F0C" w14:textId="77777777" w:rsidR="00A238C3" w:rsidRPr="00A238C3" w:rsidRDefault="00A238C3" w:rsidP="00A238C3">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="329B3AA8" w14:textId="77777777" w:rsidR="00A238C3" w:rsidRPr="00A238C3" w:rsidRDefault="00A238C3" w:rsidP="00A238C3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A238C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In addition, all managers are required to complete the following eLearning:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52FECA31" w14:textId="08261D12" w:rsidR="089BC267" w:rsidRDefault="00A238C3" w:rsidP="00A238C3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00CE6444">
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="00A238C3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>THS1E University Health &amp; Safety induction (eLearning)</w:t>
+                <w:t>Principles of Risk Assessment</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00CE6444">
-[...9 lines deleted...]
-          <w:p w14:paraId="52FECA31" w14:textId="77777777" w:rsidR="089BC267" w:rsidRDefault="26BC97F8" w:rsidP="00204522">
+            <w:r w:rsidRPr="00A238C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (35 mins)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24626968" w14:textId="77777777" w:rsidR="089BC267" w:rsidRDefault="089BC267" w:rsidP="089BC267"/>
+          <w:p w14:paraId="37BD42FC" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="39EED059" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="4F30530A" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="59DA1B93" w14:textId="00E7C810" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="5B618BAD" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="350C5DA0" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="1509B208" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="7C80782E" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="52A6C733" w14:textId="02F17CE5" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+          <w:p w14:paraId="10304927" w14:textId="1D7F433A" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="089BC267"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53178463" w14:textId="33594BC9" w:rsidR="089BC267" w:rsidRDefault="089BC267" w:rsidP="089BC267"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A21898" w14:paraId="2018D453" w14:textId="77777777" w:rsidTr="006B60CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="145DEB77" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00AB129C" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB129C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721EF6FD" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="008F37CE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24">
-              <w:r w:rsidRPr="00CE6444">
-[...130 lines deleted...]
-            <w:hyperlink r:id="rId25">
               <w:r w:rsidRPr="00D74F8F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>EDI terminology and glossary guide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="28F6420C" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="00AB129C">
+          <w:p w14:paraId="28F6420C" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="008F37CE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId26">
+            <w:hyperlink r:id="rId25">
               <w:r w:rsidRPr="00D74F8F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Library Get Started</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> resources</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A507CD6" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="00AB129C">
+          <w:p w14:paraId="0A507CD6" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="008F37CE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:anchor="/">
+            <w:hyperlink r:id="rId26" w:anchor="/">
               <w:r w:rsidRPr="00D74F8F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>An Introduction to Higher Education</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (online training course)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CD1D33E" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="00AB129C">
+          <w:p w14:paraId="4F1D98C7" w14:textId="77777777" w:rsidR="008F37CE" w:rsidRPr="008F37CE" w:rsidRDefault="008F37CE" w:rsidP="008F37CE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
-              <w:rPr>
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00D74F8F">
+              <w:spacing w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="008F37CE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TPDR02E </w:t>
-[...8 lines deleted...]
-                <w:t>Getting the best from your P&amp;DR</w:t>
+                <w:t>Preparing for your PDR</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D74F8F">
+            <w:r w:rsidRPr="008F37CE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Library Intranet)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F37CE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (online training course)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="28A1BF87" w14:textId="77777777" w:rsidR="00A21898" w:rsidRPr="00D74F8F" w:rsidRDefault="00A21898" w:rsidP="00AB129C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603D54E4" w14:textId="77889DE0" w:rsidR="00A21898" w:rsidRDefault="008F37CE" w:rsidP="008F37CE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:r w:rsidRPr="00D74F8F">
+              <w:spacing w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="008F37CE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>TIC3 New Colleague Campus Tours</w:t>
+                <w:t>University of Manchester Welcome Event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="603D54E4" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1377" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E7DE0DE" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
-          <w:sdt>
-[...103 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="4CE37422" w14:textId="09956382" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="71DEC60C" w14:textId="6D011DEF" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="3AC564CA" w14:textId="684E0BC9" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="59FE5C56" w14:textId="06DC6E9E" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
+          <w:p w14:paraId="603E8C94" w14:textId="0A4D165B" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
           <w:p w14:paraId="2BEE872C" w14:textId="77777777" w:rsidR="00204522" w:rsidRDefault="00204522" w:rsidP="009F3DC3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78C45C60" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21898" w14:paraId="2759EA69" w14:textId="77777777" w:rsidTr="00CE6444">
+      <w:tr w:rsidR="00A21898" w14:paraId="2759EA69" w14:textId="77777777" w:rsidTr="006B60CE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6750" w:type="dxa"/>
+            <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73963AF5" w14:textId="3F28B64F" w:rsidR="00A21898" w:rsidRPr="00AB129C" w:rsidRDefault="00A21898" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB129C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Working relationships across the </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AB129C">
+              <w:t>Working relationships across the Library</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB413F" w:rsidRPr="00AB129C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Library</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00FB413F" w:rsidRPr="00AB129C">
+              <w:t xml:space="preserve"> – Deepening Understanding of our </w:t>
+            </w:r>
+            <w:r w:rsidR="00137B8E" w:rsidRPr="00AB129C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Deepening Understanding of our </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32E18913" w14:textId="58ED4B99" w:rsidR="00623724" w:rsidRPr="00D74F8F" w:rsidRDefault="00623724" w:rsidP="009F3DC3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Suggested colleagues to meet or details of arranged meetings will be included here</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63413EC3" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="00E67A73"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11C8ABF1" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
           <w:p w14:paraId="6EC4F562" w14:textId="77777777" w:rsidR="003C3E32" w:rsidRDefault="003C3E32" w:rsidP="009F3DC3"/>
-          <w:sdt>
-[...23 lines deleted...]
-            <w:tcW w:w="1053" w:type="dxa"/>
+          <w:p w14:paraId="5911AC9C" w14:textId="3AEB51A3" w:rsidR="003C3E32" w:rsidRDefault="003C3E32" w:rsidP="009F3DC3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1617BA7C" w14:textId="77777777" w:rsidR="00A21898" w:rsidRDefault="00A21898" w:rsidP="009F3DC3"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="08C9AF0F" w14:textId="1CCEA43F" w:rsidR="003C3E32" w:rsidRDefault="003C3E32" w:rsidP="5650EFF2"/>
     <w:p w14:paraId="3E7FC6E6" w14:textId="77777777" w:rsidR="003C3E32" w:rsidRDefault="003C3E32">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5B9F1B" w14:textId="62E5FB14" w:rsidR="1FFB2CB9" w:rsidRDefault="5650EFF2" w:rsidP="63EF58A5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Induction_schedule"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="5" w:name="_Induction_schedule"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Induction schedule</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0522069D" w14:textId="6B2D7C39" w:rsidR="003C4B2B" w:rsidRPr="00D74F8F" w:rsidRDefault="003C4B2B" w:rsidP="003C4B2B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">[Your line manager will prepare this and share </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
@@ -4415,54 +3364,54 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>This section of the toolkit will detail the plan for your first days and weeks in post – meetings, training, activities and work you will undertake.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="735E48EE" w14:textId="033AF984" w:rsidR="0017304E" w:rsidRPr="00D74F8F" w:rsidRDefault="003C4B2B" w:rsidP="005C4DC2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>You can add to this schedule if you arrange meetings with colleagues, or book in training, etc.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Template:_induction_schedule"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:id="6" w:name="_Template:_induction_schedule"/>
+      <w:bookmarkStart w:id="7" w:name="_Example/template:_induction_schedul"/>
       <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00A60FD7" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and /or transfer to our Outlook calendar once access is set up.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA53E4B" w14:textId="77777777" w:rsidR="00C711F1" w:rsidRDefault="00C711F1" w:rsidP="00C711F1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">EG Weekly Schedule </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700FE241" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
       <w:pPr>
@@ -4775,77 +3724,75 @@
           </w:tcPr>
           <w:p w14:paraId="0366DD49" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C43E56E" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Enter times and Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73C5715E" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Enter times and Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
@@ -4902,94 +3849,91 @@
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Enter times and Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00114C83" w:rsidRPr="00114C83" w14:paraId="131EB01F" w14:textId="77777777" w:rsidTr="00114C83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5298D762" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C8BB00E" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>LUNCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25EDE0AE" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>LUNCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
@@ -5077,75 +4021,73 @@
           </w:tcPr>
           <w:p w14:paraId="1B573F39" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D213CC1" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Enter times and Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F24AA27" w14:textId="77777777" w:rsidR="00114C83" w:rsidRPr="00114C83" w:rsidRDefault="00114C83" w:rsidP="00114C83">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00114C83">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Enter times and Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
@@ -5484,56 +4426,56 @@
     </w:tbl>
     <w:p w14:paraId="72B235A6" w14:textId="77777777" w:rsidR="00C711F1" w:rsidRDefault="00C711F1" w:rsidP="00C711F1"/>
     <w:p w14:paraId="4A3DAF8A" w14:textId="273044C1" w:rsidR="003C3E32" w:rsidRDefault="003C3E32">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AED00B8" w14:textId="5346CD65" w:rsidR="00FE51ED" w:rsidRDefault="00FE51ED" w:rsidP="003C3E32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Induction_checklist_1"/>
+      <w:bookmarkStart w:id="8" w:name="_Induction_checklist_1"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Induction checklist</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="5E4284E4" w14:textId="2A18A033" w:rsidR="003C4B2B" w:rsidRPr="00D74F8F" w:rsidRDefault="2178C3AB" w:rsidP="003C4B2B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This section </w:t>
       </w:r>
       <w:r w:rsidR="63A93FAB" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>provides a reminder of</w:t>
       </w:r>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -5765,133 +4707,133 @@
     </w:p>
     <w:p w14:paraId="236669BC" w14:textId="098987CE" w:rsidR="003C4B2B" w:rsidRDefault="0026212E" w:rsidP="003C4B2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inform your line manager of any outstanding items for further support</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D693918" w14:textId="772B2D98" w:rsidR="001175E2" w:rsidRPr="001175E2" w:rsidRDefault="3BEE542D" w:rsidP="001175E2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Part_1:_central"/>
+      <w:bookmarkStart w:id="9" w:name="_Part_1:_central"/>
       <w:r>
         <w:t>Part 1: central University of Manchester induction checklist</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="001175E2">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE658B5" w14:textId="350C7383" w:rsidR="09ED7901" w:rsidRPr="00D74F8F" w:rsidRDefault="09ED7901" w:rsidP="11F6D72F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please download v</w:t>
       </w:r>
       <w:r w:rsidR="3BEE542D" w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ia </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
+      <w:hyperlink r:id="rId29">
         <w:r w:rsidR="3BEE542D" w:rsidRPr="00D74F8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://documents.manchester.ac.uk/DocuInfo.aspx?DocID=10318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="72522D09" w14:textId="69FC319B" w:rsidR="5E0DEFBC" w:rsidRPr="00D74F8F" w:rsidRDefault="5E0DEFBC" w:rsidP="11F6D72F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note: the central UoM induction checklist includes the prompt for a tour of buildings and facilities. This document can be used as needed to support this: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId30">
         <w:r w:rsidRPr="00D74F8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Main Library Tour</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="01514931" w14:textId="3AEF501F" w:rsidR="74EECD74" w:rsidRDefault="74EECD74" w:rsidP="11F6D72F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Part_2:_Library-specific"/>
+      <w:bookmarkStart w:id="10" w:name="_Part_2:_Library-specific"/>
       <w:r>
         <w:t>Part 2: Library-specific induction checklist</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="10F6ABD0" w14:textId="71B5C835" w:rsidR="11F6D72F" w:rsidRDefault="11F6D72F" w:rsidP="11F6D72F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7933"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE51ED" w14:paraId="085066D9" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
@@ -5951,90 +4893,81 @@
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I am aware of the other teams in my Directorate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-512922300"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="28284816" w14:textId="57A98B65" w:rsidR="002D3913" w:rsidRDefault="006B4597" w:rsidP="002D3913">
+              <w:p w14:paraId="28284816" w14:textId="1BC2404C" w:rsidR="002D3913" w:rsidRDefault="00DC0A2E" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="344A2B1A" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E03C795" w14:textId="6FA69105" w:rsidR="002D3913" w:rsidRPr="00D74F8F" w:rsidRDefault="4A3CF54E" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">I am aware of other key teams across the </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>I am aware of other key teams across the Library</w:t>
+            </w:r>
             <w:r w:rsidR="775704C9" w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, including Library Exec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="426548503"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="020C7DFE" w14:textId="7179E8C9" w:rsidR="002D3913" w:rsidRDefault="006B4597" w:rsidP="002D3913">
@@ -6047,67 +4980,51 @@
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="65907562" w14:paraId="0E808A4B" w14:textId="77777777" w:rsidTr="006B4597">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="211C5446" w14:textId="11398704" w:rsidR="5F8EF4CF" w:rsidRPr="00D74F8F" w:rsidRDefault="5F8EF4CF" w:rsidP="65907562">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">My manager and I have discussed options </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> to know colleagues across the wider Library and ways to build relationships</w:t>
+              <w:t>My manager and I have discussed options for getting to know colleagues across the wider Library and ways to build relationships</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-773483272"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="21D5F205" w14:textId="1DB17DA6" w:rsidR="65907562" w:rsidRDefault="006B4597" w:rsidP="65907562">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6174,51 +5091,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have received and discussed my induction plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-563028166"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="52B52B56" w14:textId="10F78A06" w:rsidR="002D3913" w:rsidRDefault="006B4597" w:rsidP="002D3913">
+              <w:p w14:paraId="52B52B56" w14:textId="63B02B66" w:rsidR="002D3913" w:rsidRDefault="00DC0A2E" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="621283D5" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FE30532" w14:textId="7C516C9F" w:rsidR="002D3913" w:rsidRPr="00D74F8F" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74F8F">
               <w:rPr>
@@ -6340,231 +5257,274 @@
               <w:t>(For colleagues who will spend any time working remotely)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="263FC452" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have read the University’s Homeworking Guidance</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="786145E1" w14:textId="668653C6" w:rsidR="009629A4" w:rsidRPr="006B4597" w:rsidRDefault="00E57E2A" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidRPr="006B4597">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://www.healthandsafety.manchester.ac.uk/toolkits/work_off_campus/home_working</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0426E538" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6334479E" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
+          <w:p w14:paraId="486CFD17" w14:textId="27B33139" w:rsidR="007F788B" w:rsidRDefault="002D3913" w:rsidP="002D3913">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F788B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I have completed the DSE (display screen equipment) self-assessment survey for my home workstation</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1215" w:rsidRPr="007F788B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidR="004A1215" w:rsidRPr="007F788B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>University of Manchester Library DSE</w:t>
+              </w:r>
+              <w:r w:rsidR="004A1215" w:rsidRPr="007F788B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="004A1215" w:rsidRPr="007F788B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="007F788B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B1576" w:rsidRPr="005B1576">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(MS Form)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DEC2581" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4767B475" w14:textId="1A99D0BA" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>I have completed the DSE (display screen equipment) self-assessment survey for my home workstation</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">I have read the Library’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00036ADD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DSE assessment </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4F73">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">guidance </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11ABED66" w14:textId="208D8E0D" w:rsidR="002D3913" w:rsidRPr="00073B09" w:rsidRDefault="002D3913" w:rsidP="002D3913">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://manchester.onlinesurveys.ac.uk/umldse</w:t>
+                <w:t xml:space="preserve">Link </w:t>
               </w:r>
-            </w:hyperlink>
-[...46 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Link to Library </w:t>
+                <w:t>t</w:t>
+              </w:r>
+              <w:r w:rsidRPr="000A4F73">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve">o Library </w:t>
               </w:r>
               <w:r w:rsidR="00B83FA5" w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ways </w:t>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">of </w:t>
+                <w:t xml:space="preserve">Ways of </w:t>
               </w:r>
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Working</w:t>
-[...8 lines deleted...]
-                <w:t xml:space="preserve"> Teams message</w:t>
+                <w:t xml:space="preserve"> Working Teams message</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006E1594" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> via Library All Staff Teams area</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00036ADD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="006E1594" w:rsidRPr="000A4F73">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>via Library All Staff Teams area</w:t>
+            </w:r>
+            <w:r w:rsidR="00036ADD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08A1167C" w14:textId="77777777" w:rsidR="002D3913" w:rsidRDefault="002D3913" w:rsidP="002D3913"/>
           <w:p w14:paraId="1C49BD76" w14:textId="77777777" w:rsidR="006B4597" w:rsidRDefault="006B4597" w:rsidP="002D3913"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-33435277"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="2C9E9592" w14:textId="4F8B2884" w:rsidR="006B4597" w:rsidRDefault="006B4597" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6231C358" w14:textId="77777777" w:rsidR="006B4597" w:rsidRDefault="006B4597" w:rsidP="002D3913"/>
-          <w:p w14:paraId="27C04BAE" w14:textId="77777777" w:rsidR="006B4597" w:rsidRDefault="006B4597" w:rsidP="002D3913"/>
-          <w:p w14:paraId="5C9BFB5E" w14:textId="77777777" w:rsidR="006B4597" w:rsidRDefault="006B4597" w:rsidP="002D3913"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1970817646"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="17146365" w14:textId="01768D56" w:rsidR="006B4597" w:rsidRDefault="006B4597" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="21E11BB4" w14:textId="77777777" w:rsidR="006B4597" w:rsidRDefault="006B4597" w:rsidP="002D3913"/>
           <w:p w14:paraId="357C5028" w14:textId="77777777" w:rsidR="006B4597" w:rsidRDefault="006B4597" w:rsidP="002D3913"/>
           <w:sdt>
             <w:sdtPr>
@@ -6607,51 +5567,51 @@
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(for colleagues who spend time on-campus)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0032181A" w14:textId="4CE25056" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have completed my workstation assessment</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D88BD47" w14:textId="01AB5C45" w:rsidR="002D3913" w:rsidRDefault="00830B03" w:rsidP="002D3913">
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Link to DSE</w:t>
               </w:r>
               <w:r w:rsidR="008930FC" w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> assessment survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="054DD103" w14:textId="77777777" w:rsidR="002D3913" w:rsidRDefault="002D3913" w:rsidP="002D3913"/>
           <w:sdt>
@@ -6725,104 +5685,104 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40DC7475" w14:textId="36C49889" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have been made aware of accessibility support and tools which are available to all staff, and relevant staff networks.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55991F42" w14:textId="74DAEFF2" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="0FF1F894" w:rsidP="76D76624">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId36">
+            <w:hyperlink r:id="rId35">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/disabled-staff-support</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5E518D40" w14:textId="1540E45E" w:rsidR="78D4BB12" w:rsidRPr="000A4F73" w:rsidRDefault="78D4BB12">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId37">
+            <w:hyperlink r:id="rId36">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/equality-and-diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="35FA4704" w14:textId="798F4E9A" w:rsidR="68BAE4F1" w:rsidRPr="000A4F73" w:rsidRDefault="68BAE4F1" w:rsidP="68BAE4F1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2A293F72" w14:textId="22556319" w:rsidR="58272DAB" w:rsidRPr="000A4F73" w:rsidRDefault="58272DAB" w:rsidP="68BAE4F1">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I have read and understood, or clarified any unclear aspects of, the Library’s </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38">
+            <w:hyperlink r:id="rId37">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>EDI terminology and glossary guide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="6CAC5886" w14:textId="3B6A6500" w:rsidR="003344AB" w:rsidRPr="000A4F73" w:rsidRDefault="003344AB" w:rsidP="0BC8B786">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50773E82" w14:textId="77777777" w:rsidR="002D3913" w:rsidRDefault="002D3913" w:rsidP="002D3913">
@@ -6904,116 +5864,109 @@
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="7C1F83FA" w14:textId="014665A3" w:rsidR="000A4291" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="70BDFFB3" w14:textId="77777777" w:rsidR="000A4291" w:rsidRDefault="000A4291" w:rsidP="002D3913"/>
           <w:p w14:paraId="2ACD08EA" w14:textId="0752C11D" w:rsidR="000A4291" w:rsidRDefault="000A4291" w:rsidP="002D3913"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001629BB" w14:paraId="2E3D52C1" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8C9D36" w14:textId="3ADE0ED6" w:rsidR="001629BB" w:rsidRPr="000A4F73" w:rsidRDefault="00E41093" w:rsidP="002D3913">
+          <w:p w14:paraId="4E8C9D36" w14:textId="790D65C4" w:rsidR="001629BB" w:rsidRPr="000A4F73" w:rsidRDefault="00E41093" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I </w:t>
             </w:r>
             <w:r w:rsidR="009F7AE9" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">have been made aware of the </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Library’s</w:t>
             </w:r>
             <w:r w:rsidR="00E47375" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Environmental Sustainability</w:t>
             </w:r>
             <w:r w:rsidR="009F7AE9" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Action Plan</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="000A4F73">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidR="00F96DBC" w:rsidRPr="00F96DBC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.staffnet.manchester.ac.uk/library/working-here/staff-groups/environmental-sustainability/</w:t>
+                <w:t>https://www.staffnet.manchester.ac.uk/library/working-here/librarywide-groups/environmental-sustainability</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="000A4F73">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="94449697"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="037803FA" w14:textId="5BD94396" w:rsidR="001629BB" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -7070,51 +6023,51 @@
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06B260AA" w14:textId="1BE836C5" w:rsidR="00E64476" w:rsidRPr="000A4F73" w:rsidRDefault="00E64476" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have read the University’s Welcome to the University Guide</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C782727" w14:textId="159393E1" w:rsidR="00BA2E3B" w:rsidRPr="000A4F73" w:rsidRDefault="00BA2E3B" w:rsidP="00BA2E3B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://rise.articulate.com/share/V-IKr-kvD4hmd2bkZfUhhivhbqOQD5e3#</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-308865472"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -7136,51 +6089,51 @@
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70856115" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I have read the University’s New Staff Induction Information </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="470D2646" w14:textId="15C7FA3E" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="003344AB" w:rsidP="00F76D7A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>http://documents.manchester.ac.uk/display.aspx?DocID=21130</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="654187390"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -7202,51 +6155,51 @@
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46864C9F" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have been informed of the University’s organisational structure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="293652AB" w14:textId="6795E886" w:rsidR="003344AB" w:rsidRPr="000A4F73" w:rsidRDefault="00D46F08" w:rsidP="00F76D7A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>http://www.staffnet.manchester.ac.uk/departments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1700774309"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -7290,94 +6243,94 @@
               <w:t xml:space="preserve"> have</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> read and understood the University</w:t>
             </w:r>
             <w:r w:rsidR="00DB90B9" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3999B0FD" w14:textId="0EF31EAA" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="4A3CF54E" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId43">
+            <w:hyperlink r:id="rId42">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Equality and Diversity Policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="19BC93BA" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (also covered in central University induction toolkit checklist)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="035BF5A2" w14:textId="77777777" w:rsidR="0044455D" w:rsidRPr="000A4F73" w:rsidRDefault="0044455D" w:rsidP="0044455D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId44">
+            <w:hyperlink r:id="rId43">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Dignity and Study at Work Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7EBCE424" w14:textId="6DF47CAB" w:rsidR="0044455D" w:rsidRPr="000A4F73" w:rsidRDefault="0044455D" w:rsidP="0044455D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId45">
+            <w:hyperlink r:id="rId44">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Report and Support</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> system for reporting harassment, discrimination or hate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66BF9E9B" w14:textId="77777777" w:rsidR="002D3913" w:rsidRDefault="002D3913" w:rsidP="002D3913"/>
           <w:sdt>
             <w:sdtPr>
@@ -7439,260 +6392,184 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="7690AE17" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23583A58" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">I have been made aware of </w:t>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>I have been made aware of Staffnet and eUpdate</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-935900963"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0AC30482" w14:textId="45E3DC8A" w:rsidR="002D3913" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="061E444D" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09804074" w14:textId="585BA536" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
+          <w:p w14:paraId="09804074" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">I have been made aware of the </w:t>
-[...24 lines deleted...]
-              <w:r w:rsidRPr="002A73EF">
+              <w:t>I have been made aware of the Staff Learning and Development webpages</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26671FD5" w14:textId="2DC0787E" w:rsidR="00D46F08" w:rsidRPr="000A4F73" w:rsidRDefault="00D46F08" w:rsidP="00CF3451">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.staffnet.manchester.ac.uk/talent-development/</w:t>
+                <w:t>https://www.staffnet.manchester.ac.uk/staff-learning-and-development</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1573237838"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5D3CF20A" w14:textId="42BD2741" w:rsidR="002D3913" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="1FA06CEB" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC32395" w14:textId="77777777" w:rsidR="00D46F08" w:rsidRDefault="002D3913" w:rsidP="0034756B">
+          <w:p w14:paraId="0A78C76E" w14:textId="507C0B64" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>I have been made aware of the</w:t>
-[...33 lines deleted...]
-              <w:r w:rsidRPr="002A73EF">
+              <w:t>I have been made aware of the Staff Learning and Development Toolkit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054428F5" w14:textId="260AED1C" w:rsidR="00D46F08" w:rsidRPr="000A4F73" w:rsidRDefault="00D46F08" w:rsidP="00CF3451">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:anchor="/manchester-tfl/s/76971cd5" w:history="1">
+              <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.staffnet.manchester.ac.uk/talent-development/learning-and-professional-development/digital/</w:t>
+                <w:t>https://app.goodpractice.net/#/manchester-tfl/s/76971cd5</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1196805441"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="22E3FE53" w14:textId="4C494E33" w:rsidR="002D3913" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -7705,51 +6582,51 @@
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="522EE935" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have been made aware of the online campus map</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CB568AC" w14:textId="152A1192" w:rsidR="00CF3451" w:rsidRPr="000A4F73" w:rsidRDefault="00CF3451" w:rsidP="00CF3451">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>http://www.manchester.ac.uk/discover/maps/interactive-map</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1115128544"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -7774,51 +6651,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="265489B4" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have been made aware of Sports and Wellbeing activities</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="729307DD" w14:textId="1B9E3C9A" w:rsidR="00920CCD" w:rsidRPr="000A4F73" w:rsidRDefault="00920CCD" w:rsidP="00920CCD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/wellbeing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="264278697"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -7879,77 +6756,61 @@
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="71039C5B" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BFFA17E" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">I have been informed of the </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> organisational structure</w:t>
+              <w:t>I have been informed of the Library organisational structure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08E333AC" w14:textId="36AB4E69" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="00920CCD" w:rsidP="00F76D7A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/library/people/#</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="002D3913" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-506973552"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -7968,77 +6829,61 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="4EC7692A" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32925149" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">I have read the </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> strategy</w:t>
+              <w:t>I have read the Library’s strategy</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32452BAC" w14:textId="04230BC9" w:rsidR="00920CCD" w:rsidRPr="000A4F73" w:rsidRDefault="00920CCD" w:rsidP="00F76D7A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.library.manchester.ac.uk/about/imagine-2030</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1311788448"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -8060,51 +6905,51 @@
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E13ECDD" w14:textId="77777777" w:rsidR="00476E1F" w:rsidRPr="000A4F73" w:rsidRDefault="00476E1F" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I have read the Library's Get Started information </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60FABD4A" w14:textId="5B37A398" w:rsidR="00920CCD" w:rsidRPr="000A4F73" w:rsidRDefault="00920CCD" w:rsidP="00F76D7A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.library.manchester.ac.uk/get-started</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1641768177"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -8154,109 +6999,76 @@
               </w:rPr>
               <w:t xml:space="preserve">, and my team’s </w:t>
             </w:r>
             <w:r w:rsidR="020E809F" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Working Together</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> charter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DFBF2F9" w14:textId="46EBF708" w:rsidR="4CE9CF2E" w:rsidRDefault="000A4291" w:rsidP="194B7A1E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="00080051">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/people-and-od/current-staff/leave-working-arrangements/hybrid-working</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="400F8647" w14:textId="688A994E" w:rsidR="4CE9CF2E" w:rsidRDefault="4CE9CF2E" w:rsidP="194B7A1E">
-[...14 lines deleted...]
-              <w:r w:rsidR="000A4291" w:rsidRPr="00080051">
+          <w:p w14:paraId="1A4EFFC6" w14:textId="44D4C2C3" w:rsidR="002D3913" w:rsidRPr="00531B40" w:rsidRDefault="00531B40" w:rsidP="194B7A1E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="00531B40">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://documents.manchester.ac.uk/display.aspx?DocID=62416</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve"> Working Together Charters</w:t>
+                <w:t>Working Together charters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48F99B5B" w14:textId="77777777" w:rsidR="002D3913" w:rsidRDefault="002D3913" w:rsidP="002D3913"/>
           <w:p w14:paraId="1BD39A64" w14:textId="77777777" w:rsidR="000A4291" w:rsidRDefault="000A4291" w:rsidP="002D3913"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-182674216"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0AE16CCB" w14:textId="3059B87B" w:rsidR="000A4291" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8265,131 +7077,95 @@
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1068001592"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6AFC97EC" w14:textId="6890A526" w:rsidR="000A4291" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:sdt>
-[...19 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="63B71822" w14:textId="28D69C7B" w:rsidR="000A4291" w:rsidRDefault="000A4291" w:rsidP="002D3913"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008152E7" w14:paraId="54E915C4" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FF43A7F" w14:textId="51C21D51" w:rsidR="008152E7" w:rsidRPr="000A4F73" w:rsidRDefault="008152E7" w:rsidP="008152E7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I </w:t>
             </w:r>
             <w:r w:rsidR="00235092" w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>am aware of the</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> intranet and how to access </w:t>
+              <w:t xml:space="preserve"> Library intranet and how to access </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="299C90C0" w14:textId="1774F900" w:rsidR="008152E7" w:rsidRPr="000A4F73" w:rsidRDefault="008152E7" w:rsidP="008152E7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/library</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="303904300"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -8437,231 +7213,147 @@
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="669E1807" w14:textId="095D636A" w:rsidR="00235092" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="258AB253" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA82CD2" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
+          <w:p w14:paraId="7CA82CD2" w14:textId="2CF22E75" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I know how to book a space to work on campus</w:t>
             </w:r>
+            <w:r w:rsidR="0038394D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and find door key pad codes</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="5ACC626F" w14:textId="7141D897" w:rsidR="00F76D7A" w:rsidRPr="000A4F73" w:rsidRDefault="00F76D7A" w:rsidP="00F76D7A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/library/resources/spaces/room-bookings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A5085E9" w14:textId="77777777" w:rsidR="002D3913" w:rsidRDefault="002D3913" w:rsidP="002D3913"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="206223304"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6DE92DB0" w14:textId="70A47424" w:rsidR="000A4291" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3913" w14:paraId="52666282" w14:textId="77777777" w:rsidTr="006B4597">
+      <w:tr w:rsidR="002D3913" w14:paraId="26FDE477" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E7D785" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
+          <w:p w14:paraId="3CDE02D9" w14:textId="77777777" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">I know where to find Library door </w:t>
-[...89 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>I have read the Health and Safety intranet page</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C200EB5" w14:textId="2AC267C0" w:rsidR="00F76D7A" w:rsidRPr="000A4F73" w:rsidRDefault="00F76D7A" w:rsidP="00F76D7A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/library/resources/incident-management/health-and-safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1879306316"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -8673,50 +7365,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="02716C0B" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76CF83AF" w14:textId="13F3D4E5" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>I have been shown where the fire exits are and understand the process to follow in the event of a fire alarm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1292718879"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="11FBC2EB" w14:textId="08C13DE4" w:rsidR="002D3913" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -8824,67 +7517,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002D3913" w14:paraId="5DCC1796" w14:textId="77777777" w:rsidTr="006B4597">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="562FEBFB" w14:textId="654E8327" w:rsidR="002D3913" w:rsidRPr="000A4F73" w:rsidRDefault="002D3913" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">I have been added to the </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> all staff mailing list</w:t>
+              <w:t>I have been added to the Library’s all staff mailing list</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1982153479"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="077CE78F" w14:textId="009FFC76" w:rsidR="002D3913" w:rsidRDefault="000A4291" w:rsidP="002D3913">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -9384,51 +8061,51 @@
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06D5C4EE" w14:textId="77777777" w:rsidR="00476E1F" w:rsidRPr="000A4F73" w:rsidRDefault="00476E1F" w:rsidP="002D3913">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I have been shown my team’s organisational structure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73BD22C6" w14:textId="4E86194F" w:rsidR="00F76D7A" w:rsidRPr="000A4F73" w:rsidRDefault="00F76D7A" w:rsidP="00F76D7A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="000A4F73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.staffnet.manchester.ac.uk/library/people/#</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1350912551"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
@@ -10018,77 +8695,51 @@
                               <w:t xml:space="preserve">My notes </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5BA6E69C" w14:textId="22F160D2" w:rsidR="00476E1F" w:rsidRPr="000A4291" w:rsidRDefault="00476E1F" w:rsidP="006D05CE">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000A4291">
                               <w:rPr>
                                 <w:rStyle w:val="normaltextrun"/>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:i/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">My </w:t>
-[...25 lines deleted...]
-                              <w:t xml:space="preserve"> questions I want to ask; or things I wish to find out more about</w:t>
+                              <w:t>My reflections; questions I want to ask; or things I wish to find out more about</w:t>
                             </w:r>
                             <w:r w:rsidRPr="000A4291">
                               <w:rPr>
                                 <w:rStyle w:val="eop"/>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:i/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0348ADAB" w14:textId="77777777" w:rsidR="00476E1F" w:rsidRDefault="00476E1F"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
@@ -10137,130 +8788,109 @@
                         <w:t xml:space="preserve">My notes </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5BA6E69C" w14:textId="22F160D2" w:rsidR="00476E1F" w:rsidRPr="000A4291" w:rsidRDefault="00476E1F" w:rsidP="006D05CE">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000A4291">
                         <w:rPr>
                           <w:rStyle w:val="normaltextrun"/>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:i/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">My </w:t>
-[...25 lines deleted...]
-                        <w:t xml:space="preserve"> questions I want to ask; or things I wish to find out more about</w:t>
+                        <w:t>My reflections; questions I want to ask; or things I wish to find out more about</w:t>
                       </w:r>
                       <w:r w:rsidRPr="000A4291">
                         <w:rPr>
                           <w:rStyle w:val="eop"/>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:i/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                         </w:rPr>
                         <w:t> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0348ADAB" w14:textId="77777777" w:rsidR="00476E1F" w:rsidRDefault="00476E1F"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="06EBAA1C" w14:textId="3CEC20DD" w:rsidR="00FE51ED" w:rsidRDefault="00FE51ED" w:rsidP="00FE51ED"/>
     <w:p w14:paraId="599A30BB" w14:textId="4CC3B974" w:rsidR="11F6D72F" w:rsidRDefault="11F6D72F" w:rsidP="11F6D72F"/>
     <w:p w14:paraId="7AA75254" w14:textId="3B3F1AE2" w:rsidR="11F6D72F" w:rsidRDefault="11F6D72F" w:rsidP="11F6D72F"/>
     <w:p w14:paraId="6A2AA940" w14:textId="4C64779D" w:rsidR="5D37445D" w:rsidRDefault="5D37445D" w:rsidP="5D37445D"/>
     <w:p w14:paraId="31D21F2D" w14:textId="4B7A9555" w:rsidR="5D37445D" w:rsidRDefault="5D37445D" w:rsidP="5D37445D"/>
     <w:p w14:paraId="4164992D" w14:textId="4B552CAE" w:rsidR="00B33B59" w:rsidRDefault="00B33B59"/>
     <w:p w14:paraId="1D9FE981" w14:textId="1ACDA89F" w:rsidR="00B33B59" w:rsidRDefault="00B33B59"/>
     <w:p w14:paraId="5ECA9C6C" w14:textId="1DDFD213" w:rsidR="00B33B59" w:rsidRDefault="00B33B59"/>
     <w:p w14:paraId="53D755C4" w14:textId="44BA5E96" w:rsidR="5D37445D" w:rsidRDefault="5D37445D" w:rsidP="5D37445D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0184836D" w14:textId="53B29B34" w:rsidR="0034756B" w:rsidRPr="0034756B" w:rsidRDefault="0034756B" w:rsidP="0034756B">
+    <w:p w14:paraId="28EA62DE" w14:textId="77777777" w:rsidR="00186371" w:rsidRPr="00186371" w:rsidRDefault="00186371" w:rsidP="00186371"/>
+    <w:p w14:paraId="19B5BC1B" w14:textId="77777777" w:rsidR="00186371" w:rsidRPr="00186371" w:rsidRDefault="00186371" w:rsidP="00186371"/>
+    <w:p w14:paraId="0CA4B9F4" w14:textId="267E7838" w:rsidR="00186371" w:rsidRPr="00186371" w:rsidRDefault="00186371" w:rsidP="00186371">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3435"/>
+          <w:tab w:val="left" w:pos="2530"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0034756B" w:rsidRPr="0034756B" w:rsidSect="000E2087">
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId63"/>
+    <w:sectPr w:rsidR="00186371" w:rsidRPr="00186371" w:rsidSect="000E2087">
+      <w:headerReference w:type="even" r:id="rId58"/>
+      <w:headerReference w:type="default" r:id="rId59"/>
+      <w:footerReference w:type="even" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId61"/>
+      <w:headerReference w:type="first" r:id="rId62"/>
+      <w:footerReference w:type="first" r:id="rId63"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1276" w:bottom="993" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6457B383" w14:textId="77777777" w:rsidR="00705FA6" w:rsidRDefault="00705FA6" w:rsidP="00123F51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5E707926" w14:textId="77777777" w:rsidR="00705FA6" w:rsidRDefault="00705FA6" w:rsidP="00123F51">
       <w:pPr>
@@ -10294,154 +8924,164 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="70778632" w14:textId="77777777" w:rsidR="00B40F8D" w:rsidRDefault="00B40F8D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1401249305"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="026BDB2C" w14:textId="1B814AC3" w:rsidR="00476E1F" w:rsidRDefault="2E2D556D" w:rsidP="11F6D72F">
+          <w:p w14:paraId="026BDB2C" w14:textId="4BE0AFE8" w:rsidR="00476E1F" w:rsidRDefault="2E2D556D" w:rsidP="11F6D72F">
             <w:r w:rsidRPr="2E2D556D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Template last checked and updated: </w:t>
             </w:r>
-            <w:r w:rsidR="0034756B">
+            <w:r w:rsidR="00186371">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>25/02/2025</w:t>
+              <w:t>17/11/</w:t>
             </w:r>
             <w:r w:rsidRPr="2E2D556D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Lucinda May</w:t>
+              <w:t>2025 Janette Watson / Lucinda May</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="2E2D556D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="11F6D72F" w:rsidRPr="2E2D556D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="11F6D72F" w:rsidRPr="2E2D556D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -10525,83 +9165,103 @@
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="11F6D72F" w:rsidRPr="2E2D556D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3D538D94" w14:textId="77777777" w:rsidR="00476E1F" w:rsidRDefault="00476E1F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="006EB644" w14:textId="77777777" w:rsidR="00B40F8D" w:rsidRDefault="00B40F8D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23508C54" w14:textId="77777777" w:rsidR="00705FA6" w:rsidRDefault="00705FA6" w:rsidP="00123F51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5EAEFAF2" w14:textId="77777777" w:rsidR="00705FA6" w:rsidRDefault="00705FA6" w:rsidP="00123F51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="54FE115C" w14:textId="77777777" w:rsidR="00705FA6" w:rsidRDefault="00705FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="695C8B3B" w14:textId="77777777" w:rsidR="00B40F8D" w:rsidRDefault="00B40F8D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="13260"/>
       <w:gridCol w:w="345"/>
       <w:gridCol w:w="345"/>
     </w:tblGrid>
     <w:tr w:rsidR="11F6D72F" w14:paraId="0A0E5D6F" w14:textId="77777777" w:rsidTr="11F6D72F">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="13260" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="41861E83" w14:textId="6A8D66B5" w:rsidR="11F6D72F" w:rsidRDefault="11F6D72F" w:rsidP="11F6D72F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -10620,51 +9280,51 @@
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="345" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="4E6BB963" w14:textId="33823B4C" w:rsidR="11F6D72F" w:rsidRDefault="11F6D72F" w:rsidP="11F6D72F">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3EC5D480" w14:textId="2866BB49" w:rsidR="11F6D72F" w:rsidRDefault="11F6D72F" w:rsidP="11F6D72F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3478B982" w14:textId="15CA10C0" w:rsidR="00C06AFE" w:rsidRPr="00D74F8F" w:rsidRDefault="00AA09CE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D74F8F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Any updates required contact Lucy May </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -10676,51 +9336,55 @@
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> / Janette Watson </w:t>
     </w:r>
     <w:hyperlink r:id="rId2">
       <w:r w:rsidRPr="00D74F8F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>janette.watson@manchester.ac.uk</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
-  <int2:observations/>
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_nfiNjSFw" int2:invalidationBookmarkName="" int2:hashCode="f9hcvnFXsXlRva" int2:id="exqdjZfQ">
+      <int2:state int2:value="Reviewed" int2:type="WordDesignerSuggestedImageAnnotation"/>
+    </int2:bookmark>
+  </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01B4AD96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="436E5FBC"/>
     <w:lvl w:ilvl="0" w:tplc="497220B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B978BC68">
       <w:start w:val="1"/>
@@ -10798,50 +9462,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A00C4D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08A005D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E84ADF64"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FC779E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FDA3574"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10910,51 +9687,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12455689"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DACF990"/>
     <w:lvl w:ilvl="0" w:tplc="C1100782">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5F108410">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11023,51 +9800,51 @@
     <w:lvl w:ilvl="7" w:tplc="86A29A6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5C6277EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="159E026B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CF20926"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -11112,51 +9889,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CF22337"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70CCBD24"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11225,51 +10002,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D421B16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C54C6F8"/>
     <w:lvl w:ilvl="0" w:tplc="C756C4AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="63681526">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11338,51 +10115,51 @@
     <w:lvl w:ilvl="7" w:tplc="64185D74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8BF266E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ED0465D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FFA247A"/>
     <w:lvl w:ilvl="0" w:tplc="B56CA736">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="45CAEB40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11451,51 +10228,51 @@
     <w:lvl w:ilvl="7" w:tplc="B76407B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="09206EF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="228F7D3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28D26D76"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -11540,51 +10317,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23F55960"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DCA4BFC"/>
     <w:lvl w:ilvl="0" w:tplc="8320F072">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E32A6FB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11653,164 +10430,277 @@
     <w:lvl w:ilvl="7" w:tplc="50A4316C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="46F82422">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="260BB761"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6430E15C"/>
+    <w:lvl w:ilvl="0" w:tplc="174653CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="80747214">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D7FA30F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AEA47D18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A6660E2C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="16EA7402">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="055C1A48">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E8E70E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CE589306">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27C64D83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9FC248BE"/>
-    <w:lvl w:ilvl="0" w:tplc="FAECD826">
+    <w:tmpl w:val="9C1A059E"/>
+    <w:lvl w:ilvl="0" w:tplc="D4A665BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DEEC9924">
+    <w:lvl w:ilvl="1" w:tplc="FC329108">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7BEC7BCA">
+    <w:lvl w:ilvl="2" w:tplc="461C1E80">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5538A362">
+    <w:lvl w:ilvl="3" w:tplc="6074D1F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6AF47DA2">
+    <w:lvl w:ilvl="4" w:tplc="4C142DF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3AA40948">
+    <w:lvl w:ilvl="5" w:tplc="DA7ED20C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82743056">
+    <w:lvl w:ilvl="6" w:tplc="AE0A5A96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B19AF2B0">
+    <w:lvl w:ilvl="7" w:tplc="842ADBC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="CC8EED6A">
+    <w:lvl w:ilvl="8" w:tplc="E0CEE066">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C433776"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="CFA4432E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A26EBCF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11879,51 +10769,51 @@
     <w:lvl w:ilvl="7" w:tplc="C3504D0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="07F804F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30C3621C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A31ABE74"/>
     <w:lvl w:ilvl="0" w:tplc="20BAEDAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F460D002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11992,51 +10882,51 @@
     <w:lvl w:ilvl="7" w:tplc="AEE4E1F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="73BED48C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="351A5E06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB121A04"/>
     <w:lvl w:ilvl="0" w:tplc="4E2EC7AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DD34D0B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12105,51 +10995,51 @@
     <w:lvl w:ilvl="7" w:tplc="1640F358">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0FD825F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3939649F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B7A306E"/>
     <w:lvl w:ilvl="0" w:tplc="52BEBFC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="15D4AE8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12218,51 +11108,164 @@
     <w:lvl w:ilvl="7" w:tplc="2BFCD4E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="767E3E34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C141881"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8132E394"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45FD32D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47BE9BAC"/>
     <w:lvl w:ilvl="0" w:tplc="9912D960">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E140CE10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12331,51 +11334,51 @@
     <w:lvl w:ilvl="7" w:tplc="3E92CDC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="24AE841C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A878BE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DADA8E70"/>
     <w:lvl w:ilvl="0" w:tplc="BDCE31F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2982A75E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12444,51 +11447,51 @@
     <w:lvl w:ilvl="7" w:tplc="F330424A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="60A40A88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55BF451D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D19E3BC0"/>
     <w:lvl w:ilvl="0" w:tplc="9FE47B8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -12556,51 +11559,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="560915CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A281B88"/>
     <w:lvl w:ilvl="0" w:tplc="BA82C4AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9A6CC300">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12669,51 +11672,51 @@
     <w:lvl w:ilvl="7" w:tplc="48DC9EF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7E32CD0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="567BF3AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A744F12"/>
     <w:lvl w:ilvl="0" w:tplc="DDF6B104">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="850236F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12782,51 +11785,51 @@
     <w:lvl w:ilvl="7" w:tplc="1F1E06C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9D44AF5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="570F1720"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C725BAC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12895,51 +11898,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A23E699"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F0E7EDE"/>
     <w:lvl w:ilvl="0" w:tplc="94D40184">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="616494B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13008,51 +12011,51 @@
     <w:lvl w:ilvl="7" w:tplc="D646D964">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9466947C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BBC285B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A80EC6CE"/>
     <w:lvl w:ilvl="0" w:tplc="52608BB0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="80908670">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13121,51 +12124,51 @@
     <w:lvl w:ilvl="7" w:tplc="39E6940A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CCDC94EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EA106CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="953E0FFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A5C05014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13234,51 +12237,164 @@
     <w:lvl w:ilvl="7" w:tplc="5EA2D28E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4558BDC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FC67125"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31586F6E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61AD3A66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1860852E"/>
     <w:lvl w:ilvl="0" w:tplc="978E9DF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9F64603A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13347,51 +12463,51 @@
     <w:lvl w:ilvl="7" w:tplc="89A614EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C62C243C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="686713E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B290C996"/>
     <w:lvl w:ilvl="0" w:tplc="104C9684">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E9503D92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13460,54 +12576,54 @@
     <w:lvl w:ilvl="7" w:tplc="AB8C8EDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B8B45486">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AA21E50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8F145D6E"/>
+    <w:tmpl w:val="4CA4A722"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -13573,51 +12689,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B461E2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91AAC4B6"/>
     <w:lvl w:ilvl="0" w:tplc="FCC4B000">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="675CC7C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13686,51 +12802,51 @@
     <w:lvl w:ilvl="7" w:tplc="8E9C5D9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F364F3D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74F81F79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="368ABEC0"/>
     <w:lvl w:ilvl="0" w:tplc="47143CBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -13798,51 +12914,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79D9DB21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B75A962A"/>
     <w:lvl w:ilvl="0" w:tplc="70BA24E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6F64C34C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13911,51 +13027,51 @@
     <w:lvl w:ilvl="7" w:tplc="1ECCEFB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04F8E9A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A876B88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C3A5FF2"/>
     <w:lvl w:ilvl="0" w:tplc="3F481E08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9D844EB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -14024,51 +13140,51 @@
     <w:lvl w:ilvl="7" w:tplc="112E9002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2908879C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EE66612"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="830AA7C0"/>
     <w:lvl w:ilvl="0" w:tplc="EE34C690">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1CBA78DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -14137,373 +13253,408 @@
     <w:lvl w:ilvl="7" w:tplc="F4667168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2F60C6B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="851842899">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="1" w16cid:durableId="1810050381">
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1110273669">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1525244586">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="116990757">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1228876607">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="116990757">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="1149663827">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="44910695">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1762599365">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="425924499">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="116795876">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1205018640">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1031145426">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="392430031">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1413087776">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="912736690">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1107655182">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="940332897">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="805583953">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1220626614">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="975179216">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1561476205">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="828325113">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="752901128">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="566692130">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1390151749">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="899247659">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1770156236">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="116795876">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="28" w16cid:durableId="914512809">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1205018640">
+  <w:num w:numId="29" w16cid:durableId="598106965">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2096971531">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1075316738">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1031145426">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="32" w16cid:durableId="145632203">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="392430031">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="33" w16cid:durableId="256983869">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1413087776">
-[...8 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="940332897">
+  <w:num w:numId="34" w16cid:durableId="190069402">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="805583953">
-[...32 lines deleted...]
-  <w:num w:numId="29" w16cid:durableId="598106965">
+  <w:num w:numId="35" w16cid:durableId="1350062011">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D7428"/>
     <w:rsid w:val="00014D95"/>
+    <w:rsid w:val="00036ADD"/>
     <w:rsid w:val="00052365"/>
     <w:rsid w:val="00061F14"/>
     <w:rsid w:val="00073B09"/>
     <w:rsid w:val="0007612F"/>
     <w:rsid w:val="00092F0C"/>
     <w:rsid w:val="000A18C1"/>
     <w:rsid w:val="000A4291"/>
     <w:rsid w:val="000A4F73"/>
     <w:rsid w:val="000A7915"/>
     <w:rsid w:val="000B1A3F"/>
     <w:rsid w:val="000B421C"/>
     <w:rsid w:val="000C4E27"/>
     <w:rsid w:val="000D11E3"/>
     <w:rsid w:val="000E2087"/>
     <w:rsid w:val="000E770C"/>
+    <w:rsid w:val="000F4DE9"/>
     <w:rsid w:val="000F59DC"/>
+    <w:rsid w:val="001076F0"/>
     <w:rsid w:val="001133CC"/>
     <w:rsid w:val="00113A1A"/>
     <w:rsid w:val="00114C83"/>
     <w:rsid w:val="001175E2"/>
+    <w:rsid w:val="00123819"/>
     <w:rsid w:val="00123F51"/>
     <w:rsid w:val="00137B8E"/>
     <w:rsid w:val="001629BB"/>
     <w:rsid w:val="0017304E"/>
     <w:rsid w:val="00183BD9"/>
+    <w:rsid w:val="00186371"/>
     <w:rsid w:val="001D7974"/>
+    <w:rsid w:val="001F7F0D"/>
     <w:rsid w:val="00204522"/>
     <w:rsid w:val="00206519"/>
     <w:rsid w:val="00214D8F"/>
     <w:rsid w:val="00216DCE"/>
     <w:rsid w:val="00216FED"/>
     <w:rsid w:val="00235092"/>
     <w:rsid w:val="00236975"/>
     <w:rsid w:val="00243898"/>
     <w:rsid w:val="00250034"/>
     <w:rsid w:val="00254235"/>
     <w:rsid w:val="0026212E"/>
     <w:rsid w:val="00285261"/>
     <w:rsid w:val="0029714C"/>
     <w:rsid w:val="002B4B4D"/>
     <w:rsid w:val="002D3913"/>
     <w:rsid w:val="002F53D9"/>
     <w:rsid w:val="00313D84"/>
     <w:rsid w:val="00316563"/>
     <w:rsid w:val="003232F0"/>
     <w:rsid w:val="003344AB"/>
-    <w:rsid w:val="0034756B"/>
     <w:rsid w:val="0036D1C2"/>
     <w:rsid w:val="00375054"/>
     <w:rsid w:val="00382685"/>
+    <w:rsid w:val="0038394D"/>
     <w:rsid w:val="003B7218"/>
     <w:rsid w:val="003C3E32"/>
     <w:rsid w:val="003C4B2B"/>
     <w:rsid w:val="003E0B4B"/>
     <w:rsid w:val="0044455D"/>
     <w:rsid w:val="004450D3"/>
     <w:rsid w:val="00455628"/>
-    <w:rsid w:val="00466AFB"/>
     <w:rsid w:val="00476E1F"/>
     <w:rsid w:val="00486C18"/>
+    <w:rsid w:val="004A1215"/>
     <w:rsid w:val="004A16DD"/>
     <w:rsid w:val="004D7428"/>
+    <w:rsid w:val="004F3EC7"/>
     <w:rsid w:val="004F6DFC"/>
     <w:rsid w:val="00513B33"/>
     <w:rsid w:val="00521243"/>
+    <w:rsid w:val="00524737"/>
+    <w:rsid w:val="00531B40"/>
     <w:rsid w:val="005408CA"/>
     <w:rsid w:val="00543114"/>
     <w:rsid w:val="0055649F"/>
     <w:rsid w:val="0056564B"/>
     <w:rsid w:val="00571A30"/>
     <w:rsid w:val="0059068C"/>
     <w:rsid w:val="00595CE0"/>
     <w:rsid w:val="005A61FF"/>
+    <w:rsid w:val="005B1576"/>
     <w:rsid w:val="005C4DC2"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="006444DB"/>
     <w:rsid w:val="00647DF4"/>
     <w:rsid w:val="006567B6"/>
     <w:rsid w:val="00664E4F"/>
     <w:rsid w:val="00671BC6"/>
     <w:rsid w:val="0067502C"/>
+    <w:rsid w:val="00684CEB"/>
     <w:rsid w:val="006853DB"/>
     <w:rsid w:val="006A0F89"/>
     <w:rsid w:val="006B4597"/>
+    <w:rsid w:val="006B60CE"/>
     <w:rsid w:val="006C7C31"/>
     <w:rsid w:val="006D05CE"/>
     <w:rsid w:val="006D6EDB"/>
     <w:rsid w:val="006E1594"/>
     <w:rsid w:val="006F4A87"/>
+    <w:rsid w:val="00702207"/>
     <w:rsid w:val="00705FA6"/>
     <w:rsid w:val="00726B67"/>
+    <w:rsid w:val="00735ACC"/>
     <w:rsid w:val="00742D5F"/>
     <w:rsid w:val="00766691"/>
     <w:rsid w:val="007810BD"/>
     <w:rsid w:val="00792F6D"/>
     <w:rsid w:val="007C4EAB"/>
+    <w:rsid w:val="007F788B"/>
     <w:rsid w:val="008152E7"/>
     <w:rsid w:val="00830B03"/>
     <w:rsid w:val="00836C5A"/>
     <w:rsid w:val="008378BC"/>
     <w:rsid w:val="00851871"/>
     <w:rsid w:val="00863F24"/>
     <w:rsid w:val="008642A8"/>
     <w:rsid w:val="008930FC"/>
     <w:rsid w:val="00896CBF"/>
     <w:rsid w:val="008A0449"/>
     <w:rsid w:val="008A4296"/>
     <w:rsid w:val="008D54E5"/>
+    <w:rsid w:val="008F37CE"/>
     <w:rsid w:val="00902340"/>
     <w:rsid w:val="009104EC"/>
     <w:rsid w:val="0091362F"/>
     <w:rsid w:val="00920CCD"/>
     <w:rsid w:val="00935411"/>
+    <w:rsid w:val="00940EDE"/>
     <w:rsid w:val="0094107D"/>
     <w:rsid w:val="0094548F"/>
     <w:rsid w:val="009625B3"/>
     <w:rsid w:val="009629A4"/>
     <w:rsid w:val="00965C57"/>
     <w:rsid w:val="00976E3E"/>
     <w:rsid w:val="00996A4D"/>
     <w:rsid w:val="009A419A"/>
     <w:rsid w:val="009A4956"/>
     <w:rsid w:val="009A5E78"/>
     <w:rsid w:val="009B0F65"/>
     <w:rsid w:val="009F7AE9"/>
     <w:rsid w:val="00A15A6E"/>
     <w:rsid w:val="00A21898"/>
+    <w:rsid w:val="00A238C3"/>
     <w:rsid w:val="00A25B17"/>
     <w:rsid w:val="00A60FD7"/>
     <w:rsid w:val="00A657FF"/>
     <w:rsid w:val="00AA09CE"/>
     <w:rsid w:val="00AA660E"/>
     <w:rsid w:val="00AB129C"/>
+    <w:rsid w:val="00AD3398"/>
     <w:rsid w:val="00AD36A0"/>
     <w:rsid w:val="00AD449A"/>
     <w:rsid w:val="00B2142C"/>
     <w:rsid w:val="00B33B59"/>
     <w:rsid w:val="00B40E92"/>
     <w:rsid w:val="00B40F8D"/>
     <w:rsid w:val="00B45011"/>
     <w:rsid w:val="00B57D5C"/>
     <w:rsid w:val="00B719C3"/>
     <w:rsid w:val="00B83FA5"/>
     <w:rsid w:val="00BA2E3B"/>
     <w:rsid w:val="00BA4F4F"/>
     <w:rsid w:val="00BB2436"/>
-    <w:rsid w:val="00BD2295"/>
     <w:rsid w:val="00BE6874"/>
     <w:rsid w:val="00BE73F8"/>
     <w:rsid w:val="00BE7C0D"/>
     <w:rsid w:val="00C00C4B"/>
     <w:rsid w:val="00C06AFE"/>
     <w:rsid w:val="00C120BE"/>
     <w:rsid w:val="00C22823"/>
     <w:rsid w:val="00C238DD"/>
     <w:rsid w:val="00C25059"/>
     <w:rsid w:val="00C53043"/>
     <w:rsid w:val="00C711F1"/>
     <w:rsid w:val="00C8273C"/>
     <w:rsid w:val="00C95434"/>
     <w:rsid w:val="00CE6444"/>
     <w:rsid w:val="00CF3451"/>
     <w:rsid w:val="00D0401D"/>
     <w:rsid w:val="00D154E6"/>
     <w:rsid w:val="00D3213E"/>
     <w:rsid w:val="00D46F08"/>
     <w:rsid w:val="00D71348"/>
     <w:rsid w:val="00D74F8F"/>
+    <w:rsid w:val="00D823D9"/>
     <w:rsid w:val="00D9310F"/>
     <w:rsid w:val="00DB90B9"/>
+    <w:rsid w:val="00DC0A2E"/>
     <w:rsid w:val="00DC14AA"/>
     <w:rsid w:val="00DC334B"/>
+    <w:rsid w:val="00DC479F"/>
     <w:rsid w:val="00DD402B"/>
     <w:rsid w:val="00DD6A26"/>
     <w:rsid w:val="00DE4330"/>
     <w:rsid w:val="00DE72D9"/>
     <w:rsid w:val="00DF4BE0"/>
     <w:rsid w:val="00E06FB6"/>
     <w:rsid w:val="00E21FCD"/>
     <w:rsid w:val="00E26615"/>
     <w:rsid w:val="00E36797"/>
     <w:rsid w:val="00E41093"/>
     <w:rsid w:val="00E47375"/>
     <w:rsid w:val="00E57E2A"/>
     <w:rsid w:val="00E64476"/>
+    <w:rsid w:val="00E64554"/>
     <w:rsid w:val="00E67A73"/>
     <w:rsid w:val="00E74EF4"/>
     <w:rsid w:val="00E810D9"/>
     <w:rsid w:val="00E84260"/>
+    <w:rsid w:val="00EA12A7"/>
     <w:rsid w:val="00EB0B7F"/>
     <w:rsid w:val="00ED51FF"/>
     <w:rsid w:val="00EE4EB0"/>
     <w:rsid w:val="00F523B2"/>
     <w:rsid w:val="00F710A8"/>
     <w:rsid w:val="00F7295A"/>
     <w:rsid w:val="00F76D7A"/>
     <w:rsid w:val="00F90E90"/>
+    <w:rsid w:val="00F96DBC"/>
     <w:rsid w:val="00F972B6"/>
     <w:rsid w:val="00FA15ED"/>
     <w:rsid w:val="00FB413F"/>
     <w:rsid w:val="00FD4BCB"/>
     <w:rsid w:val="00FE51ED"/>
     <w:rsid w:val="00FF1810"/>
     <w:rsid w:val="0202DFAD"/>
     <w:rsid w:val="020E809F"/>
     <w:rsid w:val="0322241B"/>
     <w:rsid w:val="036086E1"/>
     <w:rsid w:val="0384FA66"/>
     <w:rsid w:val="0402808C"/>
     <w:rsid w:val="064AF1E8"/>
     <w:rsid w:val="067E10CD"/>
     <w:rsid w:val="0734D816"/>
     <w:rsid w:val="07C90972"/>
     <w:rsid w:val="084FF4E9"/>
     <w:rsid w:val="089BC267"/>
     <w:rsid w:val="089C7ECA"/>
     <w:rsid w:val="0962A1B5"/>
     <w:rsid w:val="09ED7901"/>
     <w:rsid w:val="0A17A800"/>
     <w:rsid w:val="0A459DBA"/>
     <w:rsid w:val="0AED155A"/>
     <w:rsid w:val="0B6ED2F0"/>
@@ -15657,54 +14808,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1623488780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.manchester.ac.uk/webapps/blackboard/content/listContent.jsp?course_id=_70844_1&amp;content_id=_13548871_1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/staff-learning-and-development/learning-pathways/professional-and-technical-development/digital-skills/m365/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.library.manchester.ac.uk/get-started/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/staff-groups/environmental-sustainability/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/incident-management/health-and-safety/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/message/19:37f3d64182ba4f3cba14775b2488c669@thread.tacv2/1644939339421?tenantId=c152cb07-614e-4abb-818a-f035cfa91a77&amp;groupId=84639869-2453-4991-a453-1bef5cd2380b&amp;parentMessageId=1644939339421&amp;teamName=UOM-LIB-All-Library-Staff&amp;channelName=Ways%20of%20Working&amp;createdTime=1644939339421&amp;allowXTenantAccess=false" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staffnet.manchester.ac.uk/departments" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/talent-development/learning-and-professional-development/digital/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/people/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac-my.sharepoint.com/personal/lucinda_may_manchester_ac_uk/_layouts/15/onedrive.aspx?isAscending=false&amp;id=%2Fsites%2FUOM%2DLIB%2DAll%2DLibrary%2DStaff%2FShared%20Documents%2FWays%20of%20Working%2FWorking%20Together%20Charters&amp;listurl=https%3A%2F%2Flivemanchesterac%2Esharepoint%2Ecom%2Fsites%2FUOM%2DLIB%2DAll%2DLibrary%2DStaff%2FShared%20Documents&amp;viewid=bf3d81b4%2Dfea6%2D4ee9%2Db8e7%2Dafe02dab3867&amp;view=0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/governance/register-of-interests/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/staff-groups/staff-management-forum/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=10016&amp;parentId=183&amp;returnId=183&amp;returntxt=Return%20To%20Search&amp;returnQs=%3fterm%3dCampu%26org%3d0%26typeId%3d2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://documents.manchester.ac.uk/display.aspx?DocID=21130" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/display.aspx?DocID=62416" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/display.aspx?DocID=20638" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=7722&amp;parentId=4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthandsafety.manchester.ac.uk/toolkits/work_off_campus/home_working" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/equality-and-diversity" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rise.articulate.com/share/V-IKr-kvD4hmd2bkZfUhhivhbqOQD5e3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reportandsupport.manchester.ac.uk/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/current-staff/leave-working-arrangements/hybrid-working" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/spaces/room-bookings/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=9382&amp;parentId=183&amp;returnId=183&amp;returntxt=Return+To+Search&amp;returnQs=%3fterm%3dwidening%26org%3d0%26typeId%3d2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=4721&amp;parentId=4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=7097&amp;parentId=4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/disabled-staff-support/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/wellbeing" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/spaces/room-bookings" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/probation/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.manchester.ac.uk/training/profile.aspx?unitid=8575&amp;parentId=4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac-my.sharepoint.com/:w:/g/personal/paul_ralphs_manchester_ac_uk/ERL_DP16HCVJtlN-VaOJo_0BEZ_nOR30iiYSvVqhCeBWWA?e=PH3YbB" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/equality-and-diversity/policies-and-guidance/dignity-at-work-and-study/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.library.manchester.ac.uk/get-started" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/people/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdsunflower.com/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.manchester.ac.uk/webapps/blackboard/execute/courseMain?course_id=_64080_1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.training.itservices.manchester.ac.uk/staff/SLD/IntroductionToHigherEducation/content/index.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/DocuInfo.aspx?DocID=10318" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchester.onlinesurveys.ac.uk/nbt8hhwjkx-11" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://documents.manchester.ac.uk/DocuInfo.aspx?DocID=8361" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manchester.ac.uk/discover/maps/interactive-map" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.library.manchester.ac.uk/about/imagine-2030" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/talent-development/essentials" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/channel/19%3af6855e4029fa412fa3cd4acbe1f1f017%40thread.tacv2/M365%2520Digital%2520Champions?groupId=84639869-2453-4991-a453-1bef5cd2380b&amp;tenantId=c152cb07-614e-4abb-818a-f035cfa91a77" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac.sharepoint.com/sites/UOM-LIB-All-Library-Staff/Shared%20Documents/Equity,%20Diversity%20and%20Inclusion/EDI%20terminology%20and%20glossary%20guide.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchester.onlinesurveys.ac.uk/umldse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac.sharepoint.com/sites/UOM-LIB-All-Library-Staff/Shared%20Documents/Equity,%20Diversity%20and%20Inclusion/EDI%20terminology%20and%20glossary%20guide.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/talent-development/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/incident-management/health-and-safety" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.training.itservices.manchester.ac.uk/staff/SLD/IntroductionToHigherEducation/content/index.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/incident-management/health-and-safety/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchester.onlinesurveys.ac.uk/nbt8hhwjkx-11" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://documents.manchester.ac.uk/DocuInfo.aspx?DocID=8361" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manchester.ac.uk/discover/maps/interactive-map" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.library.manchester.ac.uk/about/imagine-2030" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/spaces/room-bookings" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/governance/register-of-interests/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/DocuInfo.aspx?DocID=10318" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/display.aspx?DocID=20638" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac.sharepoint.com/sites/UOM-LIB-All-Library-Staff/Shared%20Documents/Equity,%20Diversity%20and%20Inclusion/EDI%20terminology%20and%20glossary%20guide.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/WN4zResfrv" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac.sharepoint.com/sites/UOM-LIB-All-Library-Staff/Shared%20Documents/Equity,%20Diversity%20and%20Inclusion/EDI%20terminology%20and%20glossary%20guide.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://documents.manchester.ac.uk/display.aspx?DocID=21130" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/staff-learning-and-development" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac.sharepoint.com/:f:/r/sites/UOM-LIB-All-Library-Staff/Shared%20Documents/Spaces,%20Health%20and%20Safety%20Updates/Working%20Together%20Charters?csf=1&amp;web=1&amp;e=n5arJy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId66" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/people-organisational-development/pdr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mydevelopment.manchester.ac.uk/browse/edi/courses/hidden-disabilities-sunflower-scheme" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mydevelopment.manchester.ac.uk/browse/compliance-and-risk/programs/fire-marshall-training" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/people-organisational-development/pdr/prepare/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livemanchesterac-my.sharepoint.com/:w:/g/personal/paul_ralphs_manchester_ac_uk/ERL_DP16HCVJtlN-VaOJo_0BEZ_nOR30iiYSvVqhCeBWWA?e=PH3YbB" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/disabled-staff-support/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/equality-and-diversity/policies-and-guidance/dignity-at-work-and-study/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/wellbeing" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/resources/incident-management/health-and-safety" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.library.manchester.ac.uk/get-started" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/learning-and-development/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/channel/19%3af6855e4029fa412fa3cd4acbe1f1f017%40thread.tacv2/M365%2520Digital%2520Champions?groupId=84639869-2453-4991-a453-1bef5cd2380b&amp;tenantId=c152cb07-614e-4abb-818a-f035cfa91a77" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.library.manchester.ac.uk/get-started/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/message/19:37f3d64182ba4f3cba14775b2488c669@thread.tacv2/1644939339421?tenantId=c152cb07-614e-4abb-818a-f035cfa91a77&amp;groupId=84639869-2453-4991-a453-1bef5cd2380b&amp;parentMessageId=1644939339421&amp;teamName=UOM-LIB-All-Library-Staff&amp;channelName=Ways%20of%20Working&amp;createdTime=1644939339421&amp;allowXTenantAccess=false" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/librarywide-groups/environmental-sustainability/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.goodpractice.net/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/librarywide-groups/staff-management-forum/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staffnet.manchester.ac.uk/departments" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdsunflower.com/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mydevelopment.manchester.ac.uk/browse/compliance-and-risk/courses/principles-of-risk-assessments" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mydevelopment.manchester.ac.uk/browse/professional-development/courses/university-of-manchester-welcome-event" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/equality-and-diversity" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/people/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/people/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/probation/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthandsafety.manchester.ac.uk/toolkits/work_off_campus/home_working" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reportandsupport.manchester.ac.uk/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/current-staff/leave-working-arrangements/hybrid-working" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/library/working-here/learning-and-development/essential-training/mandatory-training/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/staff-learning-and-development/learning-pathways/professional-and-technical-development/digital-skills/m365/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rise.articulate.com/share/V-IKr-kvD4hmd2bkZfUhhivhbqOQD5e3" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janette.watson@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucinda.may@manchester.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -15949,85 +15100,77 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ea011688-37c1-403b-9886-5b65f9ebbdcc" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="847cf3f4-22d8-40ac-b91a-169dacbc5052">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="847cf3f4-22d8-40ac-b91a-169dacbc5052" xmlns:ns3="ea011688-37c1-403b-9886-5b65f9ebbdcc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="07be72453ec0b127475d6eeb375944f0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003B1B334DC5BC3949A696E48DDB657742" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6e94672a71f739f0c9d93d6de4a755f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="847cf3f4-22d8-40ac-b91a-169dacbc5052" xmlns:ns3="ea011688-37c1-403b-9886-5b65f9ebbdcc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ca955bf751fd1c6dd304e1c3ccc78695" ns2:_="" ns3:_="">
     <xsd:import namespace="847cf3f4-22d8-40ac-b91a-169dacbc5052"/>
     <xsd:import namespace="ea011688-37c1-403b-9886-5b65f9ebbdcc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="847cf3f4-22d8-40ac-b91a-169dacbc5052" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="10" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
@@ -16061,50 +15204,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6d63537c-d192-4dc4-bb87-a5632b1c7687" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ea011688-37c1-403b-9886-5b65f9ebbdcc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -16206,108 +15354,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{862242BD-8A89-4F37-A2FF-972FC97B483B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="ea011688-37c1-403b-9886-5b65f9ebbdcc"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="ea011688-37c1-403b-9886-5b65f9ebbdcc"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="847cf3f4-22d8-40ac-b91a-169dacbc5052"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE87349-8607-4AC3-B5D5-13697BC011A9}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{064557EE-0167-4A84-90C4-DF0DEB10C8BC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>17664</Characters>
+  <Pages>7</Pages>
+  <Words>2897</Words>
+  <Characters>16514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>University of Manchester</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20721</CharactersWithSpaces>
+  <CharactersWithSpaces>19373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lucinda May</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003B1B334DC5BC3949A696E48DDB657742</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>