--- v0 (2025-11-28)
+++ v1 (2026-01-16)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29609"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mdxasms6\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://livemanchesterac.sharepoint.com/sites/UOM-FIN-ResearchFinance-LeadershipTeam/Shared Documents/General/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{77EF8187-FEC3-449B-8AB6-CCA776714976}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9A841A3A-7108-4EFE-96B9-F22779A5ABB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="1455" windowWidth="29040" windowHeight="15720" xr2:uid="{DF1EE6E4-4D17-47D9-BAD8-61C0CFED786D}"/>
   </bookViews>
   <sheets>
     <sheet name="Link" sheetId="15" r:id="rId1"/>
     <sheet name="Faculty of Humanities" sheetId="6" r:id="rId2"/>
     <sheet name="Faculty of Science and Engineer" sheetId="13" r:id="rId3"/>
     <sheet name="Faculty of Biology, Medicine &amp; " sheetId="14" r:id="rId4"/>
     <sheet name="CRUK MI" sheetId="7" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -71,50 +71,53 @@
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B1" i="7" l="1"/>
   <c r="B1" i="14"/>
   <c r="B1" i="13"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="130">
   <si>
     <t>Research Finance - Contacts &amp; Escalation</t>
   </si>
   <si>
     <t>For the Faculty of Humanities click here</t>
   </si>
   <si>
     <t>For the Faculty of Science &amp; Enginnering click here</t>
   </si>
   <si>
     <t>For the Faculty of Biology, Medicine and Health click here</t>
   </si>
   <si>
     <t>For CRUK-MI click here</t>
+  </si>
+  <si>
+    <t>Updated - Dec 25</t>
   </si>
   <si>
     <t>Faculty of Humanities</t>
   </si>
   <si>
     <t>First Point Of Contact - Senior Research Finance Officer</t>
   </si>
   <si>
     <t>Contact eMail</t>
   </si>
   <si>
     <t>humanitiesresearchfinance@manchester.ac.uk</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">In all correspondence to this mailbox can we please ask you to </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -163,81 +166,105 @@
         <scheme val="minor"/>
       </rPr>
       <t>replying to your enquiry within 3 working days</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">. </t>
     </r>
   </si>
   <si>
     <t>School</t>
   </si>
   <si>
     <t>Main Contact</t>
   </si>
   <si>
     <t>Arts, Language and Cultures</t>
   </si>
   <si>
+    <t>Catherine Briggs</t>
+  </si>
+  <si>
     <t>Alliance Manchester Business School</t>
   </si>
   <si>
     <t>Environment, Education and Development</t>
   </si>
   <si>
     <t>Samuel Kadyakale</t>
   </si>
   <si>
     <t>Social Sciences</t>
   </si>
   <si>
     <t>First Point Of Escalation - Research Finance Manager</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
-    <t>Hayley Roberts</t>
-[...2 lines deleted...]
-    <t>hayley.roberts@manchester.ac.uk</t>
+    <t>Vicky Collis</t>
+  </si>
+  <si>
+    <t>victoria.collis@manchester.ac.uk</t>
   </si>
   <si>
     <t>Second Point Of Escalation - Senior Research Finance Manager</t>
   </si>
   <si>
+    <t>Tom Green</t>
+  </si>
+  <si>
+    <t>thomas.green-2@manchester.ac.uk</t>
+  </si>
+  <si>
+    <t>Third Point Of Escalation - Director of Research Finance</t>
+  </si>
+  <si>
     <t>Petri Uola</t>
   </si>
   <si>
     <t>petri.uola@manchester.ac.uk</t>
+  </si>
+  <si>
+    <t>Fourth Point Of Escalation - Deputy Chief Financial Officer</t>
+  </si>
+  <si>
+    <t>George Whalley</t>
+  </si>
+  <si>
+    <t>george.whalley@manchester.ac.uk</t>
+  </si>
+  <si>
+    <t>Fifth Point Of Escalation - Chief Financial Officer</t>
   </si>
   <si>
     <t>Carol Prokopyszyn</t>
   </si>
   <si>
     <t>carol.prokopyszyn@manchester.ac.uk</t>
   </si>
   <si>
     <t>Faculty of Science and Engineering</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">In all correspondence to shared mailbox can we please ask you to </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>quote the R code your email relates to in the Subject field and address the email to the Main Contact</t>
     </r>
@@ -286,99 +313,129 @@
   <si>
     <t>Yusuf Kothia</t>
   </si>
   <si>
     <t>SoEresearchfinance@manchester.ac.uk</t>
   </si>
   <si>
     <t>Mark Booth</t>
   </si>
   <si>
     <t>mark.booth-3@manchester.ac.uk</t>
   </si>
   <si>
     <t>Jamie Flood</t>
   </si>
   <si>
     <t>jamie.flood@manchester.ac.uk</t>
   </si>
   <si>
     <t>Chemical Engineering</t>
   </si>
   <si>
     <t>Electrical and Electronic Engineering</t>
   </si>
   <si>
+    <t>Ruqaiyah Pandor</t>
+  </si>
+  <si>
     <t>Mechanical, Aerospace and Civil Engineering</t>
   </si>
   <si>
     <t>Jade Barrett</t>
   </si>
   <si>
+    <t>TIC &amp; CDI</t>
+  </si>
+  <si>
+    <t>Rob Sugg</t>
+  </si>
+  <si>
     <t>Natural Sciences</t>
   </si>
   <si>
+    <t>Royce</t>
+  </si>
+  <si>
+    <t>Charlie Prosser</t>
+  </si>
+  <si>
+    <t>SoNSresearchfinance@manchester.ac.uk</t>
+  </si>
+  <si>
+    <t>Helen Taylor</t>
+  </si>
+  <si>
+    <t>helen.m.taylor@manchester.ac.uk</t>
+  </si>
+  <si>
+    <t>National Graphene Institute (NGI)</t>
+  </si>
+  <si>
+    <t>Edith Toth</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>Farhana Haque</t>
+  </si>
+  <si>
+    <t>Physics &amp; Astronomy</t>
+  </si>
+  <si>
+    <t>Jade Malkin</t>
+  </si>
+  <si>
     <t>Chemistry</t>
   </si>
   <si>
-    <t>Manny Singh</t>
-[...8 lines deleted...]
-    <t>helen.m.taylor@manchester.ac.uk</t>
+    <t>Diti Kumar</t>
+  </si>
+  <si>
+    <t>Yusuf Iqbal</t>
+  </si>
+  <si>
+    <t>yusuf.iqbal@manchester.ac.uk</t>
+  </si>
+  <si>
+    <t>Mathematics &amp; MIB (Chemistry)</t>
+  </si>
+  <si>
+    <t>Valasker MacSteel</t>
   </si>
   <si>
     <t>Earth and Environmental Sciences</t>
   </si>
   <si>
     <t>Junior Angel</t>
   </si>
   <si>
-    <t>Materials</t>
-[...17 lines deleted...]
-    <t>Mathematics &amp; MIB (Chemistry)</t>
+    <t>NCAS</t>
+  </si>
+  <si>
+    <t>Tom McCunnie</t>
   </si>
   <si>
     <t>Faculty of Biology, Medicine and Health</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">In all correspondence to shared mailbox can we please ask you to </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>quote the R code your email relates to in the Subject field and address the email to the Main Contact</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -397,123 +454,147 @@
         <scheme val="minor"/>
       </rPr>
       <t>replying to your enquiry within 3 working days</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">. </t>
     </r>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Biological Sciences</t>
   </si>
   <si>
     <t>Cell Matrix Biology and Regenerative Medicine</t>
   </si>
   <si>
+    <t>Sarah Woodward</t>
+  </si>
+  <si>
     <t>bmh-researchfinance@manchester.ac.uk</t>
   </si>
   <si>
     <t>Jacky McLeod</t>
   </si>
   <si>
     <t>jacky.mcleod@manchester.ac.uk</t>
   </si>
   <si>
     <t>Malcolm Spencer</t>
   </si>
   <si>
     <t>malcolm.spencer@manchester.ac.uk</t>
   </si>
   <si>
     <t>Evolution, Infection and Genomics</t>
   </si>
   <si>
     <t>Immunology, Immunity to Infection and Respiratory Medicine</t>
   </si>
   <si>
-    <t>Yusuf Iqbal</t>
+    <t>Sharon Roberts</t>
   </si>
   <si>
     <t>Molecular and Cellular Function</t>
   </si>
   <si>
+    <t>Francisco Moreira</t>
+  </si>
+  <si>
     <t>Musculoskeletal and Dermatological Sciences</t>
   </si>
   <si>
     <t>Jason Hargreaves</t>
   </si>
   <si>
     <t>Neuroscience</t>
   </si>
   <si>
     <t>Health Sciences</t>
   </si>
   <si>
     <t>Psychology, Communication and Human Neuroscience</t>
   </si>
   <si>
     <t>Asif Iqbal</t>
   </si>
   <si>
     <t>asif.iqbal@manchester.ac.uk</t>
   </si>
   <si>
     <t>Pharmacy and Optometry</t>
   </si>
   <si>
+    <t>Joey Chiu</t>
+  </si>
+  <si>
     <t>Informatics, Imaging and Data Sciences</t>
   </si>
   <si>
+    <t>Muhammad Shoaib</t>
+  </si>
+  <si>
     <t>Population Health, Health Services Research and Primary Care</t>
   </si>
   <si>
     <t>Nursing, Midwifery and Social Work</t>
   </si>
   <si>
+    <t>Chidiebere Njoku</t>
+  </si>
+  <si>
     <t>Psychology and Mental Health</t>
   </si>
   <si>
     <t>Medical Sciences</t>
   </si>
   <si>
     <t>Cancer Sciences</t>
   </si>
   <si>
+    <t>Shehroz Azmat</t>
+  </si>
+  <si>
+    <t>Manny Singh</t>
+  </si>
+  <si>
+    <t>Manny.Singh@manchester.ac.uk</t>
+  </si>
+  <si>
     <t>Cardiovascular Sciences</t>
   </si>
   <si>
-    <t>Muhammad Shoaib</t>
+    <t>John Ehiguese</t>
   </si>
   <si>
     <t>Developmental Biology and Medicine</t>
   </si>
   <si>
     <t>Dentistry</t>
   </si>
   <si>
     <t>Diabetes, Endocrinology and Gastroenterology</t>
   </si>
   <si>
     <t>Medical Education (including CHSTM)</t>
   </si>
   <si>
     <t>Faculty</t>
   </si>
   <si>
     <t>Biology, Medicine and Health</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>CRUK MI</t>
   </si>
@@ -521,138 +602,57 @@
     <t xml:space="preserve">First Point Of Contact </t>
   </si>
   <si>
     <t>Muhammad Raja</t>
   </si>
   <si>
     <t>muhammad.raja@cruk.manchester.ac.uk</t>
   </si>
   <si>
     <t>First Point Of Escalation</t>
   </si>
   <si>
     <t>Denise Owen</t>
   </si>
   <si>
     <t>denise.owen@cruk.manchester.ac.uk</t>
   </si>
   <si>
     <t>Second Point Of Escalation</t>
   </si>
   <si>
     <t>Mike Berne</t>
   </si>
   <si>
     <t>mike.berne@cruk.manchester.ac.uk</t>
-  </si>
-[...79 lines deleted...]
-    <t>Francisco Moreira</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1291,51 +1291,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="25" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
@@ -1362,210 +1362,207 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="22" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="22" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="26" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="22" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="12" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="12" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="36" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...61 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="29" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="30" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="29" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="29" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1617,91 +1614,91 @@
         <a:xfrm>
           <a:off x="85725" y="28575"/>
           <a:ext cx="1962150" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1763,51 +1760,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1905,1691 +1902,1707 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomas.green-2@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carol.prokopyszyn@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petri.uola@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:george.whalley@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomas.green-2@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carol.prokopyszyn@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petri.uola@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:george.whalley@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victoria.collis@manchester.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petri.uola@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark.booth-3@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SoNSresearchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SoEresearchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SoNSresearchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carol.prokopyszyn@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:george.whalley@manchester.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asif.iqbal@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:desi.cain@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmh-researchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carol.prokopyszyn@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmh-researchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:george.whalley@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmh-researchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petri.uola@manchester.ac.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asif.iqbal@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manny.Singh@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:desi.cain@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmh-researchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carol.prokopyszyn@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmh-researchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:george.whalley@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacky.mcleod@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hayley.roberts@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmh-researchfinance@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petri.uola@manchester.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:muhammad.raja@cruk.manchester.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2416423B-5397-443A-A0A8-4EC791FED456}">
   <dimension ref="A1:E15"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C18" sqref="C18"/>
+      <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="5" max="5" width="53.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="1:5" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:5" ht="15.75" thickBot="1"/>
+    <row r="2" spans="1:5" ht="21.75" thickBot="1">
       <c r="E2" s="31" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" ht="23.25">
       <c r="A6" s="37" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="37"/>
       <c r="C6" s="37"/>
       <c r="D6" s="37"/>
       <c r="E6" s="37"/>
     </row>
-    <row r="9" spans="1:5" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5" ht="23.25">
       <c r="A9" s="38" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="38"/>
       <c r="C9" s="38"/>
       <c r="D9" s="38"/>
       <c r="E9" s="38"/>
     </row>
-    <row r="12" spans="1:5" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" ht="23.25">
       <c r="A12" s="39" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="39"/>
       <c r="C12" s="39"/>
       <c r="D12" s="39"/>
       <c r="E12" s="39"/>
     </row>
-    <row r="15" spans="1:5" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" ht="23.25">
       <c r="A15" s="40" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A15:E15"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" location="'Faculty of Humanities'!A1" display="For the Faculty of Humanities Click Here" xr:uid="{3F028B9D-170D-45FE-B674-C78BE3B45BAE}"/>
     <hyperlink ref="A9" location="'Faculty of Science and Engineer'!A1" display="For the Faculty of Science &amp; Enginnering Click Here" xr:uid="{F8F4FD84-2F39-4050-AA75-E7106B54A87E}"/>
     <hyperlink ref="A12" location="'Faculty of Biology, Medicine &amp; '!A1" display="For the Faculty of Biology, Medicine and Health Click Here" xr:uid="{9D6D32D2-DC7D-46E5-B7DC-5D5E3F9C9930}"/>
     <hyperlink ref="A15" location="'CRUK MI'!A1" display="For CRUK-MI Click Here" xr:uid="{7D738D36-5B53-4F89-ACE6-11BF87B04D04}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1EC4BEB4-DC3B-4740-8152-F4A96C619021}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:C34"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="E17" sqref="E17"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="39.85546875" customWidth="1"/>
     <col min="3" max="3" width="64.140625" customWidth="1"/>
     <col min="5" max="27" width="8.7109375"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:3">
       <c r="B1" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-    <row r="3" spans="2:3" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="3" spans="2:3" ht="21.75" thickBot="1">
       <c r="B3" s="43" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="44"/>
     </row>
-    <row r="4" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="5" spans="2:3" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="5" spans="2:3" ht="21.75" thickBot="1">
       <c r="B5" s="41" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C5" s="42"/>
     </row>
-    <row r="6" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="7" spans="2:3" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="7" spans="2:3" ht="19.5" thickBot="1">
       <c r="B7" s="45" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C7" s="46"/>
     </row>
-    <row r="8" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:3">
       <c r="B8" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C8" s="7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="2:3" ht="69.599999999999994" customHeight="1">
+      <c r="B9" s="47" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="47"/>
+    </row>
+    <row r="10" spans="2:3" ht="15.75">
+      <c r="B10" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="2:3">
+      <c r="B11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="2:3">
+      <c r="B12" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="13" spans="2:3">
+      <c r="B13" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="2:3">
+      <c r="B14" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="16" spans="2:3" ht="19.5" thickBot="1">
+      <c r="B16" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="46"/>
+    </row>
+    <row r="17" spans="2:3">
+      <c r="B17" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="2:3">
+      <c r="B18" s="1" t="s">
         <v>8</v>
       </c>
-    </row>
-[...64 lines deleted...]
-      </c>
       <c r="C18" s="2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="19" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="20" spans="2:3" ht="19.5" thickBot="1">
+      <c r="B20" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="46"/>
+    </row>
+    <row r="21" spans="2:3">
+      <c r="B21" s="5" t="s">
         <v>20</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      </c>
       <c r="C21" s="6" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:3" x14ac:dyDescent="0.25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="22" spans="2:3">
       <c r="B22" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="24" spans="2:3" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="23" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="24" spans="2:3" ht="19.5" thickBot="1">
       <c r="B24" s="45" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="C24" s="46"/>
     </row>
-    <row r="25" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:3">
       <c r="B25" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:3" x14ac:dyDescent="0.25">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="2:3">
       <c r="B26" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-    <row r="28" spans="2:3" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="27" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="28" spans="2:3" ht="19.5" thickBot="1">
       <c r="B28" s="45" t="s">
-        <v>104</v>
+        <v>29</v>
       </c>
       <c r="C28" s="46"/>
     </row>
-    <row r="29" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:3">
       <c r="B29" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="30" spans="2:3" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="30" spans="2:3">
       <c r="B30" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-    <row r="32" spans="2:3" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="31" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="32" spans="2:3" ht="19.5" thickBot="1">
       <c r="B32" s="45" t="s">
-        <v>107</v>
+        <v>32</v>
       </c>
       <c r="C32" s="46"/>
     </row>
-    <row r="33" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:3">
       <c r="B33" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:3" x14ac:dyDescent="0.25">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="34" spans="2:3">
       <c r="B34" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B32:C32"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="B28:C28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C26" r:id="rId1" xr:uid="{2CA5D13A-BB34-44DD-B0D3-08BD2452A424}"/>
     <hyperlink ref="C34" r:id="rId2" xr:uid="{D5AF5C3C-6F0B-414D-BE9C-0F773B0B72B1}"/>
     <hyperlink ref="C22" r:id="rId3" xr:uid="{E6B1C3F1-A488-4A1B-BDBB-36BB81C33BE9}"/>
     <hyperlink ref="C18" r:id="rId4" xr:uid="{ADC554BE-7CB6-4924-A701-2824A0B6B975}"/>
     <hyperlink ref="C30" r:id="rId5" xr:uid="{AB4C7CA4-9864-4227-B0E2-2F66BE77E7BC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="77" orientation="portrait" r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93A129E3-DE4D-455F-90BF-A61697419A55}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:O23"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D14" sqref="D14"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.28515625" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" customWidth="1"/>
     <col min="3" max="3" width="43.28515625" customWidth="1"/>
     <col min="4" max="4" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.42578125" customWidth="1"/>
     <col min="6" max="6" width="17" customWidth="1"/>
     <col min="7" max="7" width="31.28515625" customWidth="1"/>
     <col min="8" max="8" width="17" customWidth="1"/>
     <col min="9" max="9" width="27.28515625" customWidth="1"/>
     <col min="10" max="10" width="17" customWidth="1"/>
     <col min="11" max="11" width="27.85546875" customWidth="1"/>
     <col min="12" max="12" width="17" customWidth="1"/>
     <col min="13" max="13" width="29.5703125" customWidth="1"/>
     <col min="14" max="14" width="17" customWidth="1"/>
     <col min="15" max="15" width="34" bestFit="1" customWidth="1"/>
     <col min="16" max="26" width="8.7109375"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:15">
       <c r="B1" t="str">
         <f>'Faculty of Humanities'!B1</f>
-        <v>Updated - Sep 25</v>
-[...3 lines deleted...]
-    <row r="3" spans="2:15" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+        <v>Updated - Dec 25</v>
+      </c>
+    </row>
+    <row r="2" spans="2:15" ht="15.75" thickBot="1"/>
+    <row r="3" spans="2:15" ht="21.75" thickBot="1">
       <c r="B3" s="43" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="44"/>
     </row>
-    <row r="4" spans="2:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="5" spans="2:15" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="2:15" ht="15.75" thickBot="1"/>
+    <row r="5" spans="2:15" ht="21.75" thickBot="1">
       <c r="B5" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" s="42"/>
+    </row>
+    <row r="6" spans="2:15" ht="15.75" thickBot="1"/>
+    <row r="7" spans="2:15" ht="19.5" thickBot="1">
+      <c r="B7" s="63" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
+      <c r="E7" s="65"/>
+    </row>
+    <row r="8" spans="2:15" ht="41.1" customHeight="1">
+      <c r="B8" s="54" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="55"/>
+      <c r="D8" s="55"/>
+      <c r="E8" s="56"/>
+      <c r="F8" s="82" t="s">
+        <v>19</v>
+      </c>
+      <c r="G8" s="82"/>
+      <c r="H8" s="75" t="s">
+        <v>23</v>
+      </c>
+      <c r="I8" s="82"/>
+      <c r="J8" s="75" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="42"/>
-[...11 lines deleted...]
-      <c r="B8" s="69" t="s">
+      <c r="K8" s="82"/>
+      <c r="L8" s="75" t="s">
+        <v>29</v>
+      </c>
+      <c r="M8" s="82"/>
+      <c r="N8" s="75" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" s="76"/>
+    </row>
+    <row r="9" spans="2:15" ht="24" customHeight="1" thickBot="1">
+      <c r="B9" s="57"/>
+      <c r="C9" s="58"/>
+      <c r="D9" s="58"/>
+      <c r="E9" s="59"/>
+      <c r="F9" s="83"/>
+      <c r="G9" s="83"/>
+      <c r="H9" s="77"/>
+      <c r="I9" s="83"/>
+      <c r="J9" s="77"/>
+      <c r="K9" s="83"/>
+      <c r="L9" s="77"/>
+      <c r="M9" s="83"/>
+      <c r="N9" s="77"/>
+      <c r="O9" s="78"/>
+    </row>
+    <row r="10" spans="2:15" s="17" customFormat="1" ht="18.75">
+      <c r="B10" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="F10" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="I10" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="J10" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="L10" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="M10" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="N10" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="O10" s="21" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B11" s="79" t="s">
+        <v>38</v>
+      </c>
+      <c r="C11" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" s="60" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" s="68" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="71" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="I11" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="J11" s="48" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="70"/>
-[...43 lines deleted...]
-      <c r="C10" s="16" t="s">
+      <c r="K11" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="D10" s="16" t="s">
-[...40 lines deleted...]
-      <c r="C11" s="14" t="s">
+      <c r="L11" s="48" t="s">
         <v>30</v>
       </c>
-      <c r="D11" s="14" t="s">
+      <c r="M11" s="51" t="s">
         <v>31</v>
       </c>
-      <c r="E11" s="75" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="83" t="s">
+      <c r="N11" s="48" t="s">
         <v>33</v>
       </c>
-      <c r="G11" s="84" t="s">
+      <c r="O11" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="H11" s="55" t="s">
-[...25 lines deleted...]
-      <c r="B12" s="52"/>
+    </row>
+    <row r="12" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B12" s="79"/>
       <c r="C12" s="14" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D12" s="14" t="s">
-        <v>31</v>
-[...14 lines deleted...]
-      <c r="B13" s="52"/>
+        <v>40</v>
+      </c>
+      <c r="E12" s="60"/>
+      <c r="F12" s="69"/>
+      <c r="G12" s="72"/>
+      <c r="H12" s="49"/>
+      <c r="I12" s="52"/>
+      <c r="J12" s="49"/>
+      <c r="K12" s="52"/>
+      <c r="L12" s="49"/>
+      <c r="M12" s="52"/>
+      <c r="N12" s="49"/>
+      <c r="O12" s="52"/>
+    </row>
+    <row r="13" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B13" s="79"/>
       <c r="C13" s="14" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="D13" s="14" t="s">
-        <v>109</v>
-[...14 lines deleted...]
-      <c r="B14" s="52"/>
+        <v>48</v>
+      </c>
+      <c r="E13" s="60"/>
+      <c r="F13" s="69"/>
+      <c r="G13" s="72"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="52"/>
+      <c r="J13" s="49"/>
+      <c r="K13" s="52"/>
+      <c r="L13" s="49"/>
+      <c r="M13" s="52"/>
+      <c r="N13" s="49"/>
+      <c r="O13" s="52"/>
+    </row>
+    <row r="14" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B14" s="79"/>
       <c r="C14" s="14" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>40</v>
-[...14 lines deleted...]
-      <c r="B15" s="52"/>
+        <v>50</v>
+      </c>
+      <c r="E14" s="60"/>
+      <c r="F14" s="69"/>
+      <c r="G14" s="72"/>
+      <c r="H14" s="49"/>
+      <c r="I14" s="52"/>
+      <c r="J14" s="49"/>
+      <c r="K14" s="52"/>
+      <c r="L14" s="49"/>
+      <c r="M14" s="52"/>
+      <c r="N14" s="49"/>
+      <c r="O14" s="52"/>
+    </row>
+    <row r="15" spans="2:15" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B15" s="79"/>
       <c r="C15" s="14" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>117</v>
-[...15 lines deleted...]
-        <v>41</v>
+        <v>52</v>
+      </c>
+      <c r="E15" s="60"/>
+      <c r="F15" s="70"/>
+      <c r="G15" s="73"/>
+      <c r="H15" s="49"/>
+      <c r="I15" s="52"/>
+      <c r="J15" s="49"/>
+      <c r="K15" s="52"/>
+      <c r="L15" s="49"/>
+      <c r="M15" s="52"/>
+      <c r="N15" s="49"/>
+      <c r="O15" s="52"/>
+    </row>
+    <row r="16" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B16" s="67" t="s">
+        <v>53</v>
       </c>
       <c r="C16" s="34" t="s">
-        <v>110</v>
+        <v>54</v>
       </c>
       <c r="D16" s="34" t="s">
-        <v>111</v>
-[...20 lines deleted...]
-      <c r="B17" s="82"/>
+        <v>55</v>
+      </c>
+      <c r="E16" s="66" t="s">
+        <v>56</v>
+      </c>
+      <c r="F16" s="74" t="s">
+        <v>57</v>
+      </c>
+      <c r="G16" s="84" t="s">
+        <v>58</v>
+      </c>
+      <c r="H16" s="49"/>
+      <c r="I16" s="52"/>
+      <c r="J16" s="49"/>
+      <c r="K16" s="52"/>
+      <c r="L16" s="49"/>
+      <c r="M16" s="52"/>
+      <c r="N16" s="49"/>
+      <c r="O16" s="52"/>
+    </row>
+    <row r="17" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B17" s="67"/>
       <c r="C17" s="34" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" s="34" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" s="66"/>
+      <c r="F17" s="69"/>
+      <c r="G17" s="72"/>
+      <c r="H17" s="49"/>
+      <c r="I17" s="52"/>
+      <c r="J17" s="49"/>
+      <c r="K17" s="52"/>
+      <c r="L17" s="49"/>
+      <c r="M17" s="52"/>
+      <c r="N17" s="49"/>
+      <c r="O17" s="52"/>
+    </row>
+    <row r="18" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B18" s="67"/>
+      <c r="C18" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" s="34" t="s">
+        <v>62</v>
+      </c>
+      <c r="E18" s="66"/>
+      <c r="F18" s="69"/>
+      <c r="G18" s="72"/>
+      <c r="H18" s="49"/>
+      <c r="I18" s="52"/>
+      <c r="J18" s="49"/>
+      <c r="K18" s="52"/>
+      <c r="L18" s="49"/>
+      <c r="M18" s="52"/>
+      <c r="N18" s="49"/>
+      <c r="O18" s="52"/>
+    </row>
+    <row r="19" spans="2:15" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B19" s="67"/>
+      <c r="C19" s="34" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19" s="34" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" s="66"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="73"/>
+      <c r="H19" s="49"/>
+      <c r="I19" s="52"/>
+      <c r="J19" s="49"/>
+      <c r="K19" s="52"/>
+      <c r="L19" s="49"/>
+      <c r="M19" s="52"/>
+      <c r="N19" s="49"/>
+      <c r="O19" s="52"/>
+    </row>
+    <row r="20" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B20" s="80" t="s">
         <v>53</v>
       </c>
-      <c r="D17" s="34" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="C20" s="35" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="D20" s="35" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-      <c r="F20" s="66" t="s">
+        <v>66</v>
+      </c>
+      <c r="E20" s="61" t="s">
+        <v>56</v>
+      </c>
+      <c r="F20" s="74" t="s">
+        <v>67</v>
+      </c>
+      <c r="G20" s="84" t="s">
         <v>68</v>
       </c>
-      <c r="G20" s="63" t="s">
-[...12 lines deleted...]
-      <c r="B21" s="53"/>
+      <c r="H20" s="49"/>
+      <c r="I20" s="52"/>
+      <c r="J20" s="49"/>
+      <c r="K20" s="52"/>
+      <c r="L20" s="49"/>
+      <c r="M20" s="52"/>
+      <c r="N20" s="49"/>
+      <c r="O20" s="52"/>
+    </row>
+    <row r="21" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B21" s="80"/>
       <c r="C21" s="35" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="D21" s="35" t="s">
-        <v>50</v>
-[...14 lines deleted...]
-      <c r="B22" s="53"/>
+        <v>70</v>
+      </c>
+      <c r="E21" s="61"/>
+      <c r="F21" s="69"/>
+      <c r="G21" s="72"/>
+      <c r="H21" s="49"/>
+      <c r="I21" s="52"/>
+      <c r="J21" s="49"/>
+      <c r="K21" s="52"/>
+      <c r="L21" s="49"/>
+      <c r="M21" s="52"/>
+      <c r="N21" s="49"/>
+      <c r="O21" s="52"/>
+    </row>
+    <row r="22" spans="2:15" ht="14.25" customHeight="1">
+      <c r="B22" s="80"/>
       <c r="C22" s="35" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="D22" s="35" t="s">
-        <v>48</v>
-[...14 lines deleted...]
-      <c r="B23" s="54"/>
+        <v>72</v>
+      </c>
+      <c r="E22" s="61"/>
+      <c r="F22" s="69"/>
+      <c r="G22" s="72"/>
+      <c r="H22" s="49"/>
+      <c r="I22" s="52"/>
+      <c r="J22" s="49"/>
+      <c r="K22" s="52"/>
+      <c r="L22" s="49"/>
+      <c r="M22" s="52"/>
+      <c r="N22" s="49"/>
+      <c r="O22" s="52"/>
+    </row>
+    <row r="23" spans="2:15" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B23" s="81"/>
       <c r="C23" s="36" t="s">
-        <v>112</v>
+        <v>73</v>
       </c>
       <c r="D23" s="36" t="s">
-        <v>113</v>
-[...11 lines deleted...]
-      <c r="O23" s="60"/>
+        <v>74</v>
+      </c>
+      <c r="E23" s="62"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="73"/>
+      <c r="H23" s="50"/>
+      <c r="I23" s="53"/>
+      <c r="J23" s="50"/>
+      <c r="K23" s="53"/>
+      <c r="L23" s="50"/>
+      <c r="M23" s="53"/>
+      <c r="N23" s="50"/>
+      <c r="O23" s="53"/>
     </row>
   </sheetData>
   <mergeCells count="29">
+    <mergeCell ref="N8:O9"/>
+    <mergeCell ref="B11:B15"/>
+    <mergeCell ref="B20:B23"/>
+    <mergeCell ref="L11:L23"/>
+    <mergeCell ref="M11:M23"/>
+    <mergeCell ref="F8:G9"/>
+    <mergeCell ref="H8:I9"/>
+    <mergeCell ref="J8:K9"/>
+    <mergeCell ref="L8:M9"/>
+    <mergeCell ref="N11:N23"/>
+    <mergeCell ref="O11:O23"/>
+    <mergeCell ref="G16:G19"/>
+    <mergeCell ref="F20:F23"/>
+    <mergeCell ref="G20:G23"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="H11:H23"/>
     <mergeCell ref="I11:I23"/>
     <mergeCell ref="J11:J23"/>
     <mergeCell ref="K11:K23"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B8:E9"/>
     <mergeCell ref="E11:E15"/>
     <mergeCell ref="E20:E23"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="E16:E19"/>
     <mergeCell ref="B16:B19"/>
     <mergeCell ref="F11:F15"/>
     <mergeCell ref="G11:G15"/>
     <mergeCell ref="F16:F19"/>
-    <mergeCell ref="N8:O9"/>
-[...12 lines deleted...]
-    <mergeCell ref="G20:G23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{2477AEB4-60B0-4F1B-BA52-F37F069B359E}"/>
     <hyperlink ref="E20" r:id="rId2" xr:uid="{6EBBA628-79CB-426D-BB7B-19077C1FF4DC}"/>
     <hyperlink ref="K11" r:id="rId3" xr:uid="{CA5814EB-9B85-4606-8312-F37A40813C41}"/>
     <hyperlink ref="M11" r:id="rId4" xr:uid="{5828714E-3BD3-401B-9193-309F6E2A3236}"/>
     <hyperlink ref="O11" r:id="rId5" xr:uid="{FC702565-29E9-4EE4-9A78-9C8A48554AB9}"/>
     <hyperlink ref="E16" r:id="rId6" xr:uid="{4D1E5D86-146C-44CF-A3E3-487051C6B7FE}"/>
     <hyperlink ref="G11" r:id="rId7" xr:uid="{5DE600FA-5227-4144-8502-B8B7C0586891}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="22" orientation="portrait" r:id="rId8"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3AABDF7-B01C-410F-81EC-EB389EEE47B6}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:O28"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="D14" sqref="D14"/>
+      <selection activeCell="E34" sqref="E34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.28515625" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" customWidth="1"/>
     <col min="3" max="3" width="54.85546875" customWidth="1"/>
     <col min="4" max="4" width="41.140625" customWidth="1"/>
     <col min="5" max="5" width="39.42578125" customWidth="1"/>
     <col min="6" max="6" width="16.85546875" customWidth="1"/>
     <col min="7" max="7" width="31.28515625" customWidth="1"/>
     <col min="8" max="8" width="16.85546875" customWidth="1"/>
     <col min="9" max="9" width="32.7109375" customWidth="1"/>
     <col min="10" max="10" width="16.85546875" customWidth="1"/>
     <col min="11" max="11" width="28.7109375" customWidth="1"/>
     <col min="12" max="12" width="16.85546875" customWidth="1"/>
     <col min="13" max="13" width="31.28515625" customWidth="1"/>
     <col min="14" max="14" width="16.85546875" customWidth="1"/>
     <col min="15" max="15" width="33.42578125" customWidth="1"/>
     <col min="16" max="24" width="8.7109375"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:15">
       <c r="B1" t="str">
         <f>'Faculty of Humanities'!B1</f>
-        <v>Updated - Sep 25</v>
-[...3 lines deleted...]
-    <row r="3" spans="2:15" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>Updated - Dec 25</v>
+      </c>
+    </row>
+    <row r="2" spans="2:15" ht="15.75" thickBot="1"/>
+    <row r="3" spans="2:15" ht="24.95" customHeight="1" thickBot="1">
       <c r="B3" s="43" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="44"/>
     </row>
-    <row r="4" spans="2:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="5" spans="2:15" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="2:15" ht="15.75" thickBot="1"/>
+    <row r="5" spans="2:15" ht="24.95" customHeight="1" thickBot="1">
       <c r="B5" s="41" t="s">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="C5" s="42"/>
     </row>
-    <row r="6" spans="2:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...52 lines deleted...]
-    <row r="10" spans="2:15" s="17" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:15" ht="15.75" thickBot="1"/>
+    <row r="7" spans="2:15" ht="24.95" customHeight="1" thickBot="1">
+      <c r="B7" s="63" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
+      <c r="E7" s="65"/>
+    </row>
+    <row r="8" spans="2:15" ht="41.1" customHeight="1">
+      <c r="B8" s="54" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" s="55"/>
+      <c r="D8" s="55"/>
+      <c r="E8" s="56"/>
+      <c r="F8" s="75" t="s">
+        <v>19</v>
+      </c>
+      <c r="G8" s="82"/>
+      <c r="H8" s="75" t="s">
+        <v>23</v>
+      </c>
+      <c r="I8" s="82"/>
+      <c r="J8" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="K8" s="82"/>
+      <c r="L8" s="75" t="s">
+        <v>29</v>
+      </c>
+      <c r="M8" s="82"/>
+      <c r="N8" s="75" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" s="76"/>
+    </row>
+    <row r="9" spans="2:15" ht="24.95" customHeight="1" thickBot="1">
+      <c r="B9" s="57"/>
+      <c r="C9" s="58"/>
+      <c r="D9" s="58"/>
+      <c r="E9" s="59"/>
+      <c r="F9" s="77"/>
+      <c r="G9" s="83"/>
+      <c r="H9" s="77"/>
+      <c r="I9" s="83"/>
+      <c r="J9" s="77"/>
+      <c r="K9" s="83"/>
+      <c r="L9" s="77"/>
+      <c r="M9" s="83"/>
+      <c r="N9" s="77"/>
+      <c r="O9" s="78"/>
+    </row>
+    <row r="10" spans="2:15" s="17" customFormat="1" ht="19.5" thickBot="1">
       <c r="B10" s="18" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C10" s="16" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="D10" s="16" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E10" s="25" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F10" s="24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G10" s="21" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H10" s="20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I10" s="21" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J10" s="26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K10" s="27" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L10" s="26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M10" s="27" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="N10" s="26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="O10" s="27" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="2:15" ht="14.45" customHeight="1">
       <c r="B11" s="94" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="C11" s="14" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="D11" s="14" t="s">
-        <v>128</v>
+        <v>80</v>
       </c>
       <c r="E11" s="96" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>81</v>
+      </c>
+      <c r="F11" s="68" t="s">
+        <v>82</v>
+      </c>
+      <c r="G11" s="68" t="s">
+        <v>83</v>
       </c>
       <c r="H11" s="91" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="I11" s="86" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="J11" s="85" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K11" s="86" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L11" s="85" t="s">
-        <v>105</v>
+        <v>30</v>
       </c>
       <c r="M11" s="86" t="s">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="N11" s="85" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="O11" s="86" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="2:15" ht="14.45" customHeight="1">
       <c r="B12" s="95"/>
       <c r="C12" s="14" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="D12" s="14" t="s">
-        <v>128</v>
+        <v>80</v>
       </c>
       <c r="E12" s="96"/>
-      <c r="F12" s="67"/>
-[...1 lines deleted...]
-        <v>63</v>
+      <c r="F12" s="69"/>
+      <c r="G12" s="69" t="s">
+        <v>83</v>
       </c>
       <c r="H12" s="92"/>
-      <c r="I12" s="59"/>
-[...7 lines deleted...]
-    <row r="13" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I12" s="52"/>
+      <c r="J12" s="49"/>
+      <c r="K12" s="52"/>
+      <c r="L12" s="49"/>
+      <c r="M12" s="52"/>
+      <c r="N12" s="49"/>
+      <c r="O12" s="52"/>
+    </row>
+    <row r="13" spans="2:15" ht="14.45" customHeight="1">
       <c r="B13" s="95"/>
       <c r="C13" s="14" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="D13" s="14" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="E13" s="96"/>
-      <c r="F13" s="67"/>
-[...1 lines deleted...]
-        <v>63</v>
+      <c r="F13" s="69"/>
+      <c r="G13" s="69" t="s">
+        <v>83</v>
       </c>
       <c r="H13" s="92"/>
-      <c r="I13" s="59"/>
-[...7 lines deleted...]
-    <row r="14" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I13" s="52"/>
+      <c r="J13" s="49"/>
+      <c r="K13" s="52"/>
+      <c r="L13" s="49"/>
+      <c r="M13" s="52"/>
+      <c r="N13" s="49"/>
+      <c r="O13" s="52"/>
+    </row>
+    <row r="14" spans="2:15" ht="14.45" customHeight="1">
       <c r="B14" s="95"/>
       <c r="C14" s="14" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="E14" s="96"/>
-      <c r="F14" s="67"/>
-[...1 lines deleted...]
-        <v>63</v>
+      <c r="F14" s="69"/>
+      <c r="G14" s="69" t="s">
+        <v>83</v>
       </c>
       <c r="H14" s="92"/>
-      <c r="I14" s="59"/>
-[...7 lines deleted...]
-    <row r="15" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I14" s="52"/>
+      <c r="J14" s="49"/>
+      <c r="K14" s="52"/>
+      <c r="L14" s="49"/>
+      <c r="M14" s="52"/>
+      <c r="N14" s="49"/>
+      <c r="O14" s="52"/>
+    </row>
+    <row r="15" spans="2:15" ht="14.45" customHeight="1">
       <c r="B15" s="95"/>
       <c r="C15" s="14" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="E15" s="96"/>
-      <c r="F15" s="67"/>
-[...1 lines deleted...]
-        <v>63</v>
+      <c r="F15" s="69"/>
+      <c r="G15" s="69" t="s">
+        <v>83</v>
       </c>
       <c r="H15" s="92"/>
-      <c r="I15" s="59"/>
-[...7 lines deleted...]
-    <row r="16" spans="2:15" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="I15" s="52"/>
+      <c r="J15" s="49"/>
+      <c r="K15" s="52"/>
+      <c r="L15" s="49"/>
+      <c r="M15" s="52"/>
+      <c r="N15" s="49"/>
+      <c r="O15" s="52"/>
+    </row>
+    <row r="16" spans="2:15" ht="14.45" customHeight="1" thickBot="1">
       <c r="B16" s="95"/>
       <c r="C16" s="14" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="D16" s="14" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="E16" s="97"/>
-      <c r="F16" s="68"/>
-[...1 lines deleted...]
-        <v>63</v>
+      <c r="F16" s="70"/>
+      <c r="G16" s="70" t="s">
+        <v>83</v>
       </c>
       <c r="H16" s="92"/>
-      <c r="I16" s="59"/>
-[...7 lines deleted...]
-    <row r="17" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I16" s="52"/>
+      <c r="J16" s="49"/>
+      <c r="K16" s="52"/>
+      <c r="L16" s="49"/>
+      <c r="M16" s="52"/>
+      <c r="N16" s="49"/>
+      <c r="O16" s="52"/>
+    </row>
+    <row r="17" spans="2:15" ht="14.45" customHeight="1">
       <c r="B17" s="98" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="E17" s="99" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>76</v>
+        <v>81</v>
+      </c>
+      <c r="F17" s="68" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17" s="68" t="s">
+        <v>97</v>
       </c>
       <c r="H17" s="92"/>
-      <c r="I17" s="59"/>
-[...7 lines deleted...]
-    <row r="18" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I17" s="52"/>
+      <c r="J17" s="49"/>
+      <c r="K17" s="52"/>
+      <c r="L17" s="49"/>
+      <c r="M17" s="52"/>
+      <c r="N17" s="49"/>
+      <c r="O17" s="52"/>
+    </row>
+    <row r="18" spans="2:15" ht="14.45" customHeight="1">
       <c r="B18" s="98"/>
       <c r="C18" s="15" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>124</v>
+        <v>99</v>
       </c>
       <c r="E18" s="99"/>
-      <c r="F18" s="67" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F18" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="G18" s="69" t="s">
+        <v>97</v>
       </c>
       <c r="H18" s="92"/>
-      <c r="I18" s="59"/>
-[...7 lines deleted...]
-    <row r="19" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I18" s="52"/>
+      <c r="J18" s="49"/>
+      <c r="K18" s="52"/>
+      <c r="L18" s="49"/>
+      <c r="M18" s="52"/>
+      <c r="N18" s="49"/>
+      <c r="O18" s="52"/>
+    </row>
+    <row r="19" spans="2:15" ht="15" customHeight="1">
       <c r="B19" s="98"/>
       <c r="C19" s="15" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="E19" s="99"/>
-      <c r="F19" s="67" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F19" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="G19" s="69" t="s">
+        <v>97</v>
       </c>
       <c r="H19" s="92"/>
-      <c r="I19" s="59"/>
-[...7 lines deleted...]
-    <row r="20" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I19" s="52"/>
+      <c r="J19" s="49"/>
+      <c r="K19" s="52"/>
+      <c r="L19" s="49"/>
+      <c r="M19" s="52"/>
+      <c r="N19" s="49"/>
+      <c r="O19" s="52"/>
+    </row>
+    <row r="20" spans="2:15" ht="14.45" customHeight="1">
       <c r="B20" s="98"/>
       <c r="C20" s="15" t="s">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="E20" s="99"/>
-      <c r="F20" s="67" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F20" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="G20" s="69" t="s">
+        <v>97</v>
       </c>
       <c r="H20" s="92"/>
-      <c r="I20" s="59"/>
-[...7 lines deleted...]
-    <row r="21" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I20" s="52"/>
+      <c r="J20" s="49"/>
+      <c r="K20" s="52"/>
+      <c r="L20" s="49"/>
+      <c r="M20" s="52"/>
+      <c r="N20" s="49"/>
+      <c r="O20" s="52"/>
+    </row>
+    <row r="21" spans="2:15" ht="14.45" customHeight="1">
       <c r="B21" s="98"/>
       <c r="C21" s="15" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="E21" s="99"/>
-      <c r="F21" s="67" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F21" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="G21" s="69" t="s">
+        <v>97</v>
       </c>
       <c r="H21" s="92"/>
-      <c r="I21" s="59"/>
-[...7 lines deleted...]
-    <row r="22" spans="2:15" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="I21" s="52"/>
+      <c r="J21" s="49"/>
+      <c r="K21" s="52"/>
+      <c r="L21" s="49"/>
+      <c r="M21" s="52"/>
+      <c r="N21" s="49"/>
+      <c r="O21" s="52"/>
+    </row>
+    <row r="22" spans="2:15" ht="14.45" customHeight="1">
       <c r="B22" s="98"/>
       <c r="C22" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D22" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E22" s="100"/>
+      <c r="F22" s="70" t="s">
+        <v>96</v>
+      </c>
+      <c r="G22" s="70" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" s="92"/>
+      <c r="I22" s="52"/>
+      <c r="J22" s="49"/>
+      <c r="K22" s="52"/>
+      <c r="L22" s="49"/>
+      <c r="M22" s="52"/>
+      <c r="N22" s="49"/>
+      <c r="O22" s="52"/>
+    </row>
+    <row r="23" spans="2:15" ht="14.45" customHeight="1">
+      <c r="B23" s="87" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D23" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="E23" s="89" t="s">
         <v>81</v>
       </c>
-      <c r="D22" s="15" t="s">
-[...35 lines deleted...]
-        <v>120</v>
+      <c r="F23" s="68" t="s">
+        <v>109</v>
+      </c>
+      <c r="G23" s="68" t="s">
+        <v>110</v>
       </c>
       <c r="H23" s="92"/>
-      <c r="I23" s="59"/>
-[...7 lines deleted...]
-    <row r="24" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I23" s="52"/>
+      <c r="J23" s="49"/>
+      <c r="K23" s="52"/>
+      <c r="L23" s="49"/>
+      <c r="M23" s="52"/>
+      <c r="N23" s="49"/>
+      <c r="O23" s="52"/>
+    </row>
+    <row r="24" spans="2:15" ht="14.45" customHeight="1">
       <c r="B24" s="87"/>
       <c r="C24" s="22" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="D24" s="22" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E24" s="89"/>
-      <c r="F24" s="67" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F24" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="G24" s="69" t="s">
+        <v>97</v>
       </c>
       <c r="H24" s="92"/>
-      <c r="I24" s="59"/>
-[...7 lines deleted...]
-    <row r="25" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I24" s="52"/>
+      <c r="J24" s="49"/>
+      <c r="K24" s="52"/>
+      <c r="L24" s="49"/>
+      <c r="M24" s="52"/>
+      <c r="N24" s="49"/>
+      <c r="O24" s="52"/>
+    </row>
+    <row r="25" spans="2:15" ht="14.45" customHeight="1">
       <c r="B25" s="87"/>
       <c r="C25" s="22" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="D25" s="22" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E25" s="89"/>
-      <c r="F25" s="67" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F25" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="G25" s="69" t="s">
+        <v>97</v>
       </c>
       <c r="H25" s="92"/>
-      <c r="I25" s="59"/>
-[...7 lines deleted...]
-    <row r="26" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I25" s="52"/>
+      <c r="J25" s="49"/>
+      <c r="K25" s="52"/>
+      <c r="L25" s="49"/>
+      <c r="M25" s="52"/>
+      <c r="N25" s="49"/>
+      <c r="O25" s="52"/>
+    </row>
+    <row r="26" spans="2:15" ht="14.45" customHeight="1">
       <c r="B26" s="87"/>
       <c r="C26" s="22" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="D26" s="22" t="s">
-        <v>124</v>
+        <v>99</v>
       </c>
       <c r="E26" s="89"/>
-      <c r="F26" s="67" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F26" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" s="69" t="s">
+        <v>97</v>
       </c>
       <c r="H26" s="92"/>
-      <c r="I26" s="59"/>
-[...7 lines deleted...]
-    <row r="27" spans="2:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I26" s="52"/>
+      <c r="J26" s="49"/>
+      <c r="K26" s="52"/>
+      <c r="L26" s="49"/>
+      <c r="M26" s="52"/>
+      <c r="N26" s="49"/>
+      <c r="O26" s="52"/>
+    </row>
+    <row r="27" spans="2:15" ht="14.45" customHeight="1">
       <c r="B27" s="87"/>
       <c r="C27" s="22" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="D27" s="22" t="s">
-        <v>124</v>
+        <v>99</v>
       </c>
       <c r="E27" s="89"/>
-      <c r="F27" s="67" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F27" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="G27" s="69" t="s">
+        <v>97</v>
       </c>
       <c r="H27" s="92"/>
-      <c r="I27" s="59"/>
-[...7 lines deleted...]
-    <row r="28" spans="2:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="I27" s="52"/>
+      <c r="J27" s="49"/>
+      <c r="K27" s="52"/>
+      <c r="L27" s="49"/>
+      <c r="M27" s="52"/>
+      <c r="N27" s="49"/>
+      <c r="O27" s="52"/>
+    </row>
+    <row r="28" spans="2:15" ht="15" customHeight="1">
       <c r="B28" s="88"/>
       <c r="C28" s="23" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="D28" s="23" t="s">
-        <v>124</v>
+        <v>99</v>
       </c>
       <c r="E28" s="90"/>
-      <c r="F28" s="68" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="F28" s="70" t="s">
+        <v>96</v>
+      </c>
+      <c r="G28" s="70" t="s">
+        <v>97</v>
       </c>
       <c r="H28" s="93"/>
-      <c r="I28" s="60"/>
-[...5 lines deleted...]
-      <c r="O28" s="60"/>
+      <c r="I28" s="53"/>
+      <c r="J28" s="50"/>
+      <c r="K28" s="53"/>
+      <c r="L28" s="50"/>
+      <c r="M28" s="53"/>
+      <c r="N28" s="50"/>
+      <c r="O28" s="53"/>
     </row>
   </sheetData>
   <mergeCells count="29">
-    <mergeCell ref="F11:F16"/>
-[...11 lines deleted...]
-    <mergeCell ref="F8:G9"/>
     <mergeCell ref="N8:O9"/>
     <mergeCell ref="N11:N28"/>
     <mergeCell ref="O11:O28"/>
     <mergeCell ref="M11:M28"/>
     <mergeCell ref="B23:B28"/>
     <mergeCell ref="E23:E28"/>
     <mergeCell ref="H11:H28"/>
     <mergeCell ref="I11:I28"/>
     <mergeCell ref="J11:J28"/>
     <mergeCell ref="K11:K28"/>
     <mergeCell ref="B11:B16"/>
     <mergeCell ref="E11:E16"/>
     <mergeCell ref="B17:B22"/>
     <mergeCell ref="E17:E22"/>
     <mergeCell ref="L11:L28"/>
     <mergeCell ref="H8:I9"/>
+    <mergeCell ref="J8:K9"/>
+    <mergeCell ref="L8:M9"/>
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="B8:E9"/>
+    <mergeCell ref="F8:G9"/>
+    <mergeCell ref="F11:F16"/>
+    <mergeCell ref="G11:G16"/>
+    <mergeCell ref="F17:F22"/>
+    <mergeCell ref="G17:G22"/>
+    <mergeCell ref="F23:F28"/>
+    <mergeCell ref="G23:G28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{25118F56-96AC-41F4-9188-C92EAE592F59}"/>
     <hyperlink ref="G11" r:id="rId2" xr:uid="{C3D5A126-DDA4-4903-8CCB-DDF30E2BC155}"/>
     <hyperlink ref="G12" r:id="rId3" xr:uid="{C7573522-2F33-439C-B2A4-40EFCAF3D82D}"/>
     <hyperlink ref="G13" r:id="rId4" xr:uid="{CF3EEF80-34A4-479A-904C-0A2845A106BF}"/>
     <hyperlink ref="G14" r:id="rId5" xr:uid="{170D05C3-6704-46F6-8C6B-137A37B3C96D}"/>
     <hyperlink ref="G15" r:id="rId6" xr:uid="{36E537D7-5D23-4963-A241-A62BB5C068E7}"/>
     <hyperlink ref="G16" r:id="rId7" xr:uid="{8EBA9F51-CA08-410D-9D04-4B4627EE8A5C}"/>
     <hyperlink ref="G17" r:id="rId8" xr:uid="{DD32219B-F05F-483F-8D72-7643277AE5DB}"/>
     <hyperlink ref="G18" r:id="rId9" display="hayley.roberts@manchester.ac.uk" xr:uid="{4C85C97E-F45C-409F-8D26-B12FFB25A210}"/>
     <hyperlink ref="G19" r:id="rId10" display="hayley.roberts@manchester.ac.uk" xr:uid="{0756FFE5-A10A-4550-8E2C-43E876C31A92}"/>
     <hyperlink ref="G20" r:id="rId11" display="hayley.roberts@manchester.ac.uk" xr:uid="{2A1DA8C1-85C2-4909-82DB-9F42B7DB998E}"/>
     <hyperlink ref="G21" r:id="rId12" display="hayley.roberts@manchester.ac.uk" xr:uid="{441943D8-56DD-4393-AE31-4D8A8B78E1B8}"/>
     <hyperlink ref="G22" r:id="rId13" display="hayley.roberts@manchester.ac.uk" xr:uid="{3B6F55B7-4FD6-40F1-A2F2-FE0F6B8C0296}"/>
     <hyperlink ref="E17" r:id="rId14" xr:uid="{C5C2DC42-AD6C-4BD4-B09C-5A021CB930D9}"/>
     <hyperlink ref="E23" r:id="rId15" xr:uid="{5A91434C-8269-429B-9CDD-39AFEF54639D}"/>
     <hyperlink ref="G23" r:id="rId16" xr:uid="{03B99F83-2F8C-42AB-B2D2-1B16B4720742}"/>
     <hyperlink ref="G24" r:id="rId17" display="hayley.roberts@manchester.ac.uk" xr:uid="{86230471-DBE8-4952-BAD0-0052249915E6}"/>
     <hyperlink ref="G25" r:id="rId18" display="hayley.roberts@manchester.ac.uk" xr:uid="{E54309E9-0223-4EDC-942B-3C17A80B180B}"/>
     <hyperlink ref="G26" r:id="rId19" display="hayley.roberts@manchester.ac.uk" xr:uid="{82911F88-0F53-4DF3-80F0-0CC6761FF732}"/>
     <hyperlink ref="G27" r:id="rId20" display="hayley.roberts@manchester.ac.uk" xr:uid="{F38EE0D2-A5E9-49A5-BE7F-30CD0D58D76E}"/>
     <hyperlink ref="G28" r:id="rId21" display="hayley.roberts@manchester.ac.uk" xr:uid="{865EA98E-C0BC-46F7-B2E2-BBDFFFCA9DA7}"/>
     <hyperlink ref="K11" r:id="rId22" xr:uid="{6C85D81C-7CC4-4DCF-8C30-D4BAFFEDBA9C}"/>
     <hyperlink ref="M11" r:id="rId23" xr:uid="{C77984DE-CC6B-4485-9A14-5A1D8225F4A7}"/>
     <hyperlink ref="O11" r:id="rId24" xr:uid="{CF0F327F-D402-4B0E-B03A-299EE2102F99}"/>
+    <hyperlink ref="G23:G28" r:id="rId25" display="Manny.Singh@manchester.ac.uk" xr:uid="{5784EFE4-788A-44F6-8049-C1DBC7C88C90}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="32" orientation="landscape" r:id="rId25"/>
+  <pageSetup paperSize="9" scale="32" orientation="landscape" r:id="rId26"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D0F7CFC-043D-47EA-AC2E-55A731DFA171}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:C20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="51" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="64.140625" customWidth="1"/>
     <col min="5" max="27" width="8.7109375"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:3">
       <c r="B1" t="str">
         <f>'Faculty of Humanities'!B1</f>
-        <v>Updated - Sep 25</v>
-[...3 lines deleted...]
-    <row r="3" spans="2:3" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+        <v>Updated - Dec 25</v>
+      </c>
+    </row>
+    <row r="2" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="3" spans="2:3" ht="21.75" thickBot="1">
       <c r="B3" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="9"/>
     </row>
-    <row r="4" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="5" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="5" spans="2:3" ht="18.75">
       <c r="B5" s="10" t="s">
-        <v>90</v>
+        <v>117</v>
       </c>
       <c r="C5" s="11" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:3" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="6" spans="2:3" ht="19.5" thickBot="1">
       <c r="B6" s="12" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="C6" s="13" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-    <row r="8" spans="2:3" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="7" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="8" spans="2:3" ht="19.5" thickBot="1">
       <c r="B8" s="45" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="C8" s="46"/>
     </row>
-    <row r="9" spans="2:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:3" ht="15.75">
       <c r="B9" s="28" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C9" s="29" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:3" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="10" spans="2:3">
       <c r="B10" s="28" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C10" s="30" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-    <row r="13" spans="2:3" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="12" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="13" spans="2:3" ht="19.5" thickBot="1">
       <c r="B13" s="45" t="s">
-        <v>97</v>
+        <v>124</v>
       </c>
       <c r="C13" s="46"/>
     </row>
-    <row r="14" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:3">
       <c r="B14" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:3" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="2:3">
       <c r="B15" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:3" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="2:3">
       <c r="B16" s="32"/>
       <c r="C16" s="33"/>
     </row>
-    <row r="17" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="18" spans="2:3" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:3" ht="15.75" thickBot="1"/>
+    <row r="18" spans="2:3" ht="19.5" thickBot="1">
       <c r="B18" s="45" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="C18" s="46"/>
     </row>
-    <row r="19" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:3">
       <c r="B19" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:3" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="2:3">
       <c r="B20" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B18:C18"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C10" r:id="rId1" xr:uid="{E46FC5FE-C338-42A2-AD1A-B77DDDC87D0B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100689454BE7446CD4FA548CC88E13BB8D0" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e73bce4bd301536730f5bc2b5799ff2b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="88aebc00-effe-43ee-af11-869b9a6f1f6c" xmlns:ns3="75fad54e-5a7a-45a4-b25b-6c8654b25131" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="242776ea15c0594ab85d5e58eba54039" ns2:_="" ns3:_="">
     <xsd:import namespace="88aebc00-effe-43ee-af11-869b9a6f1f6c"/>
     <xsd:import namespace="75fad54e-5a7a-45a4-b25b-6c8654b25131"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -3746,141 +3759,70 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16AE58F7-A0E0-4860-947B-3F773DB55651}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F225D3C-D977-4FD0-920B-0AAF18F38C81}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{281CA652-2E5B-4753-8CF3-21A873068A2C}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{281CA652-2E5B-4753-8CF3-21A873068A2C}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F225D3C-D977-4FD0-920B-0AAF18F38C81}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16AE58F7-A0E0-4860-947B-3F773DB55651}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...20 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>University of Manchester</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Petri Uola</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100689454BE7446CD4FA548CC88E13BB8D0</vt:lpwstr>
   </property>
 </Properties>
 </file>