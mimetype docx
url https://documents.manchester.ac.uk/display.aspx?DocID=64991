--- v0 (2025-10-27)
+++ v1 (2026-01-10)
@@ -1,1941 +1,2714 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="33158AA1" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="4EFCB608" w14:textId="77777777" w:rsidR="00350089" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="0027076B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="5C74138F" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Change to Supervisory Team </w:t>
+      </w:r>
+      <w:r w:rsidR="2C9C296A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or PGR Advisor (Pastoral) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33158AA1" w14:textId="10B370D8" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="0027076B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Form (PGR) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C74138F" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C1F4351" w14:textId="0F9903E1" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use this form if you are a Postgraduate Researcher (PGR) who wants to request a change to their supervisory team</w:t>
+      </w:r>
+      <w:r w:rsidR="640C5005" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or PGR Advisor (Pastoral)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066669A0" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21EEC185" w14:textId="1ECAF4C0" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use this form if you are a Postgraduate Researcher (PGR) who wants to request a change to their supervisory team.  </w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Please complete </w:t>
+      </w:r>
+      <w:r w:rsidR="006151F1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:t>the form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> and then follow the submission guidelines. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F82CD1A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38034AB8" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...4 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="38034AB8" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="31EB0E5D">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71563A60" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...5 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="140A644C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="6DB66EFB" w14:textId="3708A89C" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">SECTION 1: PGR </w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve">Section 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:t>Personal Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACC75F1" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Personal Details</w:t>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60D5619C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Full Name:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750E8D50" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="750E8D50" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="544403B4" wp14:editId="504EE6EF">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="3" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="11E3932A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="11E3932A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="544403B4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJq7TqEAIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7bTXHatOKtttqkq&#10;bS/Sth+AMY5RgaFAYqdfvwPOZqNt+1KVB8Qww2HmzJnVzaAVOQjnJZiKFpOcEmE4NNLsKvr92/bN&#10;FSU+MNMwBUZU9Cg8vVm/frXqbSmm0IFqhCMIYnzZ24p2IdgyyzzvhGZ+AlYYdLbgNAtoul3WONYj&#10;ulbZNM8XWQ+usQ648B5v70YnXSf8thU8fGlbLwJRFcXcQtpd2uu4Z+sVK3eO2U7yUxrsH7LQTBr8&#10;9Ax1xwIjeyd/g9KSO/DQhgkHnUHbSi5SDVhNkb+o5qFjVqRakBxvzzT5/wfLPx8e7FdHwvAOBmxg&#10;KsLbe+A/PDGw6ZjZiVvnoO8Ea/DjIlKW9daXp6eRal/6CFL3n6DBJrN9gAQ0tE5HVrBOgujYgOOZ&#10;dDEEwvFyvnxbzAt0cfRNF4tlnrqSsfLptXU+fBCgSTxU1GFTEzo73PsQs2HlU0j8zIOSzVYqlQy3&#10;qzfKkQNDAWzTSgW8CFOG9BW9nk/nIwF/hcjT+hOElgGVrKSu6NU5iJWRtvemSToLTKrxjCkrc+Ix&#10;UjeSGIZ6wMDIZw3NERl1MCoWJwwPHbhflPSo1or6n3vmBCXqo8GuXBezWZR3Mmbz5RQNd+mpLz3M&#10;cISqaKBkPG5CGolImIFb7F4rE7HPmZxyRRUmvk8TE2V+aaeo57lePwIAAP//AwBQSwMEFAAGAAgA&#10;AAAhALoy/ZrcAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO+V+AdrkbhUrU2oQhvi&#10;VAgJBDdaKri68TaJsNfBdtPw9xgu9LLSaEYzb8v1aA0b0IfOkYTruQCGVDvdUSNh9/Y4WwILUZFW&#10;xhFK+MYA6+piUqpCuxNtcNjGhqUSCoWS0MbYF5yHukWrwtz1SMk7OG9VTNI3XHt1SuXW8EyInFvV&#10;UVpoVY8PLdaf26OVsFw8Dx/h5eb1vc4PZhWnt8PTl5fy6nK8vwMWcYz/YfjFT+hQJaa9O5IOzEhI&#10;j8S/m7yVyHJgewmLTACvSn4OX/0AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASau06hAC&#10;AAAfBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAujL9&#10;mtwAAAAEAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="11E3932A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="11E3932A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A5028A1" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4A5028A1" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ID Number: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003377FE" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="003377FE" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="7DFE30CB" wp14:editId="1BA2D103">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="4" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="024B88B1" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="024B88B1" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="7DFE30CB" id="_x0000_s1027" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjTNujEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940PzWHXirPaZpuq&#10;0vYgbfsAGOMYFTMUSOz06XfA3my0bW+qcoEYBn5mvhnWN0OnyFFYJ0GXNJullAjNoZZ6X9Lv33Zv&#10;rihxnumaKdCipCfh6M3m9at1bwqRQwuqFpagiHZFb0raem+KJHG8FR1zMzBCo7MB2zGPpt0ntWU9&#10;qncqydN0mfRga2OBC+dw92500k3UbxrB/ZemccITVVKMzcfZxrkKc7JZs2JvmWkln8Jg/xBFx6TG&#10;R89Sd8wzcrDyN6lOcgsOGj/j0CXQNJKLmANmk6UvsnlomRExF4TjzBmT+3+y/PPxwXy1xA/vYMAC&#10;xiScuQf+wxEN25bpvbi1FvpWsBofzgKypDeumK4G1K5wQaTqP0GNRWYHD1FoaGwXqGCeBNWxAKcz&#10;dDF4wnFzsXqbLTJ0cfTly+UqjVVJWPF021jnPwjoSFiU1GJRozo73jsfomHF05HwmAMl651UKhp2&#10;X22VJUeGDbCLIybw4pjSpC/p9SJfjAD+KpHG8SeJTnrsZCW7kl6dD7EiYHuv69hnnkk1rjFkpSeO&#10;Ad0I0Q/VQGQ9QQ5YK6hPCNbC2Lj40XDRgv1FSY9NW1L388CsoER91Fic62w+D10ejflilaNhLz3V&#10;pYdpjlIl9ZSMy62PPyNw03CLRWxk5PscyRQyNmPEPn2c0O2Xdjz1/L03jwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhALoy/ZrcAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO+V+AdrkbhUrU2o&#10;QhviVAgJBDdaKri68TaJsNfBdtPw9xgu9LLSaEYzb8v1aA0b0IfOkYTruQCGVDvdUSNh9/Y4WwIL&#10;UZFWxhFK+MYA6+piUqpCuxNtcNjGhqUSCoWS0MbYF5yHukWrwtz1SMk7OG9VTNI3XHt1SuXW8EyI&#10;nFvVUVpoVY8PLdaf26OVsFw8Dx/h5eb1vc4PZhWnt8PTl5fy6nK8vwMWcYz/YfjFT+hQJaa9O5IO&#10;zEhIj8S/m7yVyHJgewmLTACvSn4OX/0AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAI0zb&#10;oxMCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;ujL9mtwAAAAEAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="024B88B1" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="024B88B1" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518EF409" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="518EF409" w14:textId="215A9221" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00D63A5D" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Department:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7434CFEA" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="50391DE8" wp14:editId="3A3D2180">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="5" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="54AFD44B" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="54AFD44B" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="50391DE8" id="_x0000_s1028" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUkhliFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tNIddK85qm22q&#10;StuDtO0DYMAxKmYokNjp0++As9lo295U5QIxDPzMfDOsboZOk4N0XoGpaDHJKZGGg1BmV9Hv37Zv&#10;rijxgRnBNBhZ0aP09Gb9+tWqt6WcQgtaSEdQxPiytxVtQ7Bllnneyo75CVhp0NmA61hA0+0y4ViP&#10;6p3Opnm+yHpwwjrg0nvcvRuddJ30m0by8KVpvAxEVxRjC2l2aa7jnK1XrNw5ZlvFT2Gwf4iiY8rg&#10;o2epOxYY2Tv1m1SnuAMPTZhw6DJoGsVlygGzKfIX2Ty0zMqUC8Lx9ozJ/z9Z/vnwYL86EoZ3MGAB&#10;UxLe3gP/4YmBTcvMTt46B30rmcCHi4gs660vT1cjal/6KFL3n0Bgkdk+QBIaGtdFKpgnQXUswPEM&#10;XQ6BcNycL98W8wJdHH3TxWKZp6pkrHy6bZ0PHyR0JC4q6rCoSZ0d7n2I0bDy6Uh8zINWYqu0Tobb&#10;1RvtyIFhA2zTSAm8OKYN6St6PZ/ORwB/lcjT+JNEpwJ2slZdRa/Oh1gZsb03IvVZYEqPawxZmxPH&#10;iG6EGIZ6IEoghvhAxFqDOCJYB2Pj4kfDRQvuFyU9Nm1F/c89c5IS/dFgca6L2Sx2eTJm8+UUDXfp&#10;qS89zHCUqmigZFxuQvoZkZuBWyxioxLf50hOIWMzJuynjxO7/dJOp56/9/oRAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC6Mv2a3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4VK1N&#10;qEIb4lQICQQ3Wiq4uvE2ibDXwXbT8PcYLvSy0mhGM2/L9WgNG9CHzpGE67kAhlQ73VEjYff2OFsC&#10;C1GRVsYRSvjGAOvqYlKqQrsTbXDYxoalEgqFktDG2Bech7pFq8Lc9UjJOzhvVUzSN1x7dUrl1vBM&#10;iJxb1VFaaFWPDy3Wn9ujlbBcPA8f4eXm9b3OD2YVp7fD05eX8upyvL8DFnGM/2H4xU/oUCWmvTuS&#10;DsxISI/Ev5u8lchyYHsJi0wAr0p+Dl/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABSS&#10;GWIUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALoy/ZrcAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="54AFD44B" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="54AFD44B" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291939A6" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="291939A6" w14:textId="6D690FDF" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00D63A5D" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Programme:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C54FAC" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="563B0BA2" wp14:editId="323A216A">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="6" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="002508A9" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="002508A9" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="563B0BA2" id="_x0000_s1029" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGJXeUFQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOc2mNKEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60fJaRp028swPQikSB2Sh+Tqdug0OUjnFRhGi0lOiTQCamV2jH77un1z&#10;TYkP3NRcg5GMHqWnt+vXr1a9LeUUWtC1dARBjC97y2gbgi2zzItWdtxPwEqDxgZcxwOqbpfVjveI&#10;3ulsmueLrAdXWwdCeo+v96ORrhN+00gRPjeNl4FoRjG3kG6X7ire2XrFy53jtlXilAb/hyw6rgwG&#10;PUPd88DJ3qnfoDolHHhowkRAl0HTKCFTDVhNkb+o5rHlVqZakBxvzzT5/wcrPh0e7RdHwvAWBmxg&#10;KsLbBxDfPTGwabnZyTvnoG8lrzFwESnLeuvL09dItS99BKn6j1Bjk/k+QAIaGtdFVrBOgujYgOOZ&#10;dDkEIvBxvrwq5gWaBNqmi8UyT13JePn02zof3kvoSBQYddjUhM4PDz7EbHj55BKDedCq3iqtk+J2&#10;1UY7cuA4ANt0UgEv3LQhPaM38+l8JOCvEHk6f4LoVMBJ1qpj9PrsxMtI2ztTpzkLXOlRxpS1OfEY&#10;qRtJDEM1EFUzehUDRForqI9IrINxcHHRUGjB/aSkx6Fl1P/Ycycp0R8MNuemmM3ilCdlNl9OUXGX&#10;lurSwo1AKEYDJaO4CWkzIm8G7rCJjUr8PmdyShmHMdF+Wpw47Zd68npe7/UvAAAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDG&#10;JXeUFQIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="002508A9" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="002508A9" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778E666D" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="778E666D" w14:textId="167BC090" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00D67AE7" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mode of </w:t>
+      </w:r>
+      <w:r w:rsidR="004B27E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Attendance</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80099" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F98D73" w14:textId="68AB8C6C" w:rsidR="004F49B2" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="260116973"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F31449">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F26ECD" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Full-Time </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D909C2" w14:textId="5346A63E" w:rsidR="004F49B2" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-12999941"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F31449">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004F49B2" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Part-Time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D69FDC" w14:textId="78935EEF" w:rsidR="00D67AE7" w:rsidRPr="00F31449" w:rsidRDefault="004F49B2" w:rsidP="00D67AE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Are you under immigration control in the UK or do you require a visa to study in the UK?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C2DDB4" w14:textId="56224A76" w:rsidR="004F49B2" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="00D67AE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="2065374703"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F31449">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004F49B2" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3D0EE0" w14:textId="44F87DF7" w:rsidR="007205F5" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="00D67AE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1309751697"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F31449">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007205F5" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E7A4AE" w14:textId="4B0A79E1" w:rsidR="00D67AE7" w:rsidRPr="00F31449" w:rsidRDefault="00D67AE7" w:rsidP="00D67AE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Thesis Submission Deadline</w:t>
+      </w:r>
+      <w:r w:rsidR="007205F5" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Programme End Date)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA58E8A" w14:textId="77777777" w:rsidR="00D67AE7" w:rsidRPr="00F31449" w:rsidRDefault="00D67AE7" w:rsidP="00D67AE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="7B20B7FF" wp14:editId="313F9F55">
+              <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="705A0A1D" wp14:editId="4942ED66">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
-                <wp:docPr id="1" name="Text Box 2"/>
+                <wp:docPr id="1943161035" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="06E98931" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="7A9CC7B1" w14:textId="77777777" w:rsidR="00D67AE7" w:rsidRPr="00B32AC7" w:rsidRDefault="00D67AE7" w:rsidP="00D67AE7">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7B20B7FF" id="_x0000_s1030" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7KO06FQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNKEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFRhGi0lOiTQCamV2jH7/tn1z&#10;RYkP3NRcg5GMHqWnN+vXr1a9LeUUWtC1dARBjC97y2gbgi2zzItWdtxPwEqDxgZcxwOqbpfVjveI&#10;3ulsmueLrAdXWwdCeo+vd6ORrhN+00gRvjSNl4FoRjG3kG6X7ire2XrFy53jtlXilAb/hyw6rgwG&#10;PUPd8cDJ3qnfoDolHHhowkRAl0HTKCFTDVhNkb+o5qHlVqZakBxvzzT5/wcrPh8e7FdHwvAOBmxg&#10;KsLbexA/PDGwabnZyVvnoG8lrzFwESnLeuvL09dItS99BKn6T1Bjk/k+QAIaGtdFVrBOgujYgOOZ&#10;dDkEIvBxvnxbzAs0CbRNF4tlnrqS8fLpt3U+fJDQkSgw6rCpCZ0f7n2I2fDyySUG86BVvVVaJ8Xt&#10;qo125MBxALbppAJeuGlDekav59P5SMBfIfJ0/gTRqYCTrFXH6NXZiZeRtvemTnMWuNKjjClrc+Ix&#10;UjeSGIZqIKpmdBYDRForqI9IrINxcHHRUGjB/aKkx6Fl1P/ccycp0R8NNue6mM3ilCdlNl9OUXGX&#10;lurSwo1AKEYDJaO4CWkzIm8GbrGJjUr8PmdyShmHMdF+Wpw47Zd68npe7/UjAAAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7&#10;KO06FQIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+              <v:shape w14:anchorId="705A0A1D" id="_x0000_s1030" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7KO06FQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNKEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFRhGi0lOiTQCamV2jH7/tn1z&#10;RYkP3NRcg5GMHqWnN+vXr1a9LeUUWtC1dARBjC97y2gbgi2zzItWdtxPwEqDxgZcxwOqbpfVjveI&#10;3ulsmueLrAdXWwdCeo+vd6ORrhN+00gRvjSNl4FoRjG3kG6X7ire2XrFy53jtlXilAb/hyw6rgwG&#10;PUPd8cDJ3qnfoDolHHhowkRAl0HTKCFTDVhNkb+o5qHlVqZakBxvzzT5/wcrPh8e7FdHwvAOBmxg&#10;KsLbexA/PDGwabnZyVvnoG8lrzFwESnLeuvL09dItS99BKn6T1Bjk/k+QAIaGtdFVrBOgujYgOOZ&#10;dDkEIvBxvnxbzAs0CbRNF4tlnrqS8fLpt3U+fJDQkSgw6rCpCZ0f7n2I2fDyySUG86BVvVVaJ8Xt&#10;qo125MBxALbppAJeuGlDekav59P5SMBfIfJ0/gTRqYCTrFXH6NXZiZeRtvemTnMWuNKjjClrc+Ix&#10;UjeSGIZqIKpmdBYDRForqI9IrINxcHHRUGjB/aKkx6Fl1P/ccycp0R8NNue6mM3ilCdlNl9OUXGX&#10;lurSwo1AKEYDJaO4CWkzIm8GbrGJjUr8PmdyShmHMdF+Wpw47Zd68npe7/UjAAAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7&#10;KO06FQIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="06E98931" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="7A9CC7B1" w14:textId="77777777" w:rsidR="00D67AE7" w:rsidRPr="00B32AC7" w:rsidRDefault="00D67AE7" w:rsidP="00D67AE7">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A28BA3C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6A28BA3C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="377D77CC" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6369AB71" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="2192C58D">
           <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6369AB71" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="67E30230" w14:textId="12842475" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve">Section 2: </w:t>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Funding / Sponsorship </w:t>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Funding / Sponsorship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD7DA1C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15D72284" w14:textId="2316C4EC" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Are you in receipt of any funding or a studentship or do you receive a government doctoral loan</w:t>
+      </w:r>
+      <w:r w:rsidR="006151F1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7953DA39" w14:textId="744D2FFB" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1350166169"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F31449">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E7A65C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="20E7A65C" w14:textId="4864C65D" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1147940020"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F31449">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71E5CF64" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="71E5CF64" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18522378" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please provide full details of your funding source:</w:t>
       </w:r>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22277B0D" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="22277B0D" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="70D056B8" wp14:editId="039BBEB1">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="338924257" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="79D381D7" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="79D381D7" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="70D056B8" id="_x0000_s1031" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpn4PMFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tNIddK85qm22q&#10;StuDtO0DYMAxKmYokNjp0++As9lo295U5QIxDPzMfDOsboZOk4N0XoGpaDHJKZGGg1BmV9Hv37Zv&#10;rijxgRnBNBhZ0aP09Gb9+tWqt6WcQgtaSEdQxPiytxVtQ7Bllnneyo75CVhp0NmA61hA0+0y4ViP&#10;6p3Opnm+yHpwwjrg0nvcvRuddJ30m0by8KVpvAxEVxRjC2l2aa7jnK1XrNw5ZlvFT2Gwf4iiY8rg&#10;o2epOxYY2Tv1m1SnuAMPTZhw6DJoGsVlygGzKfIX2Ty0zMqUC8Lx9ozJ/z9Z/vnwYL86EoZ3MGAB&#10;UxLe3gP/4YmBTcvMTt46B30rmcCHi4gs660vT1cjal/6KFL3n0Bgkdk+QBIaGtdFKpgnQXUswPEM&#10;XQ6BcNycL98W8wJdHH3TxWKZp6pkrHy6bZ0PHyR0JC4q6rCoSZ0d7n2I0bDy6Uh8zINWYqu0Tobb&#10;1RvtyIFhA2zTSAm8OKYN6St6PZ/ORwB/lcjT+JNEpwJ2slZdRa/Oh1gZsb03IvVZYEqPawxZmxPH&#10;iG6EGIZ6IEogk/hAxFqDOCJYB2Pj4kfDRQvuFyU9Nm1F/c89c5IS/dFgca6L2Sx2eTJm8+UUDXfp&#10;qS89zHCUqmigZFxuQvoZkZuBWyxioxLf50hOIWMzJuynjxO7/dJOp56/9/oRAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC6Mv2a3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4VK1N&#10;qEIb4lQICQQ3Wiq4uvE2ibDXwXbT8PcYLvSy0mhGM2/L9WgNG9CHzpGE67kAhlQ73VEjYff2OFsC&#10;C1GRVsYRSvjGAOvqYlKqQrsTbXDYxoalEgqFktDG2Bech7pFq8Lc9UjJOzhvVUzSN1x7dUrl1vBM&#10;iJxb1VFaaFWPDy3Wn9ujlbBcPA8f4eXm9b3OD2YVp7fD05eX8upyvL8DFnGM/2H4xU/oUCWmvTuS&#10;DsxISI/Ev5u8lchyYHsJi0wAr0p+Dl/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOmf&#10;g8wUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALoy/ZrcAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="79D381D7" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="79D381D7" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA86E00" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="5FA86E00" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B90CC64" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If the terms and conditions of your sponsor require you to notify them of any change in your circumstances, you must contact your sponsor/and or your loan provider. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CFE02BA" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...160 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5CFE02BA" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17BB70B7" w14:textId="2CB021F3" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:id w:val="-273714346"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F31449">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Please check the box to confirm that you have done this</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D03D5A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76CE7D23" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="16B17BCE">
           <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA39795" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="703A0A32" w14:textId="77777777" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="6AA39795" w14:textId="6652D545" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 3: </w:t>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve">Change to Supervisory Team Request Details </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FB1050" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="20FB1050" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="508A38E0" w14:textId="5E07EC1F" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please list your current Supervisory Team</w:t>
       </w:r>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508A38E0" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...27 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="654AB944" w14:textId="77777777" w:rsidR="00350089" w:rsidRPr="00F31449" w:rsidRDefault="00350089" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70157499" w14:textId="77777777" w:rsidR="00230714" w:rsidRPr="00F31449" w:rsidRDefault="00230714" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D0ADE90" w14:textId="77777777" w:rsidR="00230714" w:rsidRPr="00F31449" w:rsidRDefault="00230714" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B4DC50" w14:textId="4FE02726" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Main Supervisor </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7274DB53" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="7274DB53" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="34F1C2F0" wp14:editId="39D0507F">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="8" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4B08A601" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="4B08A601" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="34F1C2F0" id="_x0000_s1033" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAM9i/7FQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNKEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFRhGi0lOiTQCamV2jH7/tn1z&#10;RYkP3NRcg5GMHqWnN+vXr1a9LeUUWtC1dARBjC97y2gbgi2zzItWdtxPwEqDxgZcxwOqbpfVjveI&#10;3ulsmueLrAdXWwdCeo+vd6ORrhN+00gRvjSNl4FoRjG3kG6X7ire2XrFy53jtlXilAb/hyw6rgwG&#10;PUPd8cDJ3qnfoDolHHhowkRAl0HTKCFTDVhNkb+o5qHlVqZakBxvzzT5/wcrPh8e7FdHwvAOBmxg&#10;KsLbexA/PDGwabnZyVvnoG8lrzFwESnLeuvL09dItS99BKn6T1Bjk/k+QAIaGtdFVrBOgujYgOOZ&#10;dDkEIvBxvnxbzAs0CbRNF4tlnrqS8fLpt3U+fJDQkSgw6rCpCZ0f7n2I2fDyySUG86BVvVVaJ8Xt&#10;qo125MBxALbppAJeuGlDekav59P5SMBfIfJ0/gTRqYCTrFXH6NXZiZeRtvemTnMWuNKjjClrc+Ix&#10;UjeSGIZqIKpmdBkDRForqI9IrINxcHHRUGjB/aKkx6Fl1P/ccycp0R8NNue6mM3ilCdlNl9OUXGX&#10;lurSwo1AKEYDJaO4CWkzIm8GbrGJjUr8PmdyShmHMdF+Wpw47Zd68npe7/UjAAAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAM&#10;9i/7FQIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+              <v:shape w14:anchorId="34F1C2F0" id="_x0000_s1032" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeQUENFQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNKEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFRhGi0lOiTQCamV2jH7/tn1z&#10;RYkP3NRcg5GMHqWnN+vXr1a9LeUUWtC1dARBjC97y2gbgi2zzItWdtxPwEqDxgZcxwOqbpfVjveI&#10;3ulsmueLrAdXWwdCeo+vd6ORrhN+00gRvjSNl4FoRjG3kG6X7ire2XrFy53jtlXilAb/hyw6rgwG&#10;PUPd8cDJ3qnfoDolHHhowkRAl0HTKCFTDVhNkb+o5qHlVqZakBxvzzT5/wcrPh8e7FdHwvAOBmxg&#10;KsLbexA/PDGwabnZyVvnoG8lrzFwESnLeuvL09dItS99BKn6T1Bjk/k+QAIaGtdFVrBOgujYgOOZ&#10;dDkEIvBxvnxbzAs0CbRNF4tlnrqS8fLpt3U+fJDQkSgw6rCpCZ0f7n2I2fDyySUG86BVvVVaJ8Xt&#10;qo125MBxALbppAJeuGlDekav59P5SMBfIfJ0/gTRqYCTrFXH6NXZiZeRtvemTnMWuNKjjClrc+Ix&#10;UjeSGIZqIKpmdBEDRForqI9IrINxcHHRUGjB/aKkx6Fl1P/ccycp0R8NNue6mM3ilCdlNl9OUXGX&#10;lurSwo1AKEYDJaO4CWkzIm8GbrGJjUr8PmdyShmHMdF+Wpw47Zd68npe7/UjAAAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDe&#10;QUENFQIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4B08A601" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="4B08A601" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080EFF6F" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="080EFF6F" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>External Supervisor (if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4269F79A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="4D6747D6" w14:textId="68C1ABEB" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="07ACF3C7" wp14:editId="1110D264">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="9" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="065EED73" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="065EED73" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="07ACF3C7" id="_x0000_s1034" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlXASLFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNOEWXLsOA&#10;7gJ0+wBZkmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFZiKFpOcEmk4CGV2Ff3+bfvm&#10;ihIfmBFMg5EVPUpPb9avX616W8optKCFdARBjC97W9E2BFtmmeet7JifgJUGjQ24jgVU3S4TjvWI&#10;3ulsmueLrAcnrAMuvcfXu9FI1wm/aSQPX5rGy0B0RTG3kG6X7jre2XrFyp1jtlX8lAb7hyw6pgwG&#10;PUPdscDI3qnfoDrFHXhowoRDl0HTKC5TDVhNkb+o5qFlVqZakBxvzzT5/wfLPx8e7FdHwvAOBmxg&#10;KsLbe+A/PDGwaZnZyVvnoG8lExi4iJRlvfXl6Wuk2pc+gtT9JxDYZLYPkICGxnWRFayTIDo24Hgm&#10;XQ6BcHycL98W8wJNHG3TxWKZp65krHz6bZ0PHyR0JAoVddjUhM4O9z7EbFj55BKDedBKbJXWSXG7&#10;eqMdOTAcgG06qYAXbtqQvqLX8+l8JOCvEHk6f4LoVMBJ1qqr6NXZiZWRtvdGpDkLTOlRxpS1OfEY&#10;qRtJDEM9ECUQIAaItNYgjkisg3FwcdFQaMH9oqTHoa2o/7lnTlKiPxpsznUxm8UpT8psvpyi4i4t&#10;9aWFGY5QFQ2UjOImpM2IvBm4xSY2KvH7nMkpZRzGRPtpceK0X+rJ63m9148AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC6Mv2a3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4VK1N&#10;qEIb4lQICQQ3Wiq4uvE2ibDXwXbT8PcYLvSy0mhGM2/L9WgNG9CHzpGE67kAhlQ73VEjYff2OFsC&#10;C1GRVsYRSvjGAOvqYlKqQrsTbXDYxoalEgqFktDG2Bech7pFq8Lc9UjJOzhvVUzSN1x7dUrl1vBM&#10;iJxb1VFaaFWPDy3Wn9ujlbBcPA8f4eXm9b3OD2YVp7fD05eX8upyvL8DFnGM/2H4xU/oUCWmvTuS&#10;DsxISI/Ev5u8lchyYHsJi0wAr0p+Dl/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGVc&#10;BIsUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALoy/ZrcAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
+              <v:shape w14:anchorId="07ACF3C7" id="_x0000_s1033" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAM9i/7FQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNKEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFRhGi0lOiTQCamV2jH7/tn1z&#10;RYkP3NRcg5GMHqWnN+vXr1a9LeUUWtC1dARBjC97y2gbgi2zzItWdtxPwEqDxgZcxwOqbpfVjveI&#10;3ulsmueLrAdXWwdCeo+vd6ORrhN+00gRvjSNl4FoRjG3kG6X7ire2XrFy53jtlXilAb/hyw6rgwG&#10;PUPd8cDJ3qnfoDolHHhowkRAl0HTKCFTDVhNkb+o5qHlVqZakBxvzzT5/wcrPh8e7FdHwvAOBmxg&#10;KsLbexA/PDGwabnZyVvnoG8lrzFwESnLeuvL09dItS99BKn6T1Bjk/k+QAIaGtdFVrBOgujYgOOZ&#10;dDkEIvBxvnxbzAs0CbRNF4tlnrqS8fLpt3U+fJDQkSgw6rCpCZ0f7n2I2fDyySUG86BVvVVaJ8Xt&#10;qo125MBxALbppAJeuGlDekav59P5SMBfIfJ0/gTRqYCTrFXH6NXZiZeRtvemTnMWuNKjjClrc+Ix&#10;UjeSGIZqIKpmdBkDRForqI9IrINxcHHRUGjB/aKkx6Fl1P/ccycp0R8NNue6mM3ilCdlNl9OUXGX&#10;lurSwo1AKEYDJaO4CWkzIm8GbrGJjUr8PmdyShmHMdF+Wpw47Zd68npe7/UjAAAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAM&#10;9i/7FQIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="065EED73" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="065EED73" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764CA436" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="764CA436" w14:textId="441DFC5D" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Co-supervisor(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7544A094" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="7544A094" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="4D64098A" wp14:editId="11CECA5A">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="10" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4FDA4CCF" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="4FDA4CCF" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D64098A" id="_x0000_s1035" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC362p9FAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNOEWXLsOA&#10;7gJ0+wBZkmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFZiKFpOcEmk4CGV2Ff3+bfvm&#10;ihIfmBFMg5EVPUpPb9avX616W8optKCFdARBjC97W9E2BFtmmeet7JifgJUGjQ24jgVU3S4TjvWI&#10;3ulsmueLrAcnrAMuvcfXu9FI1wm/aSQPX5rGy0B0RTG3kG6X7jre2XrFyp1jtlX8lAb7hyw6pgwG&#10;PUPdscDI3qnfoDrFHXhowoRDl0HTKC5TDVhNkb+o5qFlVqZakBxvzzT5/wfLPx8e7FdHwvAOBmxg&#10;KsLbe+A/PDGwaZnZyVvnoG8lExi4iJRlvfXl6Wuk2pc+gtT9JxDYZLYPkICGxnWRFayTIDo24Hgm&#10;XQ6BcHycL98W8wJNHG3TxWKZp65krHz6bZ0PHyR0JAoVddjUhM4O9z7EbFj55BKDedBKbJXWSXG7&#10;eqMdOTAcgG06qYAXbtqQvqLX8+l8JOCvEHk6f4LoVMBJ1qqr6NXZiZWRtvdGpDkLTOlRxpS1OfEY&#10;qRtJDEM9ECUwkRgg0lqDOCKxDsbBxUVDoQX3i5Ieh7ai/ueeOUmJ/miwOdfFbBanPCmz+XKKiru0&#10;1JcWZjhCVTRQMoqbkDYj8mbgFpvYqMTvcyanlHEYE+2nxYnTfqknr+f1Xj8CAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC6Mv2a3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4VK1N&#10;qEIb4lQICQQ3Wiq4uvE2ibDXwXbT8PcYLvSy0mhGM2/L9WgNG9CHzpGE67kAhlQ73VEjYff2OFsC&#10;C1GRVsYRSvjGAOvqYlKqQrsTbXDYxoalEgqFktDG2Bech7pFq8Lc9UjJOzhvVUzSN1x7dUrl1vBM&#10;iJxb1VFaaFWPDy3Wn9ujlbBcPA8f4eXm9b3OD2YVp7fD05eX8upyvL8DFnGM/2H4xU/oUCWmvTuS&#10;DsxISI/Ev5u8lchyYHsJi0wAr0p+Dl/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALfr&#10;an0UAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALoy/ZrcAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
+              <v:shape w14:anchorId="4D64098A" id="_x0000_s1034" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlXASLFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNOEWXLsOA&#10;7gJ0+wBZkmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFZiKFpOcEmk4CGV2Ff3+bfvm&#10;ihIfmBFMg5EVPUpPb9avX616W8optKCFdARBjC97W9E2BFtmmeet7JifgJUGjQ24jgVU3S4TjvWI&#10;3ulsmueLrAcnrAMuvcfXu9FI1wm/aSQPX5rGy0B0RTG3kG6X7jre2XrFyp1jtlX8lAb7hyw6pgwG&#10;PUPdscDI3qnfoDrFHXhowoRDl0HTKC5TDVhNkb+o5qFlVqZakBxvzzT5/wfLPx8e7FdHwvAOBmxg&#10;KsLbe+A/PDGwaZnZyVvnoG8lExi4iJRlvfXl6Wuk2pc+gtT9JxDYZLYPkICGxnWRFayTIDo24Hgm&#10;XQ6BcHycL98W8wJNHG3TxWKZp65krHz6bZ0PHyR0JAoVddjUhM4O9z7EbFj55BKDedBKbJXWSXG7&#10;eqMdOTAcgG06qYAXbtqQvqLX8+l8JOCvEHk6f4LoVMBJ1qqr6NXZiZWRtvdGpDkLTOlRxpS1OfEY&#10;qRtJDEM9ECUQIAaItNYgjkisg3FwcdFQaMH9oqTHoa2o/7lnTlKiPxpsznUxm8UpT8psvpyi4i4t&#10;9aWFGY5QFQ2UjOImpM2IvBm4xSY2KvH7nMkpZRzGRPtpceK0X+rJ63m9148AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC6Mv2a3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4VK1N&#10;qEIb4lQICQQ3Wiq4uvE2ibDXwXbT8PcYLvSy0mhGM2/L9WgNG9CHzpGE67kAhlQ73VEjYff2OFsC&#10;C1GRVsYRSvjGAOvqYlKqQrsTbXDYxoalEgqFktDG2Bech7pFq8Lc9UjJOzhvVUzSN1x7dUrl1vBM&#10;iJxb1VFaaFWPDy3Wn9ujlbBcPA8f4eXm9b3OD2YVp7fD05eX8upyvL8DFnGM/2H4xU/oUCWmvTuS&#10;DsxISI/Ev5u8lchyYHsJi0wAr0p+Dl/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGVc&#10;BIsUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALoy/ZrcAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4FDA4CCF" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="4FDA4CCF" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D13C6F" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="64D13C6F" w14:textId="51283810" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PGR </w:t>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Advisor</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Pastoral)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A08531A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="4535A2A8" wp14:editId="35ADD735">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="11" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0F40A44D" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="0F40A44D" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4535A2A8" id="_x0000_s1036" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDc9v2pFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tNIddK85qm22q&#10;StuDtO0DYMAxKmYokNjp0++As9lo295U5QIxDPzMfDOsboZOk4N0XoGpaDHJKZGGg1BmV9Hv37Zv&#10;rijxgRnBNBhZ0aP09Gb9+tWqt6WcQgtaSEdQxPiytxVtQ7Bllnneyo75CVhp0NmA61hA0+0y4ViP&#10;6p3Opnm+yHpwwjrg0nvcvRuddJ30m0by8KVpvAxEVxRjC2l2aa7jnK1XrNw5ZlvFT2Gwf4iiY8rg&#10;o2epOxYY2Tv1m1SnuAMPTZhw6DJoGsVlygGzKfIX2Ty0zMqUC8Lx9ozJ/z9Z/vnwYL86EoZ3MGAB&#10;UxLe3gP/4YmBTcvMTt46B30rmcCHi4gs660vT1cjal/6KFL3n0Bgkdk+QBIaGtdFKpgnQXUswPEM&#10;XQ6BcNycL98W8wJdHH3TxWKZp6pkrHy6bZ0PHyR0JC4q6rCoSZ0d7n2I0bDy6Uh8zINWYqu0Tobb&#10;1RvtyIFhA2zTSAm8OKYN6St6PZ/ORwB/lcjT+JNEpwJ2slZdRa/Oh1gZsb03IvVZYEqPawxZmxPH&#10;iG6EGIZ6IEog5IQgcq1BHJGsg7Fz8afhogX3i5Ieu7ai/ueeOUmJ/miwOtfFbBbbPBmz+XKKhrv0&#10;1JceZjhKVTRQMi43IX2NCM7ALVaxUQnwcySnmLEbE/fTz4ntfmmnU8//e/0IAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC6Mv2a3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4VK1N&#10;qEIb4lQICQQ3Wiq4uvE2ibDXwXbT8PcYLvSy0mhGM2/L9WgNG9CHzpGE67kAhlQ73VEjYff2OFsC&#10;C1GRVsYRSvjGAOvqYlKqQrsTbXDYxoalEgqFktDG2Bech7pFq8Lc9UjJOzhvVUzSN1x7dUrl1vBM&#10;iJxb1VFaaFWPDy3Wn9ujlbBcPA8f4eXm9b3OD2YVp7fD05eX8upyvL8DFnGM/2H4xU/oUCWmvTuS&#10;DsxISI/Ev5u8lchyYHsJi0wAr0p+Dl/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANz2&#10;/akUAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALoy/ZrcAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
+              <v:shape w14:anchorId="4535A2A8" id="_x0000_s1035" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC362p9FAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcmmNOEWXLsOA&#10;7gJ0+wBZkmNhsqhJSuzs60vJaRp028swPQikSB2Sh+TqZug0OUjnFZiKFpOcEmk4CGV2Ff3+bfvm&#10;ihIfmBFMg5EVPUpPb9avX616W8optKCFdARBjC97W9E2BFtmmeet7JifgJUGjQ24jgVU3S4TjvWI&#10;3ulsmueLrAcnrAMuvcfXu9FI1wm/aSQPX5rGy0B0RTG3kG6X7jre2XrFyp1jtlX8lAb7hyw6pgwG&#10;PUPdscDI3qnfoDrFHXhowoRDl0HTKC5TDVhNkb+o5qFlVqZakBxvzzT5/wfLPx8e7FdHwvAOBmxg&#10;KsLbe+A/PDGwaZnZyVvnoG8lExi4iJRlvfXl6Wuk2pc+gtT9JxDYZLYPkICGxnWRFayTIDo24Hgm&#10;XQ6BcHycL98W8wJNHG3TxWKZp65krHz6bZ0PHyR0JAoVddjUhM4O9z7EbFj55BKDedBKbJXWSXG7&#10;eqMdOTAcgG06qYAXbtqQvqLX8+l8JOCvEHk6f4LoVMBJ1qqr6NXZiZWRtvdGpDkLTOlRxpS1OfEY&#10;qRtJDEM9ECUwkRgg0lqDOCKxDsbBxUVDoQX3i5Ieh7ai/ueeOUmJ/miwOdfFbBanPCmz+XKKiru0&#10;1JcWZjhCVTRQMoqbkDYj8mbgFpvYqMTvcyanlHEYE+2nxYnTfqknr+f1Xj8CAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC6Mv2a3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4VK1N&#10;qEIb4lQICQQ3Wiq4uvE2ibDXwXbT8PcYLvSy0mhGM2/L9WgNG9CHzpGE67kAhlQ73VEjYff2OFsC&#10;C1GRVsYRSvjGAOvqYlKqQrsTbXDYxoalEgqFktDG2Bech7pFq8Lc9UjJOzhvVUzSN1x7dUrl1vBM&#10;iJxb1VFaaFWPDy3Wn9ujlbBcPA8f4eXm9b3OD2YVp7fD05eX8upyvL8DFnGM/2H4xU/oUCWmvTuS&#10;DsxISI/Ev5u8lchyYHsJi0wAr0p+Dl/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALfr&#10;an0UAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALoy/ZrcAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0F40A44D" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="0F40A44D" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C68F20C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="6AA3EEF5" w14:textId="13DA83A4" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="636BE50E" w14:textId="6F7A18E2" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please indicate which supervisor(s) you would like to change</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4530780B" w14:textId="2FEDE661" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1948763712"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="658D7A50" w:rsidRPr="3E70208C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="006151F1" w:rsidRPr="3E70208C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Main Supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA5DAA4" w14:textId="2FB77D34" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="2017420274"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005866AE">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="006151F1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>External Supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AE7DF6" w14:textId="53AB3D8E" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1386064018"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005866AE">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="006151F1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Co-Supervisor(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72507B13" w14:textId="6ECBCEA4" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="00C560E1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If you have more than one co-supervisor, please specify the name</w:t>
+      </w:r>
+      <w:r w:rsidR="00445711" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C560E1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the co-supervisor you would like to change:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B81E9A7" w14:textId="0F2D33C0" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="6925CD5D" wp14:editId="6A446311">
+              <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="54270ACA" wp14:editId="6844D91E">
+                <wp:extent cx="5731510" cy="266700"/>
+                <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
+                <wp:docPr id="294650784" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5731510" cy="266700"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="24709C69" w14:textId="77777777" w:rsidR="006151F1" w:rsidRPr="00B32AC7" w:rsidRDefault="006151F1" w:rsidP="006151F1">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:iCs/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="54270ACA" id="_x0000_s1036" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDc9v2pFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tNIddK85qm22q&#10;StuDtO0DYMAxKmYokNjp0++As9lo295U5QIxDPzMfDOsboZOk4N0XoGpaDHJKZGGg1BmV9Hv37Zv&#10;rijxgRnBNBhZ0aP09Gb9+tWqt6WcQgtaSEdQxPiytxVtQ7Bllnneyo75CVhp0NmA61hA0+0y4ViP&#10;6p3Opnm+yHpwwjrg0nvcvRuddJ30m0by8KVpvAxEVxRjC2l2aa7jnK1XrNw5ZlvFT2Gwf4iiY8rg&#10;o2epOxYY2Tv1m1SnuAMPTZhw6DJoGsVlygGzKfIX2Ty0zMqUC8Lx9ozJ/z9Z/vnwYL86EoZ3MGAB&#10;UxLe3gP/4YmBTcvMTt46B30rmcCHi4gs660vT1cjal/6KFL3n0Bgkdk+QBIaGtdFKpgnQXUswPEM&#10;XQ6BcNycL98W8wJdHH3TxWKZp6pkrHy6bZ0PHyR0JC4q6rCoSZ0d7n2I0bDy6Uh8zINWYqu0Tobb&#10;1RvtyIFhA2zTSAm8OKYN6St6PZ/ORwB/lcjT+JNEpwJ2slZdRa/Oh1gZsb03IvVZYEqPawxZmxPH&#10;iG6EGIZ6IEog5IQgcq1BHJGsg7Fz8afhogX3i5Ieu7ai/ueeOUmJ/miwOtfFbBbbPBmz+XKKhrv0&#10;1JceZjhKVTRQMi43IX2NCM7ALVaxUQnwcySnmLEbE/fTz4ntfmmnU8//e/0IAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC6Mv2a3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4VK1N&#10;qEIb4lQICQQ3Wiq4uvE2ibDXwXbT8PcYLvSy0mhGM2/L9WgNG9CHzpGE67kAhlQ73VEjYff2OFsC&#10;C1GRVsYRSvjGAOvqYlKqQrsTbXDYxoalEgqFktDG2Bech7pFq8Lc9UjJOzhvVUzSN1x7dUrl1vBM&#10;iJxb1VFaaFWPDy3Wn9ujlbBcPA8f4eXm9b3OD2YVp7fD05eX8upyvL8DFnGM/2H4xU/oUCWmvTuS&#10;DsxISI/Ev5u8lchyYHsJi0wAr0p+Dl/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANz2&#10;/akUAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALoy/ZrcAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="24709C69" w14:textId="77777777" w:rsidR="006151F1" w:rsidRPr="00B32AC7" w:rsidRDefault="006151F1" w:rsidP="006151F1">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:iCs/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:anchorlock/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137844DF" w14:textId="0FE88A32" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="395089874"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005866AE">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="006151F1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PGR Advisor (pastoral)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DF55C2" w14:textId="77777777" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B25799" w14:textId="25BE2006" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="2C4925FB" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please provide full details of the requested change(s) and reasons for that change </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1D3788" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="0EC28B1C" wp14:editId="2B209DD5">
                 <wp:extent cx="5731510" cy="1266825"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="28575"/>
-                <wp:docPr id="12" name="Text Box 2"/>
+                <wp:docPr id="303673630" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="1266825"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1A957D0A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="73EAA15A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-[...8 lines deleted...]
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="0B3CE6CB" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="3A6EBF35" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="45AA1657" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:i/>
                               </w:rPr>
@@ -2029,66 +2802,58 @@
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="7900802A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6925CD5D" id="_x0000_s1037" type="#_x0000_t202" style="width:451.3pt;height:99.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtorLSFAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S+OsyRNjThFly7D&#10;gO4AdHsARZZjYbKoUUrs7OlLKW6aHbCLYb4QRFP6SX6kljd9a9hBoddgS56PxpwpK6HSdlfyr182&#10;rxac+SBsJQxYVfKj8vxm9fLFsnOFmkADplLISMT6onMlb0JwRZZ52ahW+BE4ZclZA7YikIm7rELR&#10;kXprssl4PM86wMohSOU9/b07Ofkq6de1kuFTXXsVmCk55RbSimndxjVbLUWxQ+EaLYc0xD9k0Qpt&#10;KehZ6k4Ewfaof5NqtUTwUIeRhDaDutZSpRqomnz8SzUPjXAq1UJwvDtj8v9PVn48PLjPyEL/Bnpq&#10;YCrCu3uQ3zyzsG6E3albROgaJSoKnEdkWed8MVyNqH3ho8i2+wAVNVnsAyShvsY2UqE6GalTA45n&#10;6KoPTNLP2dXrfJaTS5Ivn8zni8ksxRDF03WHPrxT0LK4KTlSV5O8ONz7ENMRxdORGM2D0dVGG5MM&#10;3G3XBtlB0ARs0jeo/3TMWNaV/HpGsf8uMU7fnyRaHWiUjW5LvjgfEkXk9tZWadCC0Oa0p5SNHUBG&#10;dieKod/2TFfEIWGOYLdQHQktwml06anRpgH8wVlHY1ty/30vUHFm3ltqz3U+ncY5T8Z0djUhAy89&#10;20uPsJKkSh44O23XIb2NiMDCLbWx1gnwcyZDzjSOifvwdOK8X9rp1PMDXz0CAAD//wMAUEsDBBQA&#10;BgAIAAAAIQA5SSLg3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHUo&#10;EJoQp0JIILhBW8HVjbdJhL0OtpuGv2fhApeRVjOaeVstJ2fFiCH2nhRczDIQSI03PbUKNuuH8wWI&#10;mDQZbT2hgi+MsKyPjypdGn+gVxxXqRVcQrHUCrqUhlLK2HTodJz5AYm9nQ9OJz5DK03QBy53Vs6z&#10;LJdO98QLnR7wvsPmY7V3ChZXT+N7fL58eWvynS3S2c34+BmUOj2Z7m5BJJzSXxh+8Bkdamba+j2Z&#10;KKwCfiT9KntFNs9BbDlUFNcg60r+p6+/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK2i&#10;stIUAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADlJIuDcAAAABQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
+              <v:shape w14:anchorId="0EC28B1C" id="_x0000_s1037" type="#_x0000_t202" style="width:451.3pt;height:99.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtorLSFAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S+OsyRNjThFly7D&#10;gO4AdHsARZZjYbKoUUrs7OlLKW6aHbCLYb4QRFP6SX6kljd9a9hBoddgS56PxpwpK6HSdlfyr182&#10;rxac+SBsJQxYVfKj8vxm9fLFsnOFmkADplLISMT6onMlb0JwRZZ52ahW+BE4ZclZA7YikIm7rELR&#10;kXprssl4PM86wMohSOU9/b07Ofkq6de1kuFTXXsVmCk55RbSimndxjVbLUWxQ+EaLYc0xD9k0Qpt&#10;KehZ6k4Ewfaof5NqtUTwUIeRhDaDutZSpRqomnz8SzUPjXAq1UJwvDtj8v9PVn48PLjPyEL/Bnpq&#10;YCrCu3uQ3zyzsG6E3albROgaJSoKnEdkWed8MVyNqH3ho8i2+wAVNVnsAyShvsY2UqE6GalTA45n&#10;6KoPTNLP2dXrfJaTS5Ivn8zni8ksxRDF03WHPrxT0LK4KTlSV5O8ONz7ENMRxdORGM2D0dVGG5MM&#10;3G3XBtlB0ARs0jeo/3TMWNaV/HpGsf8uMU7fnyRaHWiUjW5LvjgfEkXk9tZWadCC0Oa0p5SNHUBG&#10;dieKod/2TFfEIWGOYLdQHQktwml06anRpgH8wVlHY1ty/30vUHFm3ltqz3U+ncY5T8Z0djUhAy89&#10;20uPsJKkSh44O23XIb2NiMDCLbWx1gnwcyZDzjSOifvwdOK8X9rp1PMDXz0CAAD//wMAUEsDBBQA&#10;BgAIAAAAIQA5SSLg3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHUo&#10;EJoQp0JIILhBW8HVjbdJhL0OtpuGv2fhApeRVjOaeVstJ2fFiCH2nhRczDIQSI03PbUKNuuH8wWI&#10;mDQZbT2hgi+MsKyPjypdGn+gVxxXqRVcQrHUCrqUhlLK2HTodJz5AYm9nQ9OJz5DK03QBy53Vs6z&#10;LJdO98QLnR7wvsPmY7V3ChZXT+N7fL58eWvynS3S2c34+BmUOj2Z7m5BJJzSXxh+8Bkdamba+j2Z&#10;KKwCfiT9KntFNs9BbDlUFNcg60r+p6+/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK2i&#10;stIUAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADlJIuDcAAAABQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1A957D0A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="73EAA15A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-[...8 lines deleted...]
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="0B3CE6CB" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="3A6EBF35" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="45AA1657" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:i/>
                         </w:rPr>
@@ -2178,847 +2943,2035 @@
                     <w:p w14:paraId="6FF083E3" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="7900802A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14DB3207" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> (dd/mm/</w:t>
+    <w:p w14:paraId="1C941022" w14:textId="05D2EC8D" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4390CA39" w14:textId="23BFE7C8" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="08E73814" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please provide a statement from your </w:t>
+      </w:r>
+      <w:r w:rsidR="00445711" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">main </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>supervisor to confirm this has been discussed with them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E909C8" w14:textId="646DF776" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="306FBF70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0782C" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If you cannot provide a statement, please explain why.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53337AE3" w14:textId="37C6CED6" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="10B631CC" wp14:editId="6D0C4096">
+                <wp:extent cx="5731510" cy="1266825"/>
+                <wp:effectExtent l="0" t="0" r="21590" b="28575"/>
+                <wp:docPr id="923219546" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5731510" cy="1266825"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3C40A967" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:iCs/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="17AFB7B3" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4B271B5A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="365136EB" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="64B4AC70" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="02482114" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="2429AE52" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6E114027" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="26D70A23" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                              <w:t>nnnnnnnnnn</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="22AC9ED5" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="53561B1C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="295AD0D3" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="1C09E55A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="42B07819" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="06FC3F16" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="160CE6F7" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="10B631CC" id="_x0000_s1038" type="#_x0000_t202" style="width:451.3pt;height:99.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCafHATEwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOkjQ14hRdugwD&#10;ugvQ7QMUWY6FyaJGKbGzry+luGl2wR6G6UEgReqQPCSXN31r2EGh12BLno/GnCkrodJ2V/KvXzav&#10;Fpz5IGwlDFhV8qPy/Gb18sWyc4WaQAOmUsgIxPqicyVvQnBFlnnZqFb4EThlyVgDtiKQirusQtER&#10;emuyyXg8zzrAyiFI5T293p2MfJXw61rJ8KmuvQrMlJxyC+nGdG/jna2WotihcI2WQxriH7JohbYU&#10;9Ax1J4Jge9S/QbVaIniow0hCm0Fda6lSDVRNPv6lmodGOJVqIXK8O9Pk/x+s/Hh4cJ+Rhf4N9NTA&#10;VIR39yC/eWZh3Qi7U7eI0DVKVBQ4j5RlnfPF8DVS7QsfQbbdB6ioyWIfIAH1NbaRFaqTETo14Hgm&#10;XfWBSXqcXb3OZzmZJNnyyXy+mMxSDFE8fXfowzsFLYtCyZG6muDF4d6HmI4onlxiNA9GVxttTFJw&#10;t10bZAdBE7BJZ0D/yc1Y1pX8ekax/w4xTudPEK0ONMpGtyVfnJ1EEXl7a6s0aEFoc5IpZWMHIiN3&#10;JxZDv+2ZriIPMUIkdgvVkahFOI0urRoJDeAPzjoa25L773uBijPz3lJ7rvPpNM55UqazqwkpeGnZ&#10;XlqElQRV8sDZSVyHtBuRAgu31MZaJ4KfMxlypnFMvA+rE+f9Uk9ezwu+egQAAP//AwBQSwMEFAAG&#10;AAgAAAAhADlJIuDcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdSgQ&#10;mhCnQkgguEFbwdWNt0mEvQ62m4a/Z+ECl5FWM5p5Wy0nZ8WIIfaeFFzMMhBIjTc9tQo264fzBYiY&#10;NBltPaGCL4ywrI+PKl0af6BXHFepFVxCsdQKupSGUsrYdOh0nPkBib2dD04nPkMrTdAHLndWzrMs&#10;l073xAudHvC+w+ZjtXcKFldP43t8vnx5a/KdLdLZzfj4GZQ6PZnubkEknNJfGH7wGR1qZtr6PZko&#10;rAJ+JP0qe0U2z0FsOVQU1yDrSv6nr78BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmnxw&#10;ExMCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;OUki4NwAAAAFAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3C40A967" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:iCs/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="17AFB7B3" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4B271B5A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="365136EB" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="64B4AC70" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="02482114" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="2429AE52" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6E114027" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="26D70A23" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                        <w:t>nnnnnnnnnn</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="22AC9ED5" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="53561B1C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="295AD0D3" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="1C09E55A" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="42B07819" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="06FC3F16" w14:textId="77777777" w:rsidR="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="160CE6F7" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:anchorlock/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3926F6C8" w14:textId="77777777" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14DB3207" w14:textId="57E9A334" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Requested start date for change to supervisory team (dd/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>yyyy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381AF2DC" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...5 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="381AF2DC" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="5C996DCC" wp14:editId="05161729">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="13" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2EDF3757" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="2EDF3757" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5C996DCC" id="_x0000_s1038" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5n1GeFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940PzWHXirPaZpuq&#10;0vYgbfsAGOMYFTMUSOz06XfA3my0bW+qcoEYBn5mvhnWN0OnyFFYJ0GXNJullAjNoZZ6X9Lv33Zv&#10;rihxnumaKdCipCfh6M3m9at1bwqRQwuqFpagiHZFb0raem+KJHG8FR1zMzBCo7MB2zGPpt0ntWU9&#10;qncqydN0mfRga2OBC+dw92500k3UbxrB/ZemccITVVKMzcfZxrkKc7JZs2JvmWkln8Jg/xBFx6TG&#10;R89Sd8wzcrDyN6lOcgsOGj/j0CXQNJKLmANmk6UvsnlomRExF4TjzBmT+3+y/PPxwXy1xA/vYMAC&#10;xiScuQf+wxEN25bpvbi1FvpWsBofzgKypDeumK4G1K5wQaTqP0GNRWYHD1FoaGwXqGCeBNWxAKcz&#10;dDF4wnFzsXqbLTJ0cfTly+UqjVVJWPF021jnPwjoSFiU1GJRozo73jsfomHF05HwmAMl651UKhp2&#10;X22VJUeGDbCLIybw4pjSpC/p9SJfjAD+KpHG8SeJTnrsZCW7kl6dD7EiYHuv69hnnkk1rjFkpSeO&#10;Ad0I0Q/VQGSNkPPwQuBaQX1CshbGzsWfhosW7C9KeuzakrqfB2YFJeqjxupcZ/N5aPNozBerHA17&#10;6akuPUxzlCqpp2Rcbn38GgGchlusYiMj4OdIppixGyP36eeEdr+046nn/715BAAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5&#10;n1GeFQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+              <v:shape w14:anchorId="5C996DCC" id="_x0000_s1039" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrKD9oFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tbA67VpzVNttU&#10;lbYHadsHwIBjVMxQILHTp++As9lo295U5QIxDPzMfDOsbodOk4N0XoGpaDHJKZGGg1BmV9FvX7dv&#10;rinxgRnBNBhZ0aP09Hb9+tWqt6WcQgtaSEdQxPiytxVtQ7Bllnneyo75CVhp0NmA61hA0+0y4ViP&#10;6p3Opnm+yHpwwjrg0nvcvR+ddJ30m0by8LlpvAxEVxRjC2l2aa7jnK1XrNw5ZlvFT2Gwf4iiY8rg&#10;o2epexYY2Tv1m1SnuAMPTZhw6DJoGsVlygGzKfIX2Ty2zMqUC8Lx9ozJ/z9Z/unwaL84Eoa3MGAB&#10;UxLePgD/7omBTcvMTt45B30rmcCHi4gs660vT1cjal/6KFL3H0Fgkdk+QBIaGtdFKpgnQXUswPEM&#10;XQ6BcNycL6+KeYEujr7pYrHMU1UyVj7dts6H9xI6EhcVdVjUpM4ODz7EaFj5dCQ+5kErsVVaJ8Pt&#10;6o125MCwAbZppAReHNOG9BW9mU/nI4C/SuRp/EmiUwE7WauuotfnQ6yM2N4ZkfosMKXHNYaszYlj&#10;RDdCDEM9ECUQ8lV8IXKtQRyRrIOxc/Gn4aIF95OSHru2ov7HnjlJif5gsDo3xWwW2zwZs/lyioa7&#10;9NSXHmY4SlU0UDIuNyF9jQjOwB1WsVEJ8HMkp5ixGxP308+J7X5pp1PP/3v9CwAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDr&#10;KD9oFQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2EDF3757" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="2EDF3757" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE3C439" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...5 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="7CE3C439" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48EBCAE6" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...5 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="2E3BBD81" w14:textId="699480CC" w:rsidR="00CD267A" w:rsidRPr="00F31449" w:rsidRDefault="00CD267A" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[Optional] Suggestion of New Supervisor(s) or Advisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A88F8C" w14:textId="6A8E372D" w:rsidR="003C58DB" w:rsidRPr="003C58DB" w:rsidRDefault="00082E73" w:rsidP="003C58DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have a specific member of academic staff in mind whom you would prefer to be considered for your supervisory team, you are welcome to provide their details below. Please be aware that any suggested supervisor must meet the eligibility criteria outlined in the </w:t>
+      </w:r>
+      <w:r w:rsidR="003C58DB" w:rsidRPr="003C58DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003C58DB" w:rsidRPr="003C58DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://documents.manchester.ac.uk/display.aspx?DocID=615" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003C58DB" w:rsidRPr="003C58DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003C58DB" w:rsidRPr="003C58DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003C58DB" w:rsidRPr="003C58DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Supervision Policy for Postgraduate Research Degrees</w:t>
+      </w:r>
+      <w:r w:rsidR="003C58DB" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003C58DB" w:rsidRPr="003C58DB">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E35D61" w14:textId="3D907967" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="003C58DB" w:rsidP="003C58DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C58DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00082E73" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note that suggesting a preferred academic does </w:t>
+      </w:r>
+      <w:r w:rsidR="00082E73" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00082E73" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guarantee their placement on your team, as the final decision is subject to discussion, availability, and formal approval by the Head of PGR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FFA99C" w14:textId="77777777" w:rsidR="00E60BBB" w:rsidRPr="00F31449" w:rsidRDefault="00E60BBB" w:rsidP="003C58DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B1A0F1" w14:textId="77777777" w:rsidR="00E60BBB" w:rsidRPr="00F31449" w:rsidRDefault="00E60BBB" w:rsidP="003C58DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4503"/>
+        <w:gridCol w:w="4503"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00082E73" w:rsidRPr="00F31449" w14:paraId="43FC6680" w14:textId="77777777" w:rsidTr="00063547">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE04EF8" w14:textId="01FCE57D" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00445711" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F31449">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Academic Staff </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF709D" w:rsidRPr="00F31449">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4263D3" w14:textId="37527C1C" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00445711" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F31449">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Suggested </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF709D" w:rsidRPr="00F31449">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Role</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00082E73" w:rsidRPr="00F31449" w14:paraId="224A40BB" w14:textId="77777777" w:rsidTr="00063547">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F515F7" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="095879ED" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00082E73" w:rsidRPr="00F31449" w14:paraId="0CCC3905" w14:textId="77777777" w:rsidTr="00063547">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A2124A" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A457E2" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00082E73" w:rsidRPr="00F31449" w14:paraId="6A75BC26" w14:textId="77777777" w:rsidTr="00B32AC7">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B425F9" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47217AED" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00082E73" w:rsidRPr="00F31449" w14:paraId="38543C57" w14:textId="77777777" w:rsidTr="00063547">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BFE6C8" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A054C7C" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="17FA8198" w14:textId="77777777" w:rsidR="00082E73" w:rsidRPr="00F31449" w:rsidRDefault="00082E73" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48EBCAE6" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00FA3455" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="31E74F8D">
           <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D3ADB4" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="7E607439" w14:textId="77777777" w:rsidR="006151F1" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="18D3ADB4" w14:textId="2B7F2865" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="006151F1" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 4: </w:t>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Student Declarations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBB8532" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="0BBB8532" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33F1887C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="33F1887C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
-[...8 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>PGR Declarations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="540DD529" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="540DD529" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31B7771D" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="31B7771D" w14:textId="4E14BD91" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">By submitting this </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="000267A8" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>form,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> you declare that the information given is accurate to the best of your knowledge. Falsification of information as part of this application may be a student disciplinary matter and may lead to this request not being processed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6661589E" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="6661589E" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The personal information that you provide in this form is processed by The University of Manchester in accordance with UK data protection law. For further information about how we use your personal information and to find out about your data protection rights, see our </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003478C0">
+        <w:t>The personal information that you provide in this form is processed by The University of Manchester in accordance with UK data protection law. For further information about how we use your personal information and to find out about your data protection rights, see our</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00F31449">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>privacy notices</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="172B4D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="172B4D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F91915F" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="3F91915F" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E82B989" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="4E82B989" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>By submitting this form, you confirm that you understand and consent to the University processing and storing your personal information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08149650" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="08149650" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18D730DD" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="18D730DD" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Confirming your request.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127A51CC" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="127A51CC" w14:textId="1B3A2CA8" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is your responsibility to read the following relevant University guidelines and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D00702" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policies </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1156A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regarding </w:t>
+      </w:r>
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PGR supervision, especially the following</w:t>
+      </w:r>
+      <w:r w:rsidR="000D752A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A0CBD5" w14:textId="6C483222" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="00CF7A43" w:rsidP="0015370A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:contextualSpacing/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Responsibility </w:t>
+      </w:r>
+      <w:r w:rsidR="000D264A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of the PGR</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6D52" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47647" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 in </w:t>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://documents.manchester.ac.uk/display.aspx?DocID=615" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk209518609"/>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Supervision Policy for Postgraduate Research Degrees</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36797" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="3982276D" w14:textId="77777777" w:rsidR="0015370A" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="0015370A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Change of Supervisor: Section 11 in</w:t>
+      </w:r>
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://documents.manchester.ac.uk/display.aspx?DocID=615" </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Supervision Policy for Postgraduate Research Degrees</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="28B8AA95" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:r w:rsidR="0015370A" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B8AA95" w14:textId="512F63A7" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="0015370A" w:rsidP="0015370A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By submitting your </w:t>
+      </w:r>
+      <w:r w:rsidR="006151F1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>form,</w:t>
+      </w:r>
+      <w:r w:rsidR="003478C0" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you are confirming that you have read and understood the relevant University guidelines and policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F74E7E0" w14:textId="2AC9107A" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">You are encouraged to talk to somebody in your </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="003478C0">
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00F31449">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve">Doctoral Academy or School </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">about your situation before applying for a change of supervisor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F05CBB" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+    <w:p w14:paraId="52F05CBB" w14:textId="7FF995B7" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have discussed your intentions with any members of University of Manchester </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="006151F1" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>staff,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> please confirm their names and job titles below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A226266" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...4 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="6A226266" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003478C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="3B833086" wp14:editId="32E95A19">
                 <wp:extent cx="5731510" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:docPr id="14" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5731510" cy="266700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6906DBC5" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                          <w:p w14:paraId="6906DBC5" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
-                                <w:i/>
+                                <w:bCs/>
+                                <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3B833086" id="_x0000_s1039" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrKD9oFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tbA67VpzVNttU&#10;lbYHadsHwIBjVMxQILHTp++As9lo295U5QIxDPzMfDOsbodOk4N0XoGpaDHJKZGGg1BmV9FvX7dv&#10;rinxgRnBNBhZ0aP09Hb9+tWqt6WcQgtaSEdQxPiytxVtQ7Bllnneyo75CVhp0NmA61hA0+0y4ViP&#10;6p3Opnm+yHpwwjrg0nvcvR+ddJ30m0by8LlpvAxEVxRjC2l2aa7jnK1XrNw5ZlvFT2Gwf4iiY8rg&#10;o2epexYY2Tv1m1SnuAMPTZhw6DJoGsVlygGzKfIX2Ty2zMqUC8Lx9ozJ/z9Z/unwaL84Eoa3MGAB&#10;UxLePgD/7omBTcvMTt45B30rmcCHi4gs660vT1cjal/6KFL3H0Fgkdk+QBIaGtdFKpgnQXUswPEM&#10;XQ6BcNycL6+KeYEujr7pYrHMU1UyVj7dts6H9xI6EhcVdVjUpM4ODz7EaFj5dCQ+5kErsVVaJ8Pt&#10;6o125MCwAbZppAReHNOG9BW9mU/nI4C/SuRp/EmiUwE7WauuotfnQ6yM2N4ZkfosMKXHNYaszYlj&#10;RDdCDEM9ECUQ8lV8IXKtQRyRrIOxc/Gn4aIF95OSHru2ov7HnjlJif5gsDo3xWwW2zwZs/lyioa7&#10;9NSXHmY4SlU0UDIuNyF9jQjOwB1WsVEJ8HMkp5ixGxP308+J7X5pp1PP/3v9CwAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDr&#10;KD9oFQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+              <v:shape w14:anchorId="3B833086" id="_x0000_s1040" type="#_x0000_t202" style="width:451.3pt;height:21pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWJaXGFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tNIddK85qm22q&#10;StuDtO0DYMAxKmYokNjp0++As9lo295U5QIxDPzMfDOsboZOk4N0XoGpaDHJKZGGg1BmV9Hv37Zv&#10;rijxgRnBNBhZ0aP09Gb9+tWqt6WcQgtaSEdQxPiytxVtQ7Bllnneyo75CVhp0NmA61hA0+0y4ViP&#10;6p3Opnm+yHpwwjrg0nvcvRuddJ30m0by8KVpvAxEVxRjC2l2aa7jnK1XrNw5ZlvFT2Gwf4iiY8rg&#10;o2epOxYY2Tv1m1SnuAMPTZhw6DJoGsVlygGzKfIX2Ty0zMqUC8Lx9ozJ/z9Z/vnwYL86EoZ3MGAB&#10;UxLe3gP/4YmBTcvMTt46B30rmcCHi4gs660vT1cjal/6KFL3n0Bgkdk+QBIaGtdFKpgnQXUswPEM&#10;XQ6BcNycL98W8wJdHH3TxWKZp6pkrHy6bZ0PHyR0JC4q6rCoSZ0d7n2I0bDy6Uh8zINWYqu0Tobb&#10;1RvtyIFhA2zTSAm8OKYN6St6PZ/ORwB/lcjT+JNEpwJ2slZdRa/Oh1gZsb03IvVZYEqPawxZmxPH&#10;iG6EGIZ6IEog5Fl8IXKtQRyRrIOxc/Gn4aIF94uSHru2ov7nnjlJif5osDrXxWwW2zwZs/lyioa7&#10;9NSXHmY4SlU0UDIuNyF9jQjOwC1WsVEJ8HMkp5ixGxP308+J7X5pp1PP/3v9CAAA//8DAFBLAwQU&#10;AAYACAAAACEAujL9mtwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;TahCG+JUCAkEN1oquLrxNomw18F20/D3GC70stJoRjNvy/VoDRvQh86RhOu5AIZUO91RI2H39jhb&#10;AgtRkVbGEUr4xgDr6mJSqkK7E21w2MaGpRIKhZLQxtgXnIe6RavC3PVIyTs4b1VM0jdce3VK5dbw&#10;TIicW9VRWmhVjw8t1p/bo5WwXDwPH+Hl5vW9zg9mFae3w9OXl/Lqcry/AxZxjP9h+MVP6FAlpr07&#10;kg7MSEiPxL+bvJXIcmB7CYtMAK9Kfg5f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAW&#10;JaXGFQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC6Mv2a3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="6906DBC5" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00DB27E7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+                    <w:p w14:paraId="6906DBC5" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00B32AC7" w:rsidRDefault="003478C0" w:rsidP="003478C0">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
-                          <w:i/>
+                          <w:bCs/>
+                          <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4425D58C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="003478C0" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...4 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="4425D58C" w14:textId="77777777" w:rsidR="003478C0" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31EF2B8A" w14:textId="6DD280B3" w:rsidR="00B91949" w:rsidRDefault="003478C0" w:rsidP="003478C0">
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="31EF2B8A" w14:textId="17D36B45" w:rsidR="00B91949" w:rsidRPr="00F31449" w:rsidRDefault="003478C0" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Please submit your form to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="003478C0">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00F31449">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Doctoral Academy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00B91949" w:rsidSect="003478C0">
+    <w:p w14:paraId="6F6891B2" w14:textId="2476F977" w:rsidR="00F94815" w:rsidRPr="00F31449" w:rsidRDefault="00F94815" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F1A226" w14:textId="24C6FA8E" w:rsidR="00104EF0" w:rsidRPr="00F31449" w:rsidRDefault="00DC6AE6" w:rsidP="003478C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Next Step: Your application will be processed and reviewed by </w:t>
+      </w:r>
+      <w:r w:rsidR="00736353" w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University Student Support staff. We will contact you with the outcome as soon as possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73732C4A" w14:textId="63F7F1EF" w:rsidR="00107589" w:rsidRPr="00F31449" w:rsidRDefault="00107589" w:rsidP="0039333B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00107589" w:rsidRPr="00F31449" w:rsidSect="003478C0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A811F45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E608D36"/>
     <w:lvl w:ilvl="0" w:tplc="BE2AD124">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3089,110 +5042,479 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="702E6C81"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AAA2A3AC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C9F2079"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7400B6F4"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1026641367">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="114174728">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1352754428">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003478C0"/>
+    <w:rsid w:val="000267A8"/>
+    <w:rsid w:val="00063547"/>
+    <w:rsid w:val="00082E73"/>
+    <w:rsid w:val="00085556"/>
+    <w:rsid w:val="00094256"/>
+    <w:rsid w:val="000D264A"/>
+    <w:rsid w:val="000D752A"/>
+    <w:rsid w:val="00104EF0"/>
+    <w:rsid w:val="00107589"/>
+    <w:rsid w:val="001162C6"/>
+    <w:rsid w:val="0014173E"/>
+    <w:rsid w:val="00142605"/>
+    <w:rsid w:val="00151A0B"/>
+    <w:rsid w:val="0015370A"/>
+    <w:rsid w:val="001C6F0F"/>
+    <w:rsid w:val="001D7F32"/>
+    <w:rsid w:val="001E791A"/>
+    <w:rsid w:val="00214EC0"/>
+    <w:rsid w:val="00230714"/>
+    <w:rsid w:val="002408D9"/>
+    <w:rsid w:val="0027076B"/>
+    <w:rsid w:val="00280232"/>
+    <w:rsid w:val="002B0B0F"/>
+    <w:rsid w:val="002C5A2B"/>
+    <w:rsid w:val="00304694"/>
+    <w:rsid w:val="00310E2F"/>
+    <w:rsid w:val="00335D66"/>
     <w:rsid w:val="003478C0"/>
+    <w:rsid w:val="00350089"/>
+    <w:rsid w:val="0039333B"/>
+    <w:rsid w:val="003C58DB"/>
+    <w:rsid w:val="003F4E09"/>
+    <w:rsid w:val="00402931"/>
+    <w:rsid w:val="004078E5"/>
+    <w:rsid w:val="00410B69"/>
+    <w:rsid w:val="00445711"/>
+    <w:rsid w:val="00451C0B"/>
+    <w:rsid w:val="004A696E"/>
+    <w:rsid w:val="004B27E8"/>
+    <w:rsid w:val="004D18BA"/>
+    <w:rsid w:val="004F49B2"/>
+    <w:rsid w:val="004F6D52"/>
+    <w:rsid w:val="00506097"/>
+    <w:rsid w:val="00523404"/>
+    <w:rsid w:val="005866AE"/>
+    <w:rsid w:val="005A406B"/>
+    <w:rsid w:val="005D5EB6"/>
+    <w:rsid w:val="006151F1"/>
+    <w:rsid w:val="0063791F"/>
+    <w:rsid w:val="006A147B"/>
+    <w:rsid w:val="006E7432"/>
+    <w:rsid w:val="006F15DB"/>
+    <w:rsid w:val="007205F5"/>
+    <w:rsid w:val="00736353"/>
+    <w:rsid w:val="00770930"/>
+    <w:rsid w:val="007B03A6"/>
+    <w:rsid w:val="007B36EF"/>
+    <w:rsid w:val="007C2DC9"/>
+    <w:rsid w:val="007C4F67"/>
+    <w:rsid w:val="00915E14"/>
+    <w:rsid w:val="00954097"/>
+    <w:rsid w:val="00982DE0"/>
+    <w:rsid w:val="009F1CDE"/>
+    <w:rsid w:val="009F5A48"/>
+    <w:rsid w:val="00A06B68"/>
+    <w:rsid w:val="00A07FA1"/>
+    <w:rsid w:val="00A6709C"/>
+    <w:rsid w:val="00A830E2"/>
+    <w:rsid w:val="00A9125F"/>
+    <w:rsid w:val="00AA09EF"/>
+    <w:rsid w:val="00AD2B6E"/>
+    <w:rsid w:val="00B32AC7"/>
+    <w:rsid w:val="00B45B3D"/>
+    <w:rsid w:val="00B742DF"/>
     <w:rsid w:val="00B91949"/>
+    <w:rsid w:val="00BA3D33"/>
+    <w:rsid w:val="00C560E1"/>
+    <w:rsid w:val="00C7437F"/>
+    <w:rsid w:val="00C903EE"/>
+    <w:rsid w:val="00C97B4E"/>
+    <w:rsid w:val="00CA34EC"/>
+    <w:rsid w:val="00CA4578"/>
+    <w:rsid w:val="00CB659A"/>
+    <w:rsid w:val="00CD267A"/>
+    <w:rsid w:val="00CE7A55"/>
+    <w:rsid w:val="00CF3F05"/>
+    <w:rsid w:val="00CF709D"/>
+    <w:rsid w:val="00CF7A43"/>
+    <w:rsid w:val="00D00702"/>
+    <w:rsid w:val="00D36797"/>
+    <w:rsid w:val="00D47647"/>
+    <w:rsid w:val="00D63A5D"/>
+    <w:rsid w:val="00D67AE7"/>
+    <w:rsid w:val="00D80099"/>
+    <w:rsid w:val="00DC6AE6"/>
+    <w:rsid w:val="00E0782C"/>
+    <w:rsid w:val="00E07C1C"/>
+    <w:rsid w:val="00E15797"/>
+    <w:rsid w:val="00E60BBB"/>
+    <w:rsid w:val="00E9402C"/>
+    <w:rsid w:val="00EA4634"/>
+    <w:rsid w:val="00EA731B"/>
+    <w:rsid w:val="00EB46F5"/>
+    <w:rsid w:val="00EB59FD"/>
+    <w:rsid w:val="00EF71DF"/>
+    <w:rsid w:val="00F1156A"/>
+    <w:rsid w:val="00F26ECD"/>
+    <w:rsid w:val="00F3075F"/>
+    <w:rsid w:val="00F31449"/>
+    <w:rsid w:val="00F454BB"/>
+    <w:rsid w:val="00F94815"/>
+    <w:rsid w:val="00FD2528"/>
+    <w:rsid w:val="00FD5FE1"/>
+    <w:rsid w:val="00FF16A8"/>
+    <w:rsid w:val="019C2382"/>
+    <w:rsid w:val="0800BBAD"/>
+    <w:rsid w:val="08E73814"/>
+    <w:rsid w:val="120D426B"/>
+    <w:rsid w:val="190352B3"/>
+    <w:rsid w:val="2089690D"/>
+    <w:rsid w:val="26CD725E"/>
+    <w:rsid w:val="2C4925FB"/>
+    <w:rsid w:val="2C9C296A"/>
+    <w:rsid w:val="2D1BBAAC"/>
+    <w:rsid w:val="306FBF70"/>
+    <w:rsid w:val="337190CE"/>
+    <w:rsid w:val="355100F5"/>
+    <w:rsid w:val="3E70208C"/>
+    <w:rsid w:val="447B08B1"/>
+    <w:rsid w:val="4BFBEECB"/>
+    <w:rsid w:val="5ACA192C"/>
+    <w:rsid w:val="6058AA46"/>
+    <w:rsid w:val="640C5005"/>
+    <w:rsid w:val="658D7A50"/>
+    <w:rsid w:val="67F90BA5"/>
+    <w:rsid w:val="73292EE4"/>
+    <w:rsid w:val="7C2F5D64"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="48E44A51"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C4636FBD-7B89-45D5-BBA7-65F65D226694}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3541,50 +5863,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003C58DB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -3592,62 +5915,170 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003478C0"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003478C0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00082E73"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C903EE"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C903EE"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C903EE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C903EE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C903EE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF3F05"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003C58DB"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fse.doctoralacademy.support@manchester.ac.uk." TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fse.doctoralacademy.support@manchester.ac.uk." TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.manchester.ac.uk/discover/privacy-information/data-protection/privacy-notices/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fse.doctoralacademy.progression@manchester.ac.uk." TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fse.doctoralacademy.support@manchester.ac.uk." TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.manchester.ac.uk/discover/privacy-information/data-protection/privacy-notices/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3901,59 +6332,434 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="89561fa7-e8ff-4e6d-9a99-bfff708b0c2d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9abce0d-f5b2-4154-ac28-c75be7a95af0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="89561fa7-e8ff-4e6d-9a99-bfff708b0c2d">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100682241F7D9E157439F31A5B1BB5E886A" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8c6f593e8902e0557f3a87d4392d7afd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9abce0d-f5b2-4154-ac28-c75be7a95af0" xmlns:ns3="89561fa7-e8ff-4e6d-9a99-bfff708b0c2d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1ed810e7648fb4e67c54b759c468efba" ns2:_="" ns3:_="">
+    <xsd:import namespace="a9abce0d-f5b2-4154-ac28-c75be7a95af0"/>
+    <xsd:import namespace="89561fa7-e8ff-4e6d-9a99-bfff708b0c2d"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a9abce0d-f5b2-4154-ac28-c75be7a95af0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6d63537c-d192-4dc4-bb87-a5632b1c7687" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89561fa7-e8ff-4e6d-9a99-bfff708b0c2d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{bacf494f-cee9-4e8b-a7de-07c66fe8b0e1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="89561fa7-e8ff-4e6d-9a99-bfff708b0c2d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEB7912B-300A-4241-ACC4-E67E1C9D41C1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4ABD3FB-6C12-4268-A8E8-6A172FDCDDAD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{936E8BCD-514A-4A07-BB51-A29E22CA75FF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="89561fa7-e8ff-4e6d-9a99-bfff708b0c2d"/>
+    <ds:schemaRef ds:uri="a9abce0d-f5b2-4154-ac28-c75be7a95af0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE80E17B-4704-4AA7-8640-F90C07FCC4DB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a9abce0d-f5b2-4154-ac28-c75be7a95af0"/>
+    <ds:schemaRef ds:uri="89561fa7-e8ff-4e6d-9a99-bfff708b0c2d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2401</Characters>
+  <Pages>3</Pages>
+  <Words>629</Words>
+  <Characters>3385</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>134</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>University of Manchester</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2817</CharactersWithSpaces>
+  <CharactersWithSpaces>3969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Monique Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>06506d81-baec-44dd-96f1-8701336bdee7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100682241F7D9E157439F31A5B1BB5E886A</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Order">
+    <vt:r8>8300</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_SourceUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_SharedFileIndex">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>