--- v0 (2025-11-19)
+++ v1 (2026-02-26)
@@ -1,52 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="12191"/>
       </w:tblGrid>
       <w:tr w:rsidR="004446D2" w14:paraId="1BF11AE9" w14:textId="77777777" w:rsidTr="004446D2">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
@@ -58,271 +62,368 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BA23031" wp14:editId="681F8F94">
                   <wp:extent cx="1609725" cy="657225"/>
                   <wp:effectExtent l="0" t="0" r="1270" b="5715"/>
                   <wp:docPr id="1" name="Picture 1" descr="C:\Users\mtfssjc2\Desktop\UoM logo.png"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name="Picture 1" descr="C:\Users\mtfssjc2\Desktop\UoM logo.png"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7">
+                          <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1609725" cy="657225"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12191" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C895790" w14:textId="1E4B8DE3" w:rsidR="004446D2" w:rsidRPr="00B77CD8" w:rsidRDefault="004446D2" w:rsidP="0026591B">
+            <w:pPr>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
-              <w:t>Relocation Expenses Claim Form for Staff</w:t>
+              <w:t xml:space="preserve">Relocation </w:t>
+            </w:r>
+            <w:r w:rsidR="00746E38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fees </w:t>
+            </w:r>
+            <w:r w:rsidR="0026591B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reimbursement </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Claim Form </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7174B94D" w14:textId="77777777" w:rsidR="004446D2" w:rsidRPr="00CA30F8" w:rsidRDefault="004446D2" w:rsidP="004446D2">
+    <w:p w14:paraId="7174B94D" w14:textId="77777777" w:rsidR="004446D2" w:rsidRPr="005E74B4" w:rsidRDefault="004446D2" w:rsidP="004446D2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70722629" w14:textId="04E47231" w:rsidR="00B6279A" w:rsidRDefault="00B6279A" w:rsidP="00F84424">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Guidance notes and </w:t>
       </w:r>
       <w:r w:rsidR="00F84424">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>category information (Cat No)</w:t>
       </w:r>
       <w:r w:rsidR="00D44D15" w:rsidRPr="00BC48C9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">can be found on the </w:t>
       </w:r>
       <w:r w:rsidR="004446D2" w:rsidRPr="00BC48C9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>reverse of this form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACB3B75" w14:textId="4D64322E" w:rsidR="00B6279A" w:rsidRDefault="000B075F" w:rsidP="00F84424">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="7B4C20BF" w14:textId="2F119D11" w:rsidR="00D44D15" w:rsidRDefault="00786A79" w:rsidP="00786A79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC48C9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Please ensure all sections are fully completed and return the completed form to</w:t>
+        <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="00BC48C9" w:rsidRPr="00BC48C9">
+      <w:r w:rsidRPr="003F0441">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> your faculty/department Employment Services team, details </w:t>
+        <w:t xml:space="preserve">queries </w:t>
       </w:r>
-      <w:r w:rsidR="00F84424">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">can </w:t>
+        <w:t xml:space="preserve">and to submit </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00BC48C9" w:rsidRPr="00BC48C9">
+      <w:r w:rsidR="00F006E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>found</w:t>
+        <w:t xml:space="preserve">your completed </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00BC48C9" w:rsidRPr="00BC48C9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>form</w:t>
       </w:r>
-      <w:r w:rsidR="00B6279A">
+      <w:r w:rsidR="0042503C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>at</w:t>
+        <w:t xml:space="preserve">, go to </w:t>
       </w:r>
-      <w:r w:rsidR="00BC48C9" w:rsidRPr="00BC48C9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">the People Connect Portal at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00242A02">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>People Services - General Request Form - Connect</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008B75F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>in the</w:t>
+      </w:r>
+      <w:r w:rsidR="0042503C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘R</w:t>
+      </w:r>
+      <w:r w:rsidR="008B75F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">equest </w:t>
+      </w:r>
+      <w:r w:rsidR="0042503C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="008B75F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>etails</w:t>
+      </w:r>
+      <w:r w:rsidR="0042503C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="008B75F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> select </w:t>
+      </w:r>
+      <w:r w:rsidR="0042503C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>‘Joining the University’ and ‘Relocation Support’.</w:t>
+      </w:r>
+      <w:r w:rsidR="00725EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  You must also upload copies of all </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>receipts/invoices showing confirmation of payments.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDB8B98" w14:textId="01B4C6C8" w:rsidR="000B075F" w:rsidRPr="00BC48C9" w:rsidRDefault="00CC3580" w:rsidP="00F84424">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="74CAE7AA" w14:textId="77777777" w:rsidR="005E74B4" w:rsidRPr="005E74B4" w:rsidRDefault="005E74B4" w:rsidP="00786A79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...26 lines deleted...]
-          <w:szCs w:val="12"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15021" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="004446D2" w:rsidRPr="00C56B44" w14:paraId="13CBAB52" w14:textId="77777777" w:rsidTr="00B506FF">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
@@ -1239,51 +1340,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7875DFE9" w14:textId="77777777" w:rsidR="00D67A39" w:rsidRPr="00BC48C9" w:rsidRDefault="00D67A39" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66049D25" w14:textId="4C089DDE" w:rsidR="00D67A39" w:rsidRPr="00D67A39" w:rsidRDefault="00D67A39" w:rsidP="00DC1450">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D67A39" w:rsidRPr="00DC1450" w14:paraId="41198394" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55B7D898" w14:textId="77777777" w:rsidR="00D67A39" w:rsidRPr="00B92B16" w:rsidRDefault="00D67A39" w:rsidP="00DC1450">
             <w:pPr>
@@ -1397,51 +1497,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A40AE31" w14:textId="77777777" w:rsidR="00D67A39" w:rsidRPr="00BC48C9" w:rsidRDefault="00D67A39" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E676EFB" w14:textId="77777777" w:rsidR="00D67A39" w:rsidRPr="00D67A39" w:rsidRDefault="00D67A39" w:rsidP="00DC1450">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="113BA26C" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="214D2A01" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -1555,51 +1654,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="125CF033" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1277992A" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="1747BCFD" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C6CF667" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -1713,51 +1811,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6595277B" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26188F8C" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="26DD90F7" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="702D604D" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -1871,51 +1968,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02270174" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D6F6E0C" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="0D7B49AF" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CA754E5" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -2029,51 +2125,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="539E2ADC" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75DF2AD6" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="6670A0DB" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ECC3726" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -2187,51 +2282,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63034B6C" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10715258" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="6BBF0944" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="706F9DA1" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -2345,51 +2439,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B27CCD8" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70EA68B0" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="63D5BCBA" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61CE6FE5" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -2503,51 +2596,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7317F413" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78FB82CC" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="71BBB427" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="298FBF77" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -2661,51 +2753,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="422C22BB" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="323D38E0" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="44CA3BF4" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4373A337" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -2819,51 +2910,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EFF640E" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66AE38E9" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="4495D609" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6518C58A" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -2981,51 +3071,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF87D29" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36E68555" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="1249ACF0" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65C45760" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00B92B16" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -3143,51 +3232,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FB6D86C" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04999083" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="41B6E384" w14:textId="77777777" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38B7E3E5" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00801A47" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
@@ -3309,51 +3397,50 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="689E8185" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00B92B16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23DBC8E6" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00D67A39" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w14:paraId="17D67CB5" w14:textId="461A2790" w:rsidTr="00B92B16">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
@@ -3361,120 +3448,116 @@
           </w:tcPr>
           <w:p w14:paraId="2BDA774F" w14:textId="1435022E" w:rsidR="00BC48C9" w:rsidRPr="00BC48C9" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC48C9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="771FD0B6" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00821895" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A96CD1B" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00821895" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72CD2581" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00821895" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CACE0FE" w14:textId="77777777" w:rsidR="00BC48C9" w:rsidRPr="00DC1450" w:rsidRDefault="00BC48C9" w:rsidP="00BC48C9"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D5573C5" w14:textId="77777777" w:rsidR="000942B8" w:rsidRPr="000B075F" w:rsidRDefault="000942B8" w:rsidP="00CA30F8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="7229"/>
         <w:gridCol w:w="1134"/>
@@ -3686,130 +3769,90 @@
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="3831"/>
         <w:gridCol w:w="1839"/>
         <w:gridCol w:w="2940"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A52439" w:rsidRPr="00BC48C9" w14:paraId="6B7510FE" w14:textId="77777777" w:rsidTr="000E0CB7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15126" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78157D4E" w14:textId="5216F178" w:rsidR="00A52439" w:rsidRPr="00BC48C9" w:rsidRDefault="00A52439" w:rsidP="00A52439">
+          <w:p w14:paraId="78157D4E" w14:textId="29A0B69A" w:rsidR="00A52439" w:rsidRPr="00BC48C9" w:rsidRDefault="00A52439" w:rsidP="00A52439">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC48C9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">APPROVAL: To be completed by </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000942B8" w:rsidRPr="00BC48C9">
+              <w:t>APPROVAL: To be completed by</w:t>
+            </w:r>
+            <w:r w:rsidR="007C7229">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>P&amp;OD</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CA30F8" w:rsidRPr="00BC48C9">
+              <w:t xml:space="preserve"> People Services</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC48C9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...39 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A52439" w:rsidRPr="00BC48C9" w14:paraId="288193E3" w14:textId="77777777" w:rsidTr="000E0CB7">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CF7F023" w14:textId="1BB7F31D" w:rsidR="00A52439" w:rsidRPr="00BC48C9" w:rsidRDefault="00A52439" w:rsidP="00A52439">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC48C9">
               <w:rPr>
@@ -4432,651 +4475,403 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DC39CB5" w14:textId="02D9497C" w:rsidR="00FD02D6" w:rsidRPr="00FD02D6" w:rsidRDefault="00CA30F8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Guidance Notes for Claimants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65ED4A67" w14:textId="6BA7FDC8" w:rsidR="0090551D" w:rsidRDefault="0090551D" w:rsidP="00FD02D6">
+    <w:p w14:paraId="3D5B173B" w14:textId="77777777" w:rsidR="008B5CB2" w:rsidRDefault="0090551D" w:rsidP="00697CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Further details of eligibility criteria is available on the Relocation Assistance Programme Overview available on </w:t>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE44FB">
+        <w:t xml:space="preserve">Further details of eligibility criteria </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE44FB">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE44FB">
+        <w:t xml:space="preserve"> available on the Relocation Assistance Programme Overview available on </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t>StaffNet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="008B5CB2">
+        <w:t xml:space="preserve"> on the following link:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="0090551D">
+    </w:p>
+    <w:p w14:paraId="65ED4A67" w14:textId="6A96F6FE" w:rsidR="0090551D" w:rsidRPr="00AE44FB" w:rsidRDefault="005A1156" w:rsidP="008B5CB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:anchor="d.en.473520" w:history="1">
+        <w:r w:rsidRPr="00AE44FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">Relocating to Manchester | Directorate of People and Organisational Development | </w:t>
+          <w:t xml:space="preserve">Relocating to Manchester | People Directorate | </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="0090551D">
+        <w:r w:rsidRPr="00AE44FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>StaffNet</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="0090551D">
+        <w:r w:rsidRPr="00AE44FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> | The University of Manchester</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1922C889" w14:textId="6225F2F6" w:rsidR="00FD02D6" w:rsidRPr="00FD02D6" w:rsidRDefault="00FD02D6" w:rsidP="00FD02D6">
+    <w:p w14:paraId="492742BB" w14:textId="01A18298" w:rsidR="00697CE9" w:rsidRDefault="00697CE9" w:rsidP="00697CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">You may claim for expenditure incurred within the categories set out </w:t>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In line with HMRC regulations, you must be in the process of </w:t>
       </w:r>
-      <w:r w:rsidR="0090551D">
-[...4 lines deleted...]
-        <w:t>on the next page</w:t>
+      <w:r w:rsidR="00D20A7F">
+        <w:t>moving or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD02D6">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, up to the total amount </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> have already moved your main residence </w:t>
       </w:r>
-      <w:r w:rsidR="0090551D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">allocated to you </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as a result of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD02D6">
-[...4 lines deleted...]
-        <w:t>in your offer letter and in accordance with the Relocation Policy.  The University will not reimburse expenses for services provided by another part</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> this appointment. </w:t>
       </w:r>
-      <w:r w:rsidR="004446D2">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D20A7F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004446D2">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">our relocation partner </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Please note that if, for example, you reside in the new property during the working week but return to your previous home at weekends, and your family does not intend to move permanently, HMRC may deem your original property to remain your main residence. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD02D6">
-[...4 lines deleted...]
-        <w:t>could</w:t>
+      <w:r w:rsidR="00413CE9">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0090551D">
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> based on the receipt date of the expenditure.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">In such cases, the relocation expenses may not qualify.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D052E21" w14:textId="00360F3F" w:rsidR="00FD02D6" w:rsidRPr="00B6279A" w:rsidRDefault="00FD02D6" w:rsidP="00FD02D6">
+    <w:p w14:paraId="0237D129" w14:textId="2EC86041" w:rsidR="00697CE9" w:rsidRDefault="00697CE9" w:rsidP="00697CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Expenditure in categories 1 to </w:t>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>You may claim for qualifying expenditure incurred within the categories set out on the next page, up to the total amount allocated to you in your offer letter and in accordance with the Relocation Policy and HMRC regulations. The University will not reimburse costs for services provided by another party that our relocation partner could have provided</w:t>
       </w:r>
-      <w:r w:rsidR="00DC6149">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00BD171F">
+        <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD02D6">
-[...25 lines deleted...]
-        <w:t xml:space="preserve">family do not intend to move permanently to your new home, then your old home will probably remain your main residence.  However, if you buy a new home, move into it with your family and rent out your old home, your new home will probably be your main residence.  </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> for example household goods moving services. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D548790" w14:textId="77777777" w:rsidR="00DC6149" w:rsidRDefault="00FD02D6" w:rsidP="00FD02D6">
+    <w:p w14:paraId="325FC17A" w14:textId="77777777" w:rsidR="00697CE9" w:rsidRDefault="00697CE9" w:rsidP="00697CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Any currency conversions required will be completed by People Services, based on the receipt date of the expenditure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244E4906" w14:textId="3EF52335" w:rsidR="00FD02D6" w:rsidRPr="00B6279A" w:rsidRDefault="00CC3580" w:rsidP="00DC6149">
-[...21 lines deleted...]
-    <w:p w14:paraId="6BC0A7C0" w14:textId="58F07466" w:rsidR="00B6279A" w:rsidRPr="00B6279A" w:rsidRDefault="00B6279A" w:rsidP="00FD02D6">
+    <w:p w14:paraId="1E8E25EA" w14:textId="77777777" w:rsidR="00697CE9" w:rsidRDefault="00697CE9" w:rsidP="00697CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Under current HMRC regulations, qualifying relocation expenses are exempt from UK Income Tax and National Insurance Contributions subject to limitations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48864013" w14:textId="77777777" w:rsidR="00BD171F" w:rsidRDefault="00FD02D6" w:rsidP="00697CE9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE44FB">
+        <w:t xml:space="preserve">For reimbursement of </w:t>
+      </w:r>
+      <w:r w:rsidR="0090551D" w:rsidRPr="00AE44FB">
+        <w:t xml:space="preserve">Visa </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4C00" w:rsidRPr="00AE44FB">
+        <w:t xml:space="preserve">Fees </w:t>
+      </w:r>
+      <w:r w:rsidR="0090551D" w:rsidRPr="00AE44FB">
+        <w:t xml:space="preserve">and Immigration Health Surcharge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE44FB">
+        <w:t>costs and how to claim, please see the following link</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6149" w:rsidRPr="00AE44FB">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244E4906" w14:textId="74284905" w:rsidR="00FD02D6" w:rsidRPr="00BD171F" w:rsidRDefault="003D22B5" w:rsidP="00BD171F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6279A">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00AE44FB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Global Mobility | People Directorate | </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00AE44FB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>StaffNet</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00AE44FB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> | The University of Manchester</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6BC0A7C0" w14:textId="58F07466" w:rsidR="00B6279A" w:rsidRPr="00AE44FB" w:rsidRDefault="00B6279A" w:rsidP="00697CE9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>All data collected on this form is processed in accordance with the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6279A">
+      <w:r w:rsidRPr="00AE44FB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="00B6279A">
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="00AE44FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>privacy notice</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B6279A">
+      <w:r w:rsidRPr="00AE44FB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E144475" w14:textId="29280D61" w:rsidR="00FD02D6" w:rsidRPr="00FD02D6" w:rsidRDefault="00FD02D6" w:rsidP="00FD02D6">
-[...18 lines deleted...]
-    <w:p w14:paraId="41645803" w14:textId="6B3D152F" w:rsidR="00FD02D6" w:rsidRPr="0090551D" w:rsidRDefault="00FD02D6" w:rsidP="0090551D">
+    <w:p w14:paraId="41645803" w14:textId="6B3D152F" w:rsidR="00FD02D6" w:rsidRPr="00AE44FB" w:rsidRDefault="00FD02D6" w:rsidP="00697CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t xml:space="preserve">All claims must be accompanied by high quality </w:t>
       </w:r>
-      <w:r w:rsidR="004446D2" w:rsidRPr="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004446D2" w:rsidRPr="00AE44FB">
         <w:t xml:space="preserve">legible </w:t>
       </w:r>
-      <w:r w:rsidRPr="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t>scanned/photographed receipts</w:t>
       </w:r>
-      <w:r w:rsidR="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0090551D" w:rsidRPr="00AE44FB">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t>invoices</w:t>
       </w:r>
-      <w:r w:rsidR="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0090551D" w:rsidRPr="00AE44FB">
         <w:t>.  We</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t xml:space="preserve"> may request originals following a claim submission so please </w:t>
       </w:r>
-      <w:r w:rsidR="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0090551D" w:rsidRPr="00AE44FB">
         <w:t>ensure you retain the originals</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t>.  Credit card statements, booking</w:t>
       </w:r>
-      <w:r w:rsidR="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0090551D" w:rsidRPr="00AE44FB">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t xml:space="preserve">, registration or application forms, cheque stubs etc </w:t>
       </w:r>
-      <w:r w:rsidRPr="0090551D">
+      <w:r w:rsidRPr="00AE44FB">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DO NOT</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t xml:space="preserve"> qualify as receipts</w:t>
       </w:r>
-      <w:r w:rsidR="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0090551D" w:rsidRPr="00AE44FB">
         <w:t>/invoices</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090551D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4D4978" w14:textId="5CAC88AF" w:rsidR="0090551D" w:rsidRDefault="00FD02D6" w:rsidP="0090551D">
+    <w:p w14:paraId="4F4D4978" w14:textId="5CAC88AF" w:rsidR="0090551D" w:rsidRPr="00AE44FB" w:rsidRDefault="00FD02D6" w:rsidP="00697CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0090551D">
+      <w:r w:rsidRPr="00AE44FB">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>All receipts must be official receipts on letter headed paper where applicable and fully annotated and in the claimant’s name where applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06408894" w14:textId="25FB0926" w:rsidR="004446D2" w:rsidRPr="004446D2" w:rsidRDefault="00FD02D6" w:rsidP="004446D2">
+    <w:p w14:paraId="06408894" w14:textId="25FB0926" w:rsidR="004446D2" w:rsidRPr="00AE44FB" w:rsidRDefault="00FD02D6" w:rsidP="00697CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t xml:space="preserve">Claims must be submitted within </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E0CB7">
+      <w:r w:rsidRPr="00AE44FB">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>THREE MONTHS</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E0CB7">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE44FB">
         <w:t xml:space="preserve"> of incurring the expenditure.  Claims submitted after this period may not be reimbursed.  Reimbursements will be made directly into your bank account.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38DE02B3" w14:textId="77777777" w:rsidR="0092393E" w:rsidRDefault="0092393E" w:rsidP="004446D2">
       <w:pPr>
         <w:sectPr w:rsidR="0092393E" w:rsidSect="00D44D15">
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="851" w:right="851" w:bottom="567" w:left="851" w:header="709" w:footer="284" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="523"/>
         <w:gridCol w:w="5703"/>
         <w:gridCol w:w="4547"/>
       </w:tblGrid>
       <w:tr w:rsidR="008176FF" w:rsidRPr="008176FF" w14:paraId="6A067B89" w14:textId="77777777" w:rsidTr="00DC6149">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
@@ -5643,81 +5438,112 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008176FF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CATEGORY 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10376" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42991CB4" w14:textId="77777777" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
-[...3 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="75DA5E08" w14:textId="77777777" w:rsidR="00813047" w:rsidRPr="00813047" w:rsidRDefault="008176FF" w:rsidP="00813047">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008176FF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Temporary Accommodation OR Travel:</w:t>
             </w:r>
             <w:r w:rsidRPr="008176FF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008176FF">
-[...4 lines deleted...]
-              <w:t>If started in post at the University before moving into new main residence, you cannot claim for both temporary accommodation and travel</w:t>
+            <w:r w:rsidR="00813047" w:rsidRPr="00813047">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HMRC broadly defines temporary accommodation as hotel or </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00813047" w:rsidRPr="00813047">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AirBNB</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00813047" w:rsidRPr="00813047">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> style accommodation or a temporary lease agreement of no more than 3 months in duration. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42991CB4" w14:textId="55564B2C" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="00813047" w:rsidP="00813047">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813047">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daily commuting costs are not qualifying expenses</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008176FF" w:rsidRPr="008176FF" w14:paraId="1AD92AB3" w14:textId="77777777" w:rsidTr="00DC6149">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1BC1F517" w14:textId="77777777" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7614,363 +7440,372 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORY </w:t>
             </w:r>
             <w:r w:rsidR="00DC6149">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10376" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20C0825E" w14:textId="3788D9FA" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
+          <w:p w14:paraId="20C0825E" w14:textId="5DEDFB86" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008176FF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Other: </w:t>
             </w:r>
             <w:r w:rsidRPr="008176FF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">these claims </w:t>
             </w:r>
             <w:r w:rsidR="00B6279A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>may</w:t>
             </w:r>
             <w:r w:rsidRPr="008176FF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> be subject to Tax and</w:t>
             </w:r>
             <w:r w:rsidR="00B6279A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Class 1A </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008176FF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>National Insurance contributions</w:t>
             </w:r>
             <w:r w:rsidR="00B6279A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (NIC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008176FF" w:rsidRPr="008176FF" w14:paraId="33F3F986" w14:textId="77777777" w:rsidTr="008176FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="4542C6DD" w14:textId="77777777" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DD3DDE2" w14:textId="790164DE" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008176FF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If The University has agreed and confirmed in writing to reimburse some other form of expenditure.  Such reimbursements will be the exception rather than the rule and are solely at the discretion of The University</w:t>
             </w:r>
             <w:r w:rsidR="00DC6149">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BA35A36" w14:textId="1994B767" w:rsidR="004446D2" w:rsidRPr="004446D2" w:rsidRDefault="004446D2" w:rsidP="008176FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3790"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004446D2" w:rsidRPr="004446D2" w:rsidSect="000E0CB7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DD0B235" w14:textId="77777777" w:rsidR="00DC1450" w:rsidRDefault="00DC1450" w:rsidP="00DC1450">
+    <w:p w14:paraId="6565F57C" w14:textId="77777777" w:rsidR="006E463C" w:rsidRDefault="006E463C" w:rsidP="00DC1450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4102B8D7" w14:textId="77777777" w:rsidR="00DC1450" w:rsidRDefault="00DC1450" w:rsidP="00DC1450">
+    <w:p w14:paraId="51967E33" w14:textId="77777777" w:rsidR="006E463C" w:rsidRDefault="006E463C" w:rsidP="00DC1450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3A75284C" w14:textId="171B467A" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3A75284C" w14:textId="15E161B5" w:rsidR="008176FF" w:rsidRPr="008176FF" w:rsidRDefault="008176FF" w:rsidP="008176FF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Global Mobility Form: Relocation</w:t>
     </w:r>
     <w:r w:rsidR="00D44D15">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Expenses</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D6781E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
+      <w:t>Reimbursement Claim</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Version</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D6781E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">      Revised: 1</w:t>
+      <w:t xml:space="preserve">      Revised: </w:t>
     </w:r>
-    <w:r w:rsidR="00B6279A">
+    <w:r w:rsidR="00D6781E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>29.01.2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">.05.2024      </w:t>
+      <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
@@ -8105,76 +7940,76 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="547192" cy="255697"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="702348AD" w14:textId="77777777" w:rsidR="00DC1450" w:rsidRDefault="00DC1450" w:rsidP="00DC1450">
+    <w:p w14:paraId="2B075EF5" w14:textId="77777777" w:rsidR="006E463C" w:rsidRDefault="006E463C" w:rsidP="00DC1450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B07488E" w14:textId="77777777" w:rsidR="00DC1450" w:rsidRDefault="00DC1450" w:rsidP="00DC1450">
+    <w:p w14:paraId="31645DA9" w14:textId="77777777" w:rsidR="006E463C" w:rsidRDefault="006E463C" w:rsidP="00DC1450">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="020C24E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC08C6C4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9527,144 +9362,185 @@
   <w:num w:numId="6" w16cid:durableId="624501298">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="347634042">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1108115122">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1570577950">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2033602105">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1633364147">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="519053372">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00590267"/>
+    <w:rsid w:val="00067205"/>
     <w:rsid w:val="000942B8"/>
     <w:rsid w:val="000B075F"/>
     <w:rsid w:val="000E0CB7"/>
     <w:rsid w:val="001E5A85"/>
+    <w:rsid w:val="00264E16"/>
+    <w:rsid w:val="0026591B"/>
     <w:rsid w:val="00292721"/>
     <w:rsid w:val="002F16FF"/>
+    <w:rsid w:val="0032232C"/>
+    <w:rsid w:val="003A2438"/>
+    <w:rsid w:val="003C4589"/>
+    <w:rsid w:val="003D22B5"/>
+    <w:rsid w:val="00413CE9"/>
+    <w:rsid w:val="00417614"/>
+    <w:rsid w:val="0042503C"/>
     <w:rsid w:val="004446D2"/>
-    <w:rsid w:val="00460016"/>
+    <w:rsid w:val="005037BC"/>
     <w:rsid w:val="00524A93"/>
     <w:rsid w:val="00557751"/>
     <w:rsid w:val="00560316"/>
     <w:rsid w:val="00590267"/>
+    <w:rsid w:val="005A1156"/>
+    <w:rsid w:val="005E74B4"/>
+    <w:rsid w:val="00697CE9"/>
     <w:rsid w:val="006C352F"/>
+    <w:rsid w:val="006E463C"/>
+    <w:rsid w:val="006E7425"/>
+    <w:rsid w:val="006F0594"/>
+    <w:rsid w:val="00725EAB"/>
+    <w:rsid w:val="00746E38"/>
+    <w:rsid w:val="00752AEC"/>
     <w:rsid w:val="00753B94"/>
     <w:rsid w:val="007629AD"/>
+    <w:rsid w:val="00786A79"/>
+    <w:rsid w:val="007A12FD"/>
+    <w:rsid w:val="007C7229"/>
     <w:rsid w:val="00801A47"/>
+    <w:rsid w:val="00810A28"/>
+    <w:rsid w:val="00813047"/>
     <w:rsid w:val="008176FF"/>
     <w:rsid w:val="00821895"/>
     <w:rsid w:val="008722F6"/>
+    <w:rsid w:val="008B5CB2"/>
+    <w:rsid w:val="008B75F8"/>
     <w:rsid w:val="0090551D"/>
     <w:rsid w:val="0092393E"/>
+    <w:rsid w:val="00946844"/>
+    <w:rsid w:val="009F5702"/>
     <w:rsid w:val="00A27EBD"/>
     <w:rsid w:val="00A52439"/>
+    <w:rsid w:val="00AA4C00"/>
+    <w:rsid w:val="00AE44FB"/>
     <w:rsid w:val="00B21B5B"/>
+    <w:rsid w:val="00B32FE2"/>
     <w:rsid w:val="00B506FF"/>
     <w:rsid w:val="00B6279A"/>
     <w:rsid w:val="00B92B16"/>
     <w:rsid w:val="00BC48C9"/>
+    <w:rsid w:val="00BC5AA4"/>
+    <w:rsid w:val="00BD171F"/>
+    <w:rsid w:val="00BE0E48"/>
+    <w:rsid w:val="00C57EB1"/>
+    <w:rsid w:val="00C61B0F"/>
     <w:rsid w:val="00CA30F8"/>
-    <w:rsid w:val="00CC3580"/>
     <w:rsid w:val="00CF61E4"/>
     <w:rsid w:val="00D04EEF"/>
+    <w:rsid w:val="00D20A7F"/>
     <w:rsid w:val="00D44D15"/>
+    <w:rsid w:val="00D6781E"/>
     <w:rsid w:val="00D67A39"/>
     <w:rsid w:val="00DC1450"/>
     <w:rsid w:val="00DC6149"/>
     <w:rsid w:val="00E11E30"/>
+    <w:rsid w:val="00E96E6A"/>
+    <w:rsid w:val="00F006E0"/>
+    <w:rsid w:val="00F247B2"/>
     <w:rsid w:val="00F84424"/>
+    <w:rsid w:val="00FB425F"/>
     <w:rsid w:val="00FD02D6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0886D68D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DCA06CA1-EB5A-406E-BFF9-10638EFB9ECD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10174,58 +10050,59 @@
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00FD02D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0090551D"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/aboutpeopleod/contact-us/peopleod-operations/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/DocuInfo.aspx?DocID=37024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staffnet.manchester.ac.uk/human-resources/current-staff/pay-conditions/expenses/expenses-forms/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/new-staff/relocating-to-manchester/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people/managers-essentials/recruiting-the-right-people/global-mobility/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people/new-staff/relocating-to-manchester/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchester.service-now.com/esc?id=sc_cat_item&amp;sys_id=fcd95c711bb9661002ea404cd34bcb64" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/DocuInfo.aspx?DocID=37024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -10483,74 +10360,398 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD92DCA99A5B0B42989C49E1EF2332ED" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4fc8271269f93123d532583a8ed60b3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0286d494-7c06-4f3f-8725-392cc8b29423" xmlns:ns3="5641d3a0-4cdf-4627-8fdf-840090582e60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c909f256b5ea13441f907fe827372360" ns2:_="" ns3:_="">
+    <xsd:import namespace="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <xsd:import namespace="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0286d494-7c06-4f3f-8725-392cc8b29423" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6d63537c-d192-4dc4-bb87-a5632b1c7687" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5641d3a0-4cdf-4627-8fdf-840090582e60" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e2c71c18-dc6c-43d1-b349-fc78dbefa462}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5641d3a0-4cdf-4627-8fdf-840090582e60">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0286d494-7c06-4f3f-8725-392cc8b29423">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5641d3a0-4cdf-4627-8fdf-840090582e60" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{620B5AA7-ABEE-4778-88AE-FA80E06AFE2E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7CA753D-2850-47A8-AA8E-43412A616668}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB5AA51D-52D9-45F2-A9C9-D05495D1AA57}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1095</Words>
-  <Characters>6248</Characters>
+  <Words>1031</Words>
+  <Characters>5616</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>370</Lines>
+  <Paragraphs>151</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Manchester</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7329</CharactersWithSpaces>
+  <CharactersWithSpaces>6586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maxine Bate</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DD92DCA99A5B0B42989C49E1EF2332ED</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>