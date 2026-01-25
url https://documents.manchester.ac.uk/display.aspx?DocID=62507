--- v0 (2025-10-27)
+++ v1 (2026-01-25)
@@ -993,71 +993,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> are appropriately protected. </w:t>
       </w:r>
       <w:r w:rsidRPr="0041093A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Information on file encryption at the University can be found on the University </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="0041093A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Helvetica"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en"/>
           </w:rPr>
-          <w:t>web</w:t>
-[...19 lines deleted...]
-          <w:t>ite</w:t>
+          <w:t>website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0041093A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Helvetica"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008F1794" w:rsidRPr="0041093A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Please note that the appl</w:t>
       </w:r>
       <w:r w:rsidR="006768CE" w:rsidRPr="0041093A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2939,84 +2919,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">require their prior approval, it is your responsibility to provide evidence that the change has had their approval. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">For doctoral loan stipulations, please refer to the University’s </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00DA7A8E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:bCs/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Student Su</w:t>
-[...32 lines deleted...]
-                <w:t>ort website</w:t>
+                <w:t>Student Support website</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00D634E5" w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3913,50 +3860,338 @@
             <w:r w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="105C28F9" w14:textId="77777777" w:rsidR="00445D71" w:rsidRPr="00C93DAE" w:rsidRDefault="00445D71" w:rsidP="00172C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F1F95" w:rsidRPr="004E5746" w14:paraId="0ED80B9E" w14:textId="77777777" w:rsidTr="00B95F6A">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="pct"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58679412" w14:textId="10A3A66D" w:rsidR="006F1F95" w:rsidRDefault="00807D6C" w:rsidP="00670CDB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Is your</w:t>
+            </w:r>
+            <w:r w:rsidR="006F1F95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programme </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006F1F95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006F1F95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> part of a collaborative agreement (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006F1F95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006F1F95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CASE, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006F1F95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>iCASE</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006F1F95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, CDA, dual or split-site PhD), you must have sought prior approval from the collaborative partner. Please confirm that </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00807D6C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00807D6C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>have provided evidence that they have agreed to the proposed change</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1002" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A86283" w14:textId="4D0DA9F4" w:rsidR="006F1F95" w:rsidRPr="00C93DAE" w:rsidRDefault="006F1F95" w:rsidP="00F62094">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N</w:t>
+            </w:r>
+            <w:r w:rsidR="00807D6C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ot applicable</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00445D71" w:rsidRPr="004E5746" w14:paraId="352C505E" w14:textId="77777777" w:rsidTr="00B95F6A">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3998" w:type="pct"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2312DD1A" w14:textId="77777777" w:rsidR="00670CDB" w:rsidRPr="00C93DAE" w:rsidRDefault="00670CDB" w:rsidP="00670CDB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4086,71 +4321,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Please refer to the University’s </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="006E04F6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Immigration and Visa we</w:t>
-[...19 lines deleted...]
-                <w:t>site</w:t>
+                <w:t>Immigration and Visa website</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42AE562A" w14:textId="77777777" w:rsidR="00445D71" w:rsidRPr="00C93DAE" w:rsidRDefault="00970C1A" w:rsidP="00F62094">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93DAE">
               <w:rPr>
@@ -4674,50 +4889,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59B904A3" w14:textId="62956F08" w:rsidR="00445D71" w:rsidRPr="00C93DAE" w:rsidRDefault="00445D71" w:rsidP="00445D71">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Have you been granted previous interruptions/extensions during your programme?</w:t>
             </w:r>
             <w:r w:rsidR="00300C97">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If s</w:t>
             </w:r>
             <w:r w:rsidR="001254EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -4941,51 +5157,50 @@
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="123432D9" w14:textId="77777777" w:rsidR="00445D71" w:rsidRPr="00C93DAE" w:rsidRDefault="00445D71" w:rsidP="00F62094">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C93DAE">
@@ -6293,63 +6508,51 @@
               <w:t>incur a pro-rata tuition fee.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="238A0612" w14:textId="08C0B360" w:rsidR="00BC1515" w:rsidRPr="00BC1515" w:rsidRDefault="004A3C80" w:rsidP="00F5675D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>For funded PGRs, please</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> submit a letter of approval from your funding body/sponsor.</w:t>
+              <w:t>For funded PGRs, please submit a letter of approval from your funding body/sponsor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0117AB66" w14:textId="77777777" w:rsidR="005E1BA5" w:rsidRPr="008715B5" w:rsidRDefault="005E1BA5" w:rsidP="00AD6910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008715B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6663,87 +6866,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79614B3F" w14:textId="7B77CF51" w:rsidR="00BC1515" w:rsidRPr="008715B5" w:rsidRDefault="00BC1515" w:rsidP="00BC1515">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">You must check the eligibility for </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">where </w:t>
+              <w:t xml:space="preserve">You must check the eligibility for thesis submission deadline extension and where </w:t>
             </w:r>
             <w:r w:rsidR="004A3C80">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>applicable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
@@ -7813,61 +7980,61 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008715B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Change to </w:t>
             </w:r>
             <w:r w:rsidR="004D15B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Thesis Title</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47B8DDB3" w14:textId="77777777" w:rsidR="00C04CC9" w:rsidRDefault="00C04CC9" w:rsidP="004C0C02">
+          <w:p w14:paraId="489692CC" w14:textId="77777777" w:rsidR="00015B68" w:rsidRDefault="00015B68" w:rsidP="004C0C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A1E0587" w14:textId="77777777" w:rsidR="00C04CC9" w:rsidRDefault="00C04CC9" w:rsidP="004C0C02">
+          <w:p w14:paraId="1A1E0587" w14:textId="628FFAD4" w:rsidR="00C04CC9" w:rsidRDefault="00C04CC9" w:rsidP="004C0C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Current title:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CC6DC4B" w14:textId="77777777" w:rsidR="00C04CC9" w:rsidRDefault="00C04CC9" w:rsidP="004C0C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -8273,51 +8440,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008715B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date change is to be effective from: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1238" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD0EB5E" w14:textId="77777777" w:rsidR="008D7881" w:rsidRPr="008715B5" w:rsidRDefault="00570ECC" w:rsidP="0027384E">
+          <w:p w14:paraId="3AD0EB5E" w14:textId="77777777" w:rsidR="008D7881" w:rsidRPr="008715B5" w:rsidRDefault="00807D6C" w:rsidP="0027384E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1684481430"/>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="dd/MM/yyyy"/>
                   <w:lid w:val="en-GB"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -10645,51 +10812,75 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">As Chair of the School PGR Committee, </w:t>
             </w:r>
             <w:r w:rsidR="006C7C01" w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>I have considered this application and the decision is to:</w:t>
+              <w:t xml:space="preserve">I have considered this </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006C7C01" w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>application</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006C7C01" w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and the decision is to:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C7C01" w:rsidRPr="006E6ADB" w14:paraId="1CF74CCC" w14:textId="77777777" w:rsidTr="00176C8C">
         <w:trPr>
           <w:trHeight w:val="636"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="306B3C5B" w14:textId="5630EE8A" w:rsidR="004E5746" w:rsidRPr="00C93DAE" w:rsidRDefault="001C5F4B" w:rsidP="00970C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -11965,51 +12156,75 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">As Chair of the Faculty PGR Committee, </w:t>
             </w:r>
             <w:r w:rsidR="006C47EB" w:rsidRPr="00C93DAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>I have considered this application and the decision is to:</w:t>
+              <w:t xml:space="preserve">I have considered this </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006C47EB" w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>application</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006C47EB" w:rsidRPr="00C93DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and the decision is to:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C47EB" w:rsidRPr="006E6ADB" w14:paraId="1847EEA5" w14:textId="77777777" w:rsidTr="00970C1A">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7386DFE3" w14:textId="77777777" w:rsidR="006C47EB" w:rsidRPr="00C93DAE" w:rsidRDefault="00970C1A" w:rsidP="001F5DFC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -20051,83 +20266,84 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="227303672">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1620868102">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1755472070">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1219242569">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1856380511">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="633874580">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="chicago"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C73CBB"/>
     <w:rsid w:val="0000553C"/>
     <w:rsid w:val="00006EF6"/>
     <w:rsid w:val="00007AF1"/>
+    <w:rsid w:val="00015B68"/>
     <w:rsid w:val="00016CD2"/>
     <w:rsid w:val="00026C61"/>
     <w:rsid w:val="0003001A"/>
     <w:rsid w:val="00030A04"/>
     <w:rsid w:val="0003525A"/>
     <w:rsid w:val="00035B2A"/>
     <w:rsid w:val="00041702"/>
     <w:rsid w:val="00050522"/>
     <w:rsid w:val="000569ED"/>
     <w:rsid w:val="00060A72"/>
     <w:rsid w:val="00084B93"/>
     <w:rsid w:val="0008642B"/>
     <w:rsid w:val="00090232"/>
     <w:rsid w:val="00092469"/>
     <w:rsid w:val="000B34A1"/>
     <w:rsid w:val="000B7346"/>
     <w:rsid w:val="000C38B3"/>
     <w:rsid w:val="000C426B"/>
     <w:rsid w:val="000D341D"/>
     <w:rsid w:val="000D4A63"/>
     <w:rsid w:val="000D6AA1"/>
     <w:rsid w:val="000F1655"/>
     <w:rsid w:val="00103831"/>
     <w:rsid w:val="00105F24"/>
     <w:rsid w:val="001063BA"/>
@@ -20370,92 +20586,94 @@
     <w:rsid w:val="00680E32"/>
     <w:rsid w:val="0068267E"/>
     <w:rsid w:val="00683CF3"/>
     <w:rsid w:val="0068419B"/>
     <w:rsid w:val="0068656D"/>
     <w:rsid w:val="00690DD3"/>
     <w:rsid w:val="0069161E"/>
     <w:rsid w:val="006A598D"/>
     <w:rsid w:val="006A5C25"/>
     <w:rsid w:val="006B128A"/>
     <w:rsid w:val="006B2982"/>
     <w:rsid w:val="006B2E94"/>
     <w:rsid w:val="006B41E6"/>
     <w:rsid w:val="006B6D78"/>
     <w:rsid w:val="006C4728"/>
     <w:rsid w:val="006C47EB"/>
     <w:rsid w:val="006C7C01"/>
     <w:rsid w:val="006D1A2A"/>
     <w:rsid w:val="006D517F"/>
     <w:rsid w:val="006D6548"/>
     <w:rsid w:val="006E04F6"/>
     <w:rsid w:val="006E0A94"/>
     <w:rsid w:val="006E147C"/>
     <w:rsid w:val="006E6ADB"/>
     <w:rsid w:val="006E7DD0"/>
+    <w:rsid w:val="006F1F95"/>
     <w:rsid w:val="006F4040"/>
     <w:rsid w:val="006F4122"/>
     <w:rsid w:val="006F488D"/>
     <w:rsid w:val="006F7D01"/>
     <w:rsid w:val="00703FAC"/>
     <w:rsid w:val="00706C4F"/>
     <w:rsid w:val="00706E08"/>
     <w:rsid w:val="007122FA"/>
     <w:rsid w:val="007149CA"/>
     <w:rsid w:val="00722935"/>
     <w:rsid w:val="007256B2"/>
     <w:rsid w:val="00741EF5"/>
     <w:rsid w:val="00745079"/>
     <w:rsid w:val="00751094"/>
     <w:rsid w:val="00753500"/>
     <w:rsid w:val="0076297C"/>
     <w:rsid w:val="007673D6"/>
     <w:rsid w:val="007756DB"/>
     <w:rsid w:val="0077614C"/>
     <w:rsid w:val="00777229"/>
     <w:rsid w:val="007801B5"/>
     <w:rsid w:val="00780E96"/>
     <w:rsid w:val="007827B1"/>
     <w:rsid w:val="00796460"/>
     <w:rsid w:val="007A4F64"/>
     <w:rsid w:val="007B09F7"/>
     <w:rsid w:val="007B345D"/>
     <w:rsid w:val="007B3664"/>
     <w:rsid w:val="007B5638"/>
     <w:rsid w:val="007C0A77"/>
     <w:rsid w:val="007C2E7F"/>
     <w:rsid w:val="007D53AF"/>
     <w:rsid w:val="007D5547"/>
     <w:rsid w:val="007D5665"/>
     <w:rsid w:val="007E1E35"/>
     <w:rsid w:val="007E2676"/>
     <w:rsid w:val="007E3C27"/>
     <w:rsid w:val="007E4C7E"/>
     <w:rsid w:val="007E5422"/>
     <w:rsid w:val="007F1278"/>
     <w:rsid w:val="00802E65"/>
     <w:rsid w:val="00805791"/>
+    <w:rsid w:val="00807D6C"/>
     <w:rsid w:val="00810DA0"/>
     <w:rsid w:val="0081437A"/>
     <w:rsid w:val="00831A4B"/>
     <w:rsid w:val="008326E3"/>
     <w:rsid w:val="008408A3"/>
     <w:rsid w:val="0084158D"/>
     <w:rsid w:val="00851D74"/>
     <w:rsid w:val="0085231C"/>
     <w:rsid w:val="00854ACA"/>
     <w:rsid w:val="00860DA0"/>
     <w:rsid w:val="00862989"/>
     <w:rsid w:val="00864F2F"/>
     <w:rsid w:val="008715B5"/>
     <w:rsid w:val="00871D27"/>
     <w:rsid w:val="00872680"/>
     <w:rsid w:val="008763C4"/>
     <w:rsid w:val="0087659D"/>
     <w:rsid w:val="00877951"/>
     <w:rsid w:val="00881135"/>
     <w:rsid w:val="00884C94"/>
     <w:rsid w:val="008900B6"/>
     <w:rsid w:val="0089225D"/>
     <w:rsid w:val="008A3F28"/>
     <w:rsid w:val="008A4FB6"/>
     <w:rsid w:val="008B30AA"/>
@@ -20560,50 +20778,51 @@
     <w:rsid w:val="00B34883"/>
     <w:rsid w:val="00B3532F"/>
     <w:rsid w:val="00B35488"/>
     <w:rsid w:val="00B3786D"/>
     <w:rsid w:val="00B37E9C"/>
     <w:rsid w:val="00B41EFE"/>
     <w:rsid w:val="00B44359"/>
     <w:rsid w:val="00B46CDB"/>
     <w:rsid w:val="00B50526"/>
     <w:rsid w:val="00B63D36"/>
     <w:rsid w:val="00B66324"/>
     <w:rsid w:val="00B66AC0"/>
     <w:rsid w:val="00B678C1"/>
     <w:rsid w:val="00B72112"/>
     <w:rsid w:val="00B721D0"/>
     <w:rsid w:val="00B74A85"/>
     <w:rsid w:val="00B808BD"/>
     <w:rsid w:val="00B861E2"/>
     <w:rsid w:val="00B91C6A"/>
     <w:rsid w:val="00B9492A"/>
     <w:rsid w:val="00B95F6A"/>
     <w:rsid w:val="00BA463C"/>
     <w:rsid w:val="00BB0C53"/>
     <w:rsid w:val="00BC1515"/>
     <w:rsid w:val="00BC378C"/>
+    <w:rsid w:val="00BC4143"/>
     <w:rsid w:val="00BD4788"/>
     <w:rsid w:val="00BD5F87"/>
     <w:rsid w:val="00BE0BDD"/>
     <w:rsid w:val="00BE464A"/>
     <w:rsid w:val="00BF5FC7"/>
     <w:rsid w:val="00BF6C9A"/>
     <w:rsid w:val="00C03BE1"/>
     <w:rsid w:val="00C047F8"/>
     <w:rsid w:val="00C04CC9"/>
     <w:rsid w:val="00C055DB"/>
     <w:rsid w:val="00C136E8"/>
     <w:rsid w:val="00C217BF"/>
     <w:rsid w:val="00C231C6"/>
     <w:rsid w:val="00C254D4"/>
     <w:rsid w:val="00C27BD9"/>
     <w:rsid w:val="00C35096"/>
     <w:rsid w:val="00C42899"/>
     <w:rsid w:val="00C46597"/>
     <w:rsid w:val="00C47822"/>
     <w:rsid w:val="00C5172E"/>
     <w:rsid w:val="00C61A6A"/>
     <w:rsid w:val="00C73CBB"/>
     <w:rsid w:val="00C76E02"/>
     <w:rsid w:val="00C85563"/>
     <w:rsid w:val="00C919AC"/>
@@ -20723,51 +20942,51 @@
     <w:rsid w:val="00FC588C"/>
     <w:rsid w:val="00FD2ED5"/>
     <w:rsid w:val="00FD301A"/>
     <w:rsid w:val="00FD6478"/>
     <w:rsid w:val="00FE1246"/>
     <w:rsid w:val="00FF4C86"/>
     <w:rsid w:val="00FF72D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="589B4A31"/>
   <w15:docId w15:val="{0620BF61-F3E2-41E6-B0B5-40A38EABE3F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -21169,51 +21388,50 @@
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0085231C"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -21747,75 +21965,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A6E2FC3-804D-4F13-AA84-74981F5212AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1656</Words>
-  <Characters>12488</Characters>
+  <Words>1703</Words>
+  <Characters>12767</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>491</Lines>
+  <Paragraphs>301</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Manchester [work-at-home copy]</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14116</CharactersWithSpaces>
+  <CharactersWithSpaces>14169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>2818164</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>86</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.gov.uk/government/collections/fit-note</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>852042</vt:i4>
       </vt:variant>
       <vt:variant>