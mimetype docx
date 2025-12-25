--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -1,1752 +1,1830 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="020F6ACC" w14:textId="6052DBE6" w:rsidR="001A588E" w:rsidRDefault="00FC6941" w:rsidP="001A588E">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65CADE1B" wp14:editId="32B7A859">
             <wp:extent cx="1651000" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="4" name="Picture 4"/>
+            <wp:docPr id="4" name="Picture 4">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BA3C469-CCEF-4E0C-80E0-318F54979B20}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1651000" cy="698500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDC4D47" w14:textId="77777777" w:rsidR="00FC6941" w:rsidRDefault="00FC6941" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2480D260" w14:textId="1A7C3B24" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="00F117BE" w:rsidP="001A588E">
-[...72 lines deleted...]
-    </w:p>
     <w:p w14:paraId="046EBBCE" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="002D6259" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D6259">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Private &amp; Confidential</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27279385" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34532C4F" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="34532C4F" w14:textId="7D8673AB" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="0040747D" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D79A8">
-[...4 lines deleted...]
-        <w:t>Name</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00E930CC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5126">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>SIT</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96499">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5126">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>R NA</w:t>
+      </w:r>
+      <w:r w:rsidR="00E17E3A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r w:rsidR="003400C6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D7A81D" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="014D3173" w14:textId="77777777" w:rsidR="00CF2572" w:rsidRDefault="00FD244F" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>Address</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[VISITOR </w:t>
+      </w:r>
+      <w:r w:rsidR="00863EF7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ADDRES</w:t>
+      </w:r>
+      <w:r w:rsidR="00A555BF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>S]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D59636F" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19487FC1" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D59CE48" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="0D59CE48" w14:textId="3C91B855" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="00E224C7" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D79A8">
-[...4 lines deleted...]
-        <w:t>Date</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[DATE</w:t>
+      </w:r>
+      <w:r w:rsidR="00844F0F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494B585A" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A895760" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31E9E02F" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="31E9E02F" w14:textId="070CA95E" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dear </w:t>
-[...35 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>Dear</w:t>
+      </w:r>
+      <w:r w:rsidR="007B64E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B64E9" w:rsidRPr="007B64E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[TITLE AND FULL NAME]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744A2A89" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C4EC433" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="5C4EC433" w14:textId="1711802A" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>I am delighted to confirm your invitation</w:t>
+        <w:t xml:space="preserve">I am delighted to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>confirm</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your invitation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as a Visitor </w:t>
+        <w:t xml:space="preserve"> as a</w:t>
+      </w:r>
+      <w:r w:rsidR="009B426E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n Academic &amp; Affiliate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visitor </w:t>
       </w:r>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
+      <w:r w:rsidR="00FD1086" w:rsidRPr="006C3970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[SCHOOL/DEPT]</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
+        <w:t>within the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1086">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1086" w:rsidRPr="006C3970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00941BFF" w:rsidRPr="006C3970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>FACULTY/DIRECTORATE]</w:t>
       </w:r>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> MERGEFIELD "STR_LONG_DESC" </w:instrText>
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:r w:rsidR="00941BFF" w:rsidRPr="006C3970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[DATE]</w:t>
       </w:r>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00941BFF" w:rsidRPr="006C3970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[DATE]</w:t>
       </w:r>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:noProof/>
-[...142 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C9D13C" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="54C9D13C" w14:textId="77777777" w:rsidR="001A588E" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B30D90" w14:textId="1892066B" w:rsidR="00FB5E5D" w:rsidRDefault="00FB5E5D" w:rsidP="001A588E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The purpose of your visit is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766D63">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[INSERT THE PURPOSE OF VISIT HERE</w:t>
+      </w:r>
+      <w:r w:rsidR="00923356" w:rsidRPr="00766D63">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="004572AC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300D04BC" w14:textId="77777777" w:rsidR="00FB5E5D" w:rsidRPr="000D79A8" w:rsidRDefault="00FB5E5D" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D6CDC89" w14:textId="77777777" w:rsidR="001A588E" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>There are a number of benefits associated with the invitation and these are outlined below:</w:t>
+        <w:t xml:space="preserve">There are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> benefits associated with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>invitation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and these are outlined below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC23AFA" w14:textId="75302302" w:rsidR="001A588E" w:rsidRPr="00FC6941" w:rsidRDefault="001A588E" w:rsidP="00FC6941">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="814"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC6941">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Provision of a University ID swipe card for access to buildings,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755D5B77" w14:textId="11995717" w:rsidR="001A588E" w:rsidRPr="00FC6941" w:rsidRDefault="001A588E" w:rsidP="00FC6941">
+    <w:p w14:paraId="755D5B77" w14:textId="4B73B9EB" w:rsidR="001A588E" w:rsidRPr="00FC6941" w:rsidRDefault="001A588E" w:rsidP="00FC6941">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="814"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC6941">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Full borrowing rights with the John Ryland’s University library,</w:t>
+        <w:t xml:space="preserve">Full borrowing rights with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00696FC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of Manchester </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6941">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>library,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="198ACB7C" w14:textId="476A430E" w:rsidR="001A588E" w:rsidRPr="00FC6941" w:rsidRDefault="001A588E" w:rsidP="00FC6941">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="814"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC6941">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Full access to University computing facilities, including University subscription to on-line journals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C6DD2E" w14:textId="06195FA9" w:rsidR="001A588E" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="16C6DD2E" w14:textId="0D8A4B64" w:rsidR="001A588E" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please note however that as a Visitor you are not an employee or a member of the University’s staff and as such there is no entitlement to remuneration and associated terms and conditions of employment.</w:t>
+        <w:t>Please note however that as a</w:t>
+      </w:r>
+      <w:r w:rsidR="0027534D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n Academic &amp; Affiliate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Visitor you are not an employee or a member of the University’s staff and as such there is no entitlement to remuneration and associated terms and conditions of employment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DB67B9" w14:textId="77777777" w:rsidR="00686431" w:rsidRDefault="00686431" w:rsidP="001A588E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5925966B" w14:textId="3E9F34A0" w:rsidR="00E62F44" w:rsidRPr="00F05D86" w:rsidRDefault="00F05D86" w:rsidP="001A588E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44CBD" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">THE </w:t>
+      </w:r>
+      <w:r w:rsidR="00403228" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PARAGRAPH BELOW </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44CBD" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IS </w:t>
+      </w:r>
+      <w:r w:rsidR="00403228" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ONLY FOR </w:t>
+      </w:r>
+      <w:r w:rsidR="00435261" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>NON-BRITISH</w:t>
+      </w:r>
+      <w:r w:rsidR="00403228" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/IRISH CITIZENS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563EF54C" w14:textId="7963B3AE" w:rsidR="00413805" w:rsidRDefault="00E62F44" w:rsidP="00413805">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As you are not a British or Irish citizen </w:t>
+      </w:r>
+      <w:r w:rsidR="00375AB1" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00813322" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00813322" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required to ensure that any activity which you undertake is within the scope of permitted activities </w:t>
+      </w:r>
+      <w:r w:rsidR="00161C33" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00813322" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your visa.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61871" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Details of the type of visa you </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75BA5" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may require </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61871" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and permitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00382B7A" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61871" w:rsidRPr="00F05D86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have already been provided to you as part of the approval process of your visit.</w:t>
+      </w:r>
+      <w:r w:rsidR="00413805">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="167787DA" w14:textId="02A3652E" w:rsidR="00642A06" w:rsidRDefault="00642A06" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="516D44EA" w14:textId="4DFF32A4" w:rsidR="00642A06" w:rsidRPr="00642A06" w:rsidRDefault="00642A06" w:rsidP="001A588E">
+    <w:p w14:paraId="728509A3" w14:textId="17FE26C9" w:rsidR="00FC6941" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...29 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="000D79A8">
-        <w:t>he purpose of your visit</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">As a visitor to the University of Manchester, you will be required to present your passport and visa/immigration stamp to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6806">
+        <w:t>People Services Reception</w:t>
+      </w:r>
+      <w:r w:rsidR="00413805">
+        <w:t xml:space="preserve"> to obtain your ID card</w:t>
       </w:r>
       <w:r w:rsidRPr="000D79A8">
-        <w:t xml:space="preserve">is </w:t>
-[...757 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="441FEFF8" w14:textId="77777777" w:rsidR="00FC6941" w:rsidRDefault="00FC6941" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="235CFB48" w14:textId="7781102A" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="56E98F3F" w14:textId="377C654E" w:rsidR="002653EA" w:rsidRDefault="00927270" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">You will be required to sign </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">and return </w:t>
+        <w:t xml:space="preserve">For your visit to be fully approved and required access set up, you must </w:t>
+      </w:r>
+      <w:r w:rsidR="00D07C4C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>return</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
-[...13 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:t xml:space="preserve"> your </w:t>
+      </w:r>
+      <w:r w:rsidR="00B957DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academic &amp; Affiliate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agreement </w:t>
+      </w:r>
+      <w:r w:rsidR="001A588E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>before your start date</w:t>
+      </w:r>
+      <w:r w:rsidR="005C62B2">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C13C65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C1B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>invitatio</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6836">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1CA1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>is s</w:t>
+      </w:r>
+      <w:r w:rsidR="00761932">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ubject</w:t>
+      </w:r>
+      <w:r w:rsidR="005375FC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40EF2">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+      <w:r w:rsidR="00270301">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00270301">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>acc</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2ECC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>epting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A2ECC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="001A45A0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A45A0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>compl</w:t>
+      </w:r>
+      <w:r w:rsidR="00A867B9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ying</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A867B9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1BFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00111D30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10C28">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">terms </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0B4F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00485AB6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tha</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0C16">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>t agreeme</w:t>
+      </w:r>
+      <w:r w:rsidR="009232C8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:r w:rsidR="001A588E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00140076">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001A588E" w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The University may terminate </w:t>
+      </w:r>
+      <w:r w:rsidR="00F133D8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="00687334">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>visit to</w:t>
+      </w:r>
+      <w:r w:rsidR="00630065">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the U</w:t>
+      </w:r>
+      <w:r w:rsidR="002711B2">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00630065">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iv</w:t>
+      </w:r>
+      <w:r w:rsidR="002711B2">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ersity </w:t>
+      </w:r>
+      <w:r w:rsidR="001A588E" w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the event that you </w:t>
+      </w:r>
+      <w:r w:rsidR="00362AE4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in breach of</w:t>
+      </w:r>
+      <w:r w:rsidR="00E54C55">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="004A68C4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+      <w:r w:rsidR="001B4CC9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2940">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no longer able to carry out the approved activities; or if </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76812">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">carry out activities outside the scope of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15A83">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visa; or if in the University’s reasonable opinion, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C534B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have committed an act of misconduct, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65E21">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">incompetent in </w:t>
+      </w:r>
+      <w:r w:rsidR="00310244">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> approved activities, or </w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D7E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC70CC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22DF4" w:rsidRPr="00B22DF4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>likely to bring the reputation of the University into disrepute.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F87EADB" w14:textId="77777777" w:rsidR="002653EA" w:rsidRDefault="002653EA" w:rsidP="001A588E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F9C7CBB" w14:textId="592946A4" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="00C6592B" w:rsidP="001A588E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">before your start date.  </w:t>
-[...59 lines deleted...]
-        <w:t>May I welcome you to the University and should you have any queries regarding this invitation please do not hesitate to contact me.</w:t>
+        <w:t xml:space="preserve">I would like to take this opportunity to </w:t>
+      </w:r>
+      <w:r w:rsidR="001A588E" w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>welcome you to the University and should you have any queries regarding this invitation please do not hesitate to contact me.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5169CDF3" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="630ED012" w14:textId="639AA3BA" w:rsidR="001A588E" w:rsidRDefault="001A588E" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Yours sincerely  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E880A56" w14:textId="77777777" w:rsidR="007D7E7D" w:rsidRPr="000D79A8" w:rsidRDefault="007D7E7D" w:rsidP="001A588E">
+    <w:p w14:paraId="3E880A56" w14:textId="77777777" w:rsidR="007D7E7D" w:rsidRDefault="007D7E7D" w:rsidP="001A588E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E03C755" w14:textId="77777777" w:rsidR="001A588E" w:rsidRPr="000D79A8" w:rsidRDefault="001A588E" w:rsidP="001A588E">
+    <w:p w14:paraId="31A3AC42" w14:textId="77777777" w:rsidR="006C61E2" w:rsidRPr="000D79A8" w:rsidRDefault="006C61E2" w:rsidP="001A588E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E03C755" w14:textId="77777777" w:rsidR="0063428E" w:rsidRDefault="001A588E" w:rsidP="007D7E7D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>School/Department</w:t>
       </w:r>
       <w:r w:rsidRPr="000D79A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0396AAC9" w14:textId="600965FE" w:rsidR="0063428E" w:rsidRDefault="001A588E" w:rsidP="007D7E7D">
-[...34 lines deleted...]
-    <w:sectPr w:rsidR="0063428E" w:rsidSect="007D7E7D">
+    <w:sectPr w:rsidR="0063428E" w:rsidSect="006C61E2">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="454" w:footer="454" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="454" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="64D20C08" w14:textId="77777777" w:rsidR="006E331C" w:rsidRDefault="006E331C" w:rsidP="0070269D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="39510554" w14:textId="77777777" w:rsidR="006E331C" w:rsidRDefault="006E331C" w:rsidP="0070269D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="53F8523F" w14:textId="455A4CBD" w:rsidR="0070269D" w:rsidRDefault="0070269D" w:rsidP="0070269D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>Global Mobility</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidR="002516EC">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>Formal Letter of Invitation</w:t>
+    </w:r>
+    <w:r w:rsidR="002516EC">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> for Academic &amp; Affiliate Visitors</w:t>
+    </w:r>
+    <w:r w:rsidR="002516EC" w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>     </w:t>
+    </w:r>
+    <w:r w:rsidR="00646CB6" w:rsidRPr="00646CB6">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Version: </w:t>
+    </w:r>
+    <w:r w:rsidR="00C13400">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="00646CB6" w:rsidRPr="00646CB6">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>.0</w:t>
+    </w:r>
+    <w:r w:rsidR="00646CB6">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">      </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revised: </w:t>
+    </w:r>
+    <w:r w:rsidR="00C13400">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>28</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>.11</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.2025      Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09CEB174" wp14:editId="597A5E0C">
+          <wp:extent cx="551815" cy="250190"/>
+          <wp:effectExtent l="0" t="0" r="635" b="0"/>
+          <wp:docPr id="1223124912" name="Picture 1" descr="Logo, company name&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Picture 3" descr="Logo, company name&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="551815" cy="250190"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="63A06C89" w14:textId="77777777" w:rsidR="006E331C" w:rsidRDefault="006E331C" w:rsidP="0070269D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="28EDA93D" w14:textId="77777777" w:rsidR="006E331C" w:rsidRDefault="006E331C" w:rsidP="0070269D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="003A70F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4EAEE706"/>
     <w:lvl w:ilvl="0" w:tplc="08090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2434,143 +2512,369 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="421494674">
+  <w:num w:numId="1" w16cid:durableId="1034381194">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1132408417">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="182861874">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="321272414">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="437677461">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="839080834">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1681547074">
+  <w:num w:numId="6" w16cid:durableId="608320726">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1424375360">
-[...5 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="821700403">
+  <w:num w:numId="7" w16cid:durableId="938951906">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A588E"/>
+    <w:rsid w:val="000013E8"/>
+    <w:rsid w:val="000262C4"/>
+    <w:rsid w:val="000812C4"/>
+    <w:rsid w:val="000902CB"/>
+    <w:rsid w:val="000B1457"/>
+    <w:rsid w:val="000D5039"/>
+    <w:rsid w:val="000D7CF5"/>
+    <w:rsid w:val="000E112A"/>
+    <w:rsid w:val="000E38C4"/>
+    <w:rsid w:val="000E4CB8"/>
+    <w:rsid w:val="000F364E"/>
+    <w:rsid w:val="00103B3D"/>
+    <w:rsid w:val="00111D30"/>
+    <w:rsid w:val="00123119"/>
+    <w:rsid w:val="00140076"/>
+    <w:rsid w:val="0014694F"/>
+    <w:rsid w:val="00155EB1"/>
+    <w:rsid w:val="00161C33"/>
+    <w:rsid w:val="001677FB"/>
+    <w:rsid w:val="00180868"/>
+    <w:rsid w:val="001A45A0"/>
+    <w:rsid w:val="001A5126"/>
     <w:rsid w:val="001A588E"/>
-    <w:rsid w:val="001C6C93"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002C2522"/>
+    <w:rsid w:val="001B4CC9"/>
+    <w:rsid w:val="001C3B5F"/>
+    <w:rsid w:val="001C600F"/>
+    <w:rsid w:val="002062AC"/>
+    <w:rsid w:val="00220B0F"/>
+    <w:rsid w:val="0022220B"/>
+    <w:rsid w:val="00236560"/>
+    <w:rsid w:val="00236E1A"/>
+    <w:rsid w:val="002516EC"/>
+    <w:rsid w:val="002653EA"/>
+    <w:rsid w:val="00270301"/>
+    <w:rsid w:val="002711B2"/>
+    <w:rsid w:val="0027534D"/>
+    <w:rsid w:val="00296393"/>
+    <w:rsid w:val="002C0EF7"/>
     <w:rsid w:val="002E38AF"/>
+    <w:rsid w:val="002E6836"/>
+    <w:rsid w:val="00310244"/>
+    <w:rsid w:val="00321D40"/>
+    <w:rsid w:val="00337978"/>
+    <w:rsid w:val="003400C6"/>
+    <w:rsid w:val="00361942"/>
+    <w:rsid w:val="00362AE4"/>
+    <w:rsid w:val="00375AB1"/>
     <w:rsid w:val="00375BDF"/>
+    <w:rsid w:val="00382B7A"/>
+    <w:rsid w:val="00383EB2"/>
+    <w:rsid w:val="003A4D0A"/>
+    <w:rsid w:val="003A7342"/>
+    <w:rsid w:val="003C457A"/>
+    <w:rsid w:val="003D4561"/>
+    <w:rsid w:val="00403228"/>
+    <w:rsid w:val="0040747D"/>
+    <w:rsid w:val="0041340D"/>
+    <w:rsid w:val="00413805"/>
+    <w:rsid w:val="00435261"/>
+    <w:rsid w:val="00456BB4"/>
+    <w:rsid w:val="004572AC"/>
+    <w:rsid w:val="00474F6C"/>
+    <w:rsid w:val="00485AB6"/>
+    <w:rsid w:val="004A68C4"/>
     <w:rsid w:val="004A7B21"/>
+    <w:rsid w:val="004C025A"/>
+    <w:rsid w:val="004E5D7E"/>
+    <w:rsid w:val="004F3252"/>
+    <w:rsid w:val="005003D2"/>
+    <w:rsid w:val="005240A4"/>
+    <w:rsid w:val="00533709"/>
+    <w:rsid w:val="005375FC"/>
+    <w:rsid w:val="0054217F"/>
     <w:rsid w:val="00582DCF"/>
+    <w:rsid w:val="005A2ECC"/>
+    <w:rsid w:val="005B0C16"/>
+    <w:rsid w:val="005B5B28"/>
+    <w:rsid w:val="005C62B2"/>
+    <w:rsid w:val="005E51D1"/>
+    <w:rsid w:val="006060B8"/>
+    <w:rsid w:val="00630065"/>
     <w:rsid w:val="0063428E"/>
+    <w:rsid w:val="00635B5B"/>
     <w:rsid w:val="00642A06"/>
+    <w:rsid w:val="0064367E"/>
+    <w:rsid w:val="00646CB6"/>
+    <w:rsid w:val="00680CF6"/>
+    <w:rsid w:val="00686431"/>
+    <w:rsid w:val="00687334"/>
+    <w:rsid w:val="00691EFC"/>
+    <w:rsid w:val="00696FC0"/>
     <w:rsid w:val="006B1396"/>
+    <w:rsid w:val="006C1703"/>
+    <w:rsid w:val="006C3970"/>
+    <w:rsid w:val="006C61E2"/>
+    <w:rsid w:val="006C772A"/>
+    <w:rsid w:val="006E331C"/>
+    <w:rsid w:val="006F330C"/>
+    <w:rsid w:val="0070269D"/>
+    <w:rsid w:val="00754003"/>
+    <w:rsid w:val="00760830"/>
+    <w:rsid w:val="00761932"/>
+    <w:rsid w:val="00766D63"/>
+    <w:rsid w:val="007A40C8"/>
+    <w:rsid w:val="007A6C68"/>
+    <w:rsid w:val="007B64E9"/>
     <w:rsid w:val="007C4C7D"/>
+    <w:rsid w:val="007C787C"/>
     <w:rsid w:val="007D7E7D"/>
     <w:rsid w:val="007F2E7A"/>
+    <w:rsid w:val="007F3CB2"/>
+    <w:rsid w:val="007F7B14"/>
+    <w:rsid w:val="007F7BC8"/>
+    <w:rsid w:val="00801BB6"/>
+    <w:rsid w:val="00813322"/>
+    <w:rsid w:val="00844F0F"/>
+    <w:rsid w:val="00855F80"/>
+    <w:rsid w:val="00863EF7"/>
+    <w:rsid w:val="008660C3"/>
+    <w:rsid w:val="008C1AE5"/>
+    <w:rsid w:val="008C2A7E"/>
+    <w:rsid w:val="008F01DE"/>
+    <w:rsid w:val="00900F2C"/>
+    <w:rsid w:val="00901B8F"/>
+    <w:rsid w:val="00905EDE"/>
+    <w:rsid w:val="00913DFD"/>
+    <w:rsid w:val="0092030C"/>
+    <w:rsid w:val="0092264B"/>
+    <w:rsid w:val="009232C8"/>
+    <w:rsid w:val="00923356"/>
+    <w:rsid w:val="00927270"/>
+    <w:rsid w:val="00941BFF"/>
+    <w:rsid w:val="00961537"/>
+    <w:rsid w:val="009656E8"/>
+    <w:rsid w:val="009B1BFB"/>
+    <w:rsid w:val="009B426E"/>
+    <w:rsid w:val="009C534B"/>
+    <w:rsid w:val="009E2940"/>
+    <w:rsid w:val="00A1548D"/>
+    <w:rsid w:val="00A555BF"/>
+    <w:rsid w:val="00A65E21"/>
+    <w:rsid w:val="00A77F4B"/>
+    <w:rsid w:val="00A867B9"/>
+    <w:rsid w:val="00AA42F5"/>
+    <w:rsid w:val="00AB0E75"/>
+    <w:rsid w:val="00AB1CA1"/>
+    <w:rsid w:val="00AB55D2"/>
+    <w:rsid w:val="00AB6806"/>
+    <w:rsid w:val="00AC068C"/>
+    <w:rsid w:val="00AD26B0"/>
+    <w:rsid w:val="00AE3D7C"/>
+    <w:rsid w:val="00B008F3"/>
+    <w:rsid w:val="00B0577D"/>
+    <w:rsid w:val="00B069AA"/>
+    <w:rsid w:val="00B15A83"/>
+    <w:rsid w:val="00B20BD3"/>
+    <w:rsid w:val="00B22DF4"/>
+    <w:rsid w:val="00B341A7"/>
+    <w:rsid w:val="00B362F9"/>
+    <w:rsid w:val="00B40EF2"/>
+    <w:rsid w:val="00B4407B"/>
+    <w:rsid w:val="00B443C4"/>
+    <w:rsid w:val="00B75955"/>
+    <w:rsid w:val="00B75BA5"/>
+    <w:rsid w:val="00B86C18"/>
+    <w:rsid w:val="00B957DD"/>
+    <w:rsid w:val="00BB4A86"/>
+    <w:rsid w:val="00BD6942"/>
+    <w:rsid w:val="00BE4784"/>
+    <w:rsid w:val="00C03D12"/>
+    <w:rsid w:val="00C04B79"/>
+    <w:rsid w:val="00C13400"/>
+    <w:rsid w:val="00C13C65"/>
+    <w:rsid w:val="00C27337"/>
+    <w:rsid w:val="00C61740"/>
+    <w:rsid w:val="00C624E5"/>
+    <w:rsid w:val="00C6592B"/>
+    <w:rsid w:val="00C66E36"/>
+    <w:rsid w:val="00C80179"/>
+    <w:rsid w:val="00C83D02"/>
+    <w:rsid w:val="00C859D8"/>
+    <w:rsid w:val="00C85A0E"/>
+    <w:rsid w:val="00C95031"/>
+    <w:rsid w:val="00C96499"/>
+    <w:rsid w:val="00CA02E5"/>
+    <w:rsid w:val="00CB7F29"/>
+    <w:rsid w:val="00CC0C1B"/>
+    <w:rsid w:val="00CE1AC0"/>
+    <w:rsid w:val="00CE1FBF"/>
+    <w:rsid w:val="00CF2572"/>
+    <w:rsid w:val="00D07C4C"/>
+    <w:rsid w:val="00D22D9F"/>
+    <w:rsid w:val="00D33C23"/>
+    <w:rsid w:val="00D4355B"/>
+    <w:rsid w:val="00D44CBD"/>
+    <w:rsid w:val="00D450A7"/>
+    <w:rsid w:val="00D57B75"/>
+    <w:rsid w:val="00D61871"/>
+    <w:rsid w:val="00D67040"/>
+    <w:rsid w:val="00D7260B"/>
+    <w:rsid w:val="00D76812"/>
+    <w:rsid w:val="00D83977"/>
+    <w:rsid w:val="00D87D4D"/>
     <w:rsid w:val="00DA617E"/>
+    <w:rsid w:val="00DB0FE2"/>
+    <w:rsid w:val="00DC5290"/>
+    <w:rsid w:val="00DC5701"/>
     <w:rsid w:val="00DC57B5"/>
+    <w:rsid w:val="00E10C28"/>
+    <w:rsid w:val="00E17E3A"/>
+    <w:rsid w:val="00E224C7"/>
+    <w:rsid w:val="00E349C1"/>
+    <w:rsid w:val="00E3525E"/>
+    <w:rsid w:val="00E54C55"/>
+    <w:rsid w:val="00E62F44"/>
+    <w:rsid w:val="00E7736F"/>
+    <w:rsid w:val="00E930CC"/>
+    <w:rsid w:val="00EC70CC"/>
+    <w:rsid w:val="00ED06C2"/>
+    <w:rsid w:val="00F02C63"/>
+    <w:rsid w:val="00F05D86"/>
     <w:rsid w:val="00F117BE"/>
+    <w:rsid w:val="00F133D8"/>
+    <w:rsid w:val="00F165DE"/>
+    <w:rsid w:val="00F2086F"/>
+    <w:rsid w:val="00F32BFB"/>
+    <w:rsid w:val="00F44121"/>
+    <w:rsid w:val="00F83500"/>
+    <w:rsid w:val="00F8486A"/>
     <w:rsid w:val="00F8542C"/>
+    <w:rsid w:val="00FB36CB"/>
+    <w:rsid w:val="00FB5E5D"/>
     <w:rsid w:val="00FC6941"/>
+    <w:rsid w:val="00FD0B4F"/>
+    <w:rsid w:val="00FD1086"/>
+    <w:rsid w:val="00FD244F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3884F3DA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5B04988F-8023-4FC5-9409-5E5FBB913437}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3107,62 +3411,133 @@
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007F2E7A"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C4C7D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C95031"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0070269D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0070269D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0070269D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0070269D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0070269D"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.manchester.ac.uk/DocuInfo.aspx?DocID=55558" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-v-visitor-rules" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3382,82 +3757,404 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD92DCA99A5B0B42989C49E1EF2332ED" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f27004ad082fc89068ed7eb6fefeff3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0286d494-7c06-4f3f-8725-392cc8b29423" xmlns:ns3="5641d3a0-4cdf-4627-8fdf-840090582e60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1c64941f12dc60c19fea3e436e6bb78" ns2:_="" ns3:_="">
+    <xsd:import namespace="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <xsd:import namespace="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0286d494-7c06-4f3f-8725-392cc8b29423" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6d63537c-d192-4dc4-bb87-a5632b1c7687" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5641d3a0-4cdf-4627-8fdf-840090582e60" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e2c71c18-dc6c-43d1-b349-fc78dbefa462}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5641d3a0-4cdf-4627-8fdf-840090582e60">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0286d494-7c06-4f3f-8725-392cc8b29423">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5641d3a0-4cdf-4627-8fdf-840090582e60" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1ED8745-8728-4CF7-8B53-49643FCB2B90}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D82F377A-5B42-4672-B669-DA6942E5E476}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9F2839A-7EA0-4E21-B9D1-2792D110A6FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4426</Characters>
+  <Pages>1</Pages>
+  <Words>475</Words>
+  <Characters>1846</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>10</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>102</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5192</CharactersWithSpaces>
+  <CharactersWithSpaces>2274</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vicki Gallagher</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Base Target">
     <vt:lpwstr>_blank</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DD92DCA99A5B0B42989C49E1EF2332ED</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>