--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -1,971 +1,1276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="143D68E9" w14:textId="6B7B7087" w:rsidR="004B07AB" w:rsidRDefault="00C47405" w:rsidP="004B07AB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7998DA15" wp14:editId="77F35F52">
             <wp:extent cx="1651000" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="TAB_col_white_background.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1651000" cy="698500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BED98FA" w14:textId="0C9788B5" w:rsidR="00C47405" w:rsidRDefault="00C47405" w:rsidP="004B07AB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="159B4354" w14:textId="77777777" w:rsidR="00C47405" w:rsidRDefault="00C47405" w:rsidP="004B07AB">
+    <w:p w14:paraId="72DB0A71" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="582C96A6" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E2CAC4E" w14:textId="1B04E655" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="00E44C00" w:rsidP="004B07AB">
-[...66 lines deleted...]
-    <w:p w14:paraId="205F3DE9" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+    <w:p w14:paraId="4C50EE89" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00D6D25D" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+    <w:p w14:paraId="57DBD2D0" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRPr="002D6259" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="002D6259">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t>Private &amp; Confidential</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27336116" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015DE80D" w14:textId="77777777" w:rsidR="00074CB5" w:rsidRPr="000D79A8" w:rsidRDefault="00074CB5" w:rsidP="00074CB5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[VISITOR NAME]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9BE283" w14:textId="77777777" w:rsidR="00074CB5" w:rsidRDefault="00074CB5" w:rsidP="00074CB5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[VISITOR ADDRESS]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194D8061" w14:textId="77777777" w:rsidR="00074CB5" w:rsidRDefault="00074CB5" w:rsidP="00074CB5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E7BE1C9" w14:textId="77777777" w:rsidR="009C6978" w:rsidRPr="000D79A8" w:rsidRDefault="009C6978" w:rsidP="00074CB5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D42BE79" w14:textId="77777777" w:rsidR="00074CB5" w:rsidRPr="000D79A8" w:rsidRDefault="00074CB5" w:rsidP="00074CB5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1492171E" w14:textId="77777777" w:rsidR="00074CB5" w:rsidRPr="000D79A8" w:rsidRDefault="00074CB5" w:rsidP="00074CB5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[DATE]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F9E93F" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78761D6E" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FDD74DE" w14:textId="77777777" w:rsidR="009C6978" w:rsidRPr="000D79A8" w:rsidRDefault="009C6978" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6653F56D" w14:textId="09BA7046" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dear </w:t>
+      </w:r>
+      <w:r w:rsidR="000844B3" w:rsidRPr="007B64E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[TITLE AND FULL NAME]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFB492A" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1282566E" w14:textId="7FCEF49E" w:rsidR="009C6978" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am delighted to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">offer </w:t>
+      </w:r>
+      <w:r w:rsidR="00370C3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>you an invitation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44B4A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as an Academic </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4319">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44B4A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Affiliate </w:t>
+      </w:r>
+      <w:r w:rsidR="007A25F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Visitor</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44B4A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4478">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the University of Manchester, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F548A7" w:rsidRPr="006C3970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[SCHOOL/DEPT]</w:t>
+      </w:r>
+      <w:r w:rsidR="00F548A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the </w:t>
+      </w:r>
+      <w:r w:rsidR="001B48A2" w:rsidRPr="006C3970">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[FACULTY/DIRECTORATE]</w:t>
+      </w:r>
+      <w:r w:rsidR="007F44C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D79A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F44C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for a period </w:t>
+      </w:r>
+      <w:r w:rsidR="007F44C4" w:rsidRPr="007F44C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="001B48A2" w:rsidRPr="001B48A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[NUMBER]</w:t>
+      </w:r>
+      <w:r w:rsidR="001B48A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">months during the year/from </w:t>
+      </w:r>
+      <w:r w:rsidR="00733A16" w:rsidRPr="00733A16">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[ACADEMIC YEAR/MONTH]</w:t>
+      </w:r>
+      <w:r w:rsidR="007A25F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358AF31A" w14:textId="77777777" w:rsidR="009C6978" w:rsidRDefault="009C6978" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67627A52" w14:textId="0D4BCAE0" w:rsidR="006F0D55" w:rsidRDefault="007A25F3" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is </w:t>
+      </w:r>
+      <w:r w:rsidR="004B07AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>subject to you meeting immigration requirements and</w:t>
+      </w:r>
+      <w:r w:rsidR="007F44C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obtaining ATAS and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="004B07AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>export control clearance</w:t>
+      </w:r>
+      <w:r w:rsidR="007F44C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2E5C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4478">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4F91">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agreeing to the terms of our Academic </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4319">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4F91">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Affiliate Visitor Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D24C4BA" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE5E21F" w14:textId="0D871CBF" w:rsidR="00C842BA" w:rsidRDefault="005E4F91" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once your visit has been fully approved, you will receive a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C842BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>formal letter of invitation</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2E5C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from us</w:t>
+      </w:r>
+      <w:r w:rsidR="00C842BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545A5448" w14:textId="77777777" w:rsidR="00C842BA" w:rsidRDefault="00C842BA" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="369C10C7" w14:textId="01206F4B" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>We look forward to welcoming you to Manchester.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3C69DA" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B83C36F" w14:textId="77777777" w:rsidR="00C842BA" w:rsidRDefault="00C842BA" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAE5AE0" w14:textId="77777777" w:rsidR="00C842BA" w:rsidRDefault="00C842BA" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B59594" w14:textId="2860254D" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Yours sincerely</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5538303F" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5879A207" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...531 lines deleted...]
-    <w:p w14:paraId="5879A207" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FA2DA23" w14:textId="77777777" w:rsidR="00C842BA" w:rsidRDefault="00C842BA" w:rsidP="004B07AB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D49C8C6" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRPr="000D79A8" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000D79A8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>School/Department</w:t>
       </w:r>
       <w:r w:rsidRPr="000D79A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B224009" w14:textId="53BD1CB3" w:rsidR="0063428E" w:rsidRDefault="0063428E"/>
     <w:sectPr w:rsidR="0063428E" w:rsidSect="004A7B21">
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1304" w:right="1134" w:bottom="1304" w:left="1134" w:header="454" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19C5EB23" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+    <w:p w14:paraId="35C3DDBA" w14:textId="77777777" w:rsidR="008F33DA" w:rsidRDefault="008F33DA" w:rsidP="004B07AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61BB61AF" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+    <w:p w14:paraId="377D7142" w14:textId="77777777" w:rsidR="008F33DA" w:rsidRDefault="008F33DA" w:rsidP="004B07AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3E8DA512" w14:textId="18FC1121" w:rsidR="003D5FA4" w:rsidRDefault="007F44C4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E794247" w14:textId="0FA0FE28" w:rsidR="006A2188" w:rsidRDefault="006A2188" w:rsidP="006A2188">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>Global Mobility</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidR="005C1CFB">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>Initial Letter of Invitation</w:t>
+    </w:r>
+    <w:r w:rsidR="005C1CFB">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> for Academic &amp; Affiliate Visitors</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>     </w:t>
+    </w:r>
+    <w:r w:rsidR="0030339A" w:rsidRPr="0030339A">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>Version: 2.0</w:t>
+    </w:r>
+    <w:r w:rsidR="0030339A">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">      </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revised: </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>03.11</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.2025      Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="002A0A4B">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CF063DA" wp14:editId="1D3375AB">
+          <wp:extent cx="551815" cy="250190"/>
+          <wp:effectExtent l="0" t="0" r="635" b="0"/>
+          <wp:docPr id="1223124912" name="Picture 1" descr="Logo, company name&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Picture 3" descr="Logo, company name&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="551815" cy="250190"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3E8DA512" w14:textId="18FC1121" w:rsidR="001175A1" w:rsidRDefault="001175A1">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31B1CB57" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+    <w:p w14:paraId="6FBF602A" w14:textId="77777777" w:rsidR="008F33DA" w:rsidRDefault="008F33DA" w:rsidP="004B07AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5036E791" w14:textId="77777777" w:rsidR="004B07AB" w:rsidRDefault="004B07AB" w:rsidP="004B07AB">
+    <w:p w14:paraId="72AD7EE8" w14:textId="77777777" w:rsidR="008F33DA" w:rsidRDefault="008F33DA" w:rsidP="004B07AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B07AB"/>
+    <w:rsid w:val="00074CB5"/>
+    <w:rsid w:val="000844B3"/>
+    <w:rsid w:val="000B2E5C"/>
+    <w:rsid w:val="000D282B"/>
+    <w:rsid w:val="001175A1"/>
+    <w:rsid w:val="001B48A2"/>
+    <w:rsid w:val="002253C3"/>
+    <w:rsid w:val="00241C14"/>
+    <w:rsid w:val="0030339A"/>
+    <w:rsid w:val="00370C3C"/>
+    <w:rsid w:val="0039614A"/>
+    <w:rsid w:val="00464370"/>
+    <w:rsid w:val="004A3431"/>
     <w:rsid w:val="004A7B21"/>
     <w:rsid w:val="004B07AB"/>
+    <w:rsid w:val="005003D2"/>
+    <w:rsid w:val="005C1CFB"/>
+    <w:rsid w:val="005E4F91"/>
+    <w:rsid w:val="00601629"/>
+    <w:rsid w:val="00603823"/>
     <w:rsid w:val="0063428E"/>
+    <w:rsid w:val="006A2188"/>
+    <w:rsid w:val="006A5A56"/>
     <w:rsid w:val="006B1396"/>
+    <w:rsid w:val="006F0D55"/>
+    <w:rsid w:val="00733A16"/>
+    <w:rsid w:val="007A25F3"/>
     <w:rsid w:val="007F44C4"/>
+    <w:rsid w:val="008D4319"/>
+    <w:rsid w:val="008E0E36"/>
+    <w:rsid w:val="008E2107"/>
+    <w:rsid w:val="008F33DA"/>
+    <w:rsid w:val="00913DFD"/>
+    <w:rsid w:val="00981AFF"/>
+    <w:rsid w:val="009C6978"/>
+    <w:rsid w:val="00AD26B0"/>
     <w:rsid w:val="00C47405"/>
+    <w:rsid w:val="00C842BA"/>
+    <w:rsid w:val="00C9619C"/>
+    <w:rsid w:val="00CF4478"/>
+    <w:rsid w:val="00D77A80"/>
     <w:rsid w:val="00DA617E"/>
+    <w:rsid w:val="00E44B4A"/>
     <w:rsid w:val="00E44C00"/>
+    <w:rsid w:val="00EB265B"/>
+    <w:rsid w:val="00F548A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="11F86A75"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6B73B889-C145-478F-8899-DB30B472564C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1293,50 +1598,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B07AB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -1405,62 +1715,71 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B07AB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004B07AB"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="006A2188"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1680,74 +1999,404 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0286d494-7c06-4f3f-8725-392cc8b29423">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5641d3a0-4cdf-4627-8fdf-840090582e60" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD92DCA99A5B0B42989C49E1EF2332ED" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f27004ad082fc89068ed7eb6fefeff3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0286d494-7c06-4f3f-8725-392cc8b29423" xmlns:ns3="5641d3a0-4cdf-4627-8fdf-840090582e60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1c64941f12dc60c19fea3e436e6bb78" ns2:_="" ns3:_="">
+    <xsd:import namespace="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <xsd:import namespace="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0286d494-7c06-4f3f-8725-392cc8b29423" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6d63537c-d192-4dc4-bb87-a5632b1c7687" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5641d3a0-4cdf-4627-8fdf-840090582e60" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e2c71c18-dc6c-43d1-b349-fc78dbefa462}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5641d3a0-4cdf-4627-8fdf-840090582e60">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AB6E701-CE08-4B0E-ABCF-EFFA2D3A016A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAE3573F-0870-479A-943F-1BD04CA892DC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41D3F466-1C8E-46BB-A2C0-5671A6DF14C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>112</Words>
-  <Characters>640</Characters>
+  <Words>108</Words>
+  <Characters>622</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>751</CharactersWithSpaces>
+  <CharactersWithSpaces>717</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vicki Gallagher</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DD92DCA99A5B0B42989C49E1EF2332ED</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>