--- v0 (2026-01-06)
+++ v1 (2026-02-27)
@@ -10,172 +10,172 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="15FC44EC" w14:textId="62D98187" w:rsidR="004450A0" w:rsidRPr="00861C03" w:rsidRDefault="004450A0" w:rsidP="004450A0">
+    <w:p w14:paraId="15FC44EC" w14:textId="21967DD4" w:rsidR="004450A0" w:rsidRPr="00861C03" w:rsidRDefault="004450A0" w:rsidP="004450A0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C5CF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SIMON INDUSTRIAL </w:t>
       </w:r>
       <w:r w:rsidR="0010635D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; PROFESSIONAL </w:t>
       </w:r>
       <w:r w:rsidRPr="002C5CF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FELLOWSHIPS</w:t>
       </w:r>
       <w:r w:rsidR="00934F45">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:r w:rsidR="00B10F01">
-[...6 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="004754CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002E3A69">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="006370C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B10F01">
-[...6 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="004754CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00861C03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="00CE2B0F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00861C03" w:rsidRPr="00934F45">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CALL FOR APPLICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09ECCDC1" w14:textId="77777777" w:rsidR="004450A0" w:rsidRDefault="004450A0" w:rsidP="004450A0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB83EE4" w14:textId="0B27F0C6" w:rsidR="00603513" w:rsidRPr="00603513" w:rsidRDefault="00603513" w:rsidP="00B774C2">
+    <w:p w14:paraId="6EB83EE4" w14:textId="55623893" w:rsidR="00603513" w:rsidRPr="00603513" w:rsidRDefault="00603513" w:rsidP="00B774C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2nd Round call for current academic year </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -231,59 +231,59 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">between </w:t>
       </w:r>
       <w:r w:rsidR="00B10F01">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">before </w:t>
       </w:r>
       <w:r w:rsidR="00BE4480">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>July 202</w:t>
       </w:r>
-      <w:r w:rsidR="00B10F01">
+      <w:r w:rsidR="004754CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00485A28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BE4480">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8D84AC" w14:textId="77777777" w:rsidR="00603513" w:rsidRDefault="00603513" w:rsidP="00B774C2">
       <w:pPr>
         <w:rPr>
@@ -294,345 +294,354 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C9E2B8B" w14:textId="7CCD6568" w:rsidR="006370C7" w:rsidRPr="00A66C73" w:rsidRDefault="00A66C73" w:rsidP="00B774C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key Dates:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF969CF" w14:textId="630FFC07" w:rsidR="00A66C73" w:rsidRPr="00A66C73" w:rsidRDefault="006370C7" w:rsidP="00B774C2">
+    <w:p w14:paraId="3AF969CF" w14:textId="0978BBB6" w:rsidR="00A66C73" w:rsidRPr="00A66C73" w:rsidRDefault="006370C7" w:rsidP="00B774C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00A66C73" w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pplications </w:t>
       </w:r>
       <w:r w:rsidR="00A66C73" w:rsidRPr="009A7A1D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>close</w:t>
       </w:r>
       <w:r w:rsidR="00B67518">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E31696">
+      <w:r w:rsidR="004754CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nov 21</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E31696" w:rsidRPr="00E31696">
+        <w:t>May 22</w:t>
+      </w:r>
+      <w:r w:rsidR="004754CD" w:rsidRPr="004754CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>st</w:t>
+        <w:t>nd</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E31696">
+      <w:r w:rsidR="004754CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00454271" w:rsidRPr="009A7A1D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00E415EC">
+      <w:r w:rsidR="004754CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E415EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5CFCC6" w14:textId="51BE9201" w:rsidR="006370C7" w:rsidRPr="00A66C73" w:rsidRDefault="00A66C73" w:rsidP="00B774C2">
+    <w:p w14:paraId="0D5CFCC6" w14:textId="5C48B6BC" w:rsidR="006370C7" w:rsidRPr="00A66C73" w:rsidRDefault="00A66C73" w:rsidP="00B774C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="006370C7" w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">wards will be announced </w:t>
       </w:r>
       <w:r w:rsidR="00CE18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="008C6486">
+      <w:r w:rsidR="00712AA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dec 19</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C6486" w:rsidRPr="008C6486">
+        <w:t xml:space="preserve">June </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6486">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6486" w:rsidRPr="008C6486">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008C6486">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D3594F" w:rsidRPr="009A7A1D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00D3594F">
+      <w:r w:rsidR="00712AA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="006370C7" w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fellowships must be planned to take place during </w:t>
       </w:r>
       <w:r w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">academic year </w:t>
       </w:r>
       <w:r w:rsidR="006370C7" w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00454271">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B10F01">
+      <w:r w:rsidR="00712AA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A66C73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
-      <w:r w:rsidR="00B10F01">
+      <w:r w:rsidR="00712AA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00FC45B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, with the funds spent and claimed by July</w:t>
       </w:r>
       <w:r w:rsidR="006E792C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00B10F01">
+      <w:r w:rsidR="00712AA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00FC45B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4359F1D9" w14:textId="77777777" w:rsidR="00C04700" w:rsidRDefault="00C04700" w:rsidP="002C5CF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C9FFB54" w14:textId="77777777" w:rsidR="00E06540" w:rsidRPr="00E06540" w:rsidRDefault="00E06540" w:rsidP="002C5CF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -1465,57 +1474,67 @@
       <w:r w:rsidR="005A53F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005A53F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> this may be spread over a longer period</w:t>
       </w:r>
       <w:r w:rsidR="00A6171B" w:rsidRPr="00CD6A2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD6A2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Where of exceptional quality, applications for longer periods up to a maximu</w:t>
+        <w:t>Where</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD6A2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of exceptional quality, applications for longer periods up to a maximu</w:t>
       </w:r>
       <w:r w:rsidR="009E17F4" w:rsidRPr="00CD6A2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">m of </w:t>
       </w:r>
       <w:r w:rsidR="006370C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>six months</w:t>
       </w:r>
       <w:r w:rsidR="009E17F4" w:rsidRPr="00CD6A2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be considered.</w:t>
       </w:r>
@@ -1997,67 +2016,57 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fellow</w:t>
       </w:r>
       <w:r w:rsidR="00046A0E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C31F37" w14:textId="77777777" w:rsidR="00873D1C" w:rsidRDefault="00046A0E" w:rsidP="00046A0E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...8 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>i)</w:t>
       </w:r>
       <w:r w:rsidR="001F4CB0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE0DB9" w:rsidRPr="00F46492">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Details of the Fellowship</w:t>
       </w:r>
       <w:r w:rsidR="00F46492" w:rsidRPr="00F46492">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2751,167 +2760,136 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="159E285C" w14:textId="77777777" w:rsidR="004450A0" w:rsidRDefault="000C7CA3" w:rsidP="004450A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Funds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73619892" w14:textId="6B7B439B" w:rsidR="00E608CC" w:rsidRPr="00E608CC" w:rsidRDefault="001C4982" w:rsidP="00E608CC">
+    <w:p w14:paraId="73619892" w14:textId="477132DC" w:rsidR="00E608CC" w:rsidRPr="00E608CC" w:rsidRDefault="001C4982" w:rsidP="00E608CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E608CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Total funds available for 202</w:t>
       </w:r>
-      <w:r w:rsidR="00B10F01" w:rsidRPr="00E608CC">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00712AA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="005A53F9" w:rsidRPr="00E608CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/2</w:t>
       </w:r>
-      <w:r w:rsidR="00B10F01" w:rsidRPr="00E608CC">
-[...5 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="00712AA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00E608CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: £</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E608CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>£</w:t>
       </w:r>
       <w:r w:rsidR="009A7A1D" w:rsidRPr="00E608CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00E608CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0,000;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00293E6A" w:rsidRPr="00E608CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...39 lines deleted...]
-        <w:t>000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="334779F2" w14:textId="77777777" w:rsidR="00E608CC" w:rsidRDefault="00E608CC" w:rsidP="004450A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00324E5B" w:rsidRPr="00E608CC">
         <w:rPr>
@@ -3013,120 +2991,102 @@
       </w:pPr>
       <w:r w:rsidRPr="006E6842">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Case studies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABFC93C" w14:textId="77777777" w:rsidR="006E6842" w:rsidRDefault="006E6842" w:rsidP="004450A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">You can see examples of different </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Fellowship projects here - </w:t>
+        <w:t xml:space="preserve">You can see examples of different SiP Fellowship projects here - </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Simon Industrial and Professional Fellowship projects</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A980B65" w14:textId="77777777" w:rsidR="00AB2654" w:rsidRDefault="00AB2654" w:rsidP="00AB2654">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25F9DA44" w14:textId="77777777" w:rsidR="00AB2654" w:rsidRPr="008D2957" w:rsidRDefault="00AB2654" w:rsidP="00AB2654">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D2957">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Submission of Applications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D371B7F" w14:textId="20649788" w:rsidR="00AB2654" w:rsidRPr="009A7A1D" w:rsidRDefault="00810A81" w:rsidP="00810A81">
+    <w:p w14:paraId="7D371B7F" w14:textId="0E687305" w:rsidR="00AB2654" w:rsidRPr="009A7A1D" w:rsidRDefault="00810A81" w:rsidP="00810A81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A7A1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Process and application form included below </w:t>
       </w:r>
       <w:r w:rsidR="00FC45B2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3212,107 +3172,98 @@
       </w:r>
       <w:r w:rsidR="008F2F2B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B67518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1700</w:t>
       </w:r>
       <w:r w:rsidR="00044260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Friday </w:t>
       </w:r>
-      <w:r w:rsidR="00B3577D">
-[...17 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+      <w:r w:rsidR="00712AA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>May 22</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AA7" w:rsidRPr="004754CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>st</w:t>
-[...32 lines deleted...]
-      </w:r>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00712AA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00712AA7" w:rsidRPr="009A7A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001C4982" w:rsidRPr="009A7A1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4626CB33" w14:textId="77777777" w:rsidR="00AB2654" w:rsidRPr="009A7A1D" w:rsidRDefault="00AB2654" w:rsidP="00AB2654">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="594E4B4D" w14:textId="77777777" w:rsidR="00AB2654" w:rsidRPr="009A7A1D" w:rsidRDefault="00AB2654" w:rsidP="00AB2654">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3331,67 +3282,83 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rachel Kenyon</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D9DE6D" w14:textId="6A0BC0AB" w:rsidR="008F2F2B" w:rsidRPr="009A7A1D" w:rsidRDefault="008F2F2B" w:rsidP="00AB2654">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Business Engagement Manager</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E12295E" w14:textId="044687AD" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00DD60FA" w:rsidP="00EE0680">
+    <w:p w14:paraId="2E12295E" w14:textId="748EE821" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="005A0ECA" w:rsidP="00EE0680">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Oct 2025</w:t>
+        <w:t xml:space="preserve">Feb </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD60FA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00810A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00810A81" w:rsidRPr="00810A81">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Application process and submission</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C9D717" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="00810A81">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -3671,51 +3638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, or their appointed </w:t>
       </w:r>
       <w:r w:rsidR="00847EE2" w:rsidRPr="009A7A1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>alternatives</w:t>
       </w:r>
       <w:r w:rsidR="00C66D7A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574F4926" w14:textId="4BD44ED2" w:rsidR="00810A81" w:rsidRPr="009A7A1D" w:rsidRDefault="00810A81" w:rsidP="00810A81">
+    <w:p w14:paraId="574F4926" w14:textId="276CD70F" w:rsidR="00810A81" w:rsidRPr="009A7A1D" w:rsidRDefault="00810A81" w:rsidP="00810A81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A7A1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="009A7A1D">
         <w:rPr>
@@ -3752,51 +3719,59 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F6852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="004F6852" w:rsidRPr="004F6852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="004F6852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> December</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00712AA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>June</w:t>
       </w:r>
       <w:r w:rsidR="00C66D7A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A53A29">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B60CE6" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="00810A81">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3818,51 +3793,51 @@
     </w:p>
     <w:p w14:paraId="786BC0E3" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="00810A81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00810A81">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Spend completion date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D3CCAF" w14:textId="0A410A24" w:rsidR="00600213" w:rsidRPr="00600213" w:rsidRDefault="00810A81" w:rsidP="00600213">
+    <w:p w14:paraId="58D3CCAF" w14:textId="22E7CE94" w:rsidR="00600213" w:rsidRPr="00600213" w:rsidRDefault="00810A81" w:rsidP="00600213">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">All projects/activities </w:t>
       </w:r>
       <w:r w:rsidR="009A7A1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -3901,58 +3876,58 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="006E792C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB6F84">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>July 202</w:t>
       </w:r>
-      <w:r w:rsidR="00EE0680">
+      <w:r w:rsidR="00712AA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00600213" w:rsidRPr="00600213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00600213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> extensions </w:t>
       </w:r>
       <w:r w:rsidR="00600213" w:rsidRPr="00600213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -4045,58 +4020,58 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> impacted by the COVID-19 pandemic</w:t>
       </w:r>
       <w:r w:rsidR="00A53A29">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00FC45B2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> In practice to allow finance offices to process expenditure prior to the University’s financial year-end, invoices and expenses claims should be submitted in before the third week of June 202</w:t>
       </w:r>
-      <w:r w:rsidR="00EE0680">
+      <w:r w:rsidR="00712AA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00FC45B2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>, if this is not possible the award holder’s finance office must be notified of planned claims on the account into July.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5060381B" w14:textId="77777777" w:rsidR="00600213" w:rsidRDefault="00600213" w:rsidP="00810A81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1655382E" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="00810A81">
       <w:pPr>
@@ -4427,51 +4402,69 @@
         <w:trPr>
           <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B3B3B3"/>
           </w:tcPr>
           <w:p w14:paraId="060F844B" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="0038596F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00810A81">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Proposed project start date</w:t>
+              <w:t xml:space="preserve">Proposed </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00810A81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00810A81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> start date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6382" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C52F1D6" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="0038596F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00810A81" w:rsidRPr="00810A81" w14:paraId="6D9AB261" w14:textId="77777777" w:rsidTr="0038596F">
         <w:trPr>
           <w:trHeight w:val="354"/>
         </w:trPr>
@@ -5933,94 +5926,92 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00810A81">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethical approval considered </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1808428656"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FC" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00810A81">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="31850784" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="0038596F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00810A81">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Any relevant project intellectual property issues discussed with UMIP </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="708313195"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00810A81">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00810A81" w:rsidRPr="00810A81" w14:paraId="359C7052" w14:textId="77777777" w:rsidTr="0038596F">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4079" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:p w14:paraId="1B02A207" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="0038596F">
             <w:pPr>
@@ -7551,73 +7542,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75B290F8" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="00810A81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00810A81">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...21 lines deleted...]
-        <w:t>) Project costs</w:t>
+        <w:t>(i) Project costs</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8363" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="4674"/>
         <w:gridCol w:w="1138"/>
       </w:tblGrid>
       <w:tr w:rsidR="00810A81" w:rsidRPr="00810A81" w14:paraId="64C639F8" w14:textId="77777777" w:rsidTr="005A53F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B3B3B3"/>
@@ -8887,58 +8856,58 @@
     </w:p>
     <w:p w14:paraId="188FA82E" w14:textId="77777777" w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidRDefault="00810A81" w:rsidP="004450A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00810A81" w:rsidRPr="00810A81" w:rsidSect="00CE2B0F">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="1021" w:bottom="1021" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D933B60" w14:textId="77777777" w:rsidR="00426202" w:rsidRDefault="00426202" w:rsidP="00B15F47">
+    <w:p w14:paraId="574ACF06" w14:textId="77777777" w:rsidR="00FB2380" w:rsidRDefault="00FB2380" w:rsidP="00B15F47">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E570614" w14:textId="77777777" w:rsidR="00426202" w:rsidRDefault="00426202" w:rsidP="00B15F47">
+    <w:p w14:paraId="332F498B" w14:textId="77777777" w:rsidR="00FB2380" w:rsidRDefault="00FB2380" w:rsidP="00B15F47">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9028,58 +8997,58 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="500C23DD" w14:textId="77777777" w:rsidR="00B15F47" w:rsidRDefault="00B15F47">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="235388BE" w14:textId="77777777" w:rsidR="00426202" w:rsidRDefault="00426202" w:rsidP="00B15F47">
+    <w:p w14:paraId="1AD75FCA" w14:textId="77777777" w:rsidR="00FB2380" w:rsidRDefault="00FB2380" w:rsidP="00B15F47">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="761C1E59" w14:textId="77777777" w:rsidR="00426202" w:rsidRDefault="00426202" w:rsidP="00B15F47">
+    <w:p w14:paraId="512C8934" w14:textId="77777777" w:rsidR="00FB2380" w:rsidRDefault="00FB2380" w:rsidP="00B15F47">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="069980AE" w14:textId="6CCC4305" w:rsidR="00164AB4" w:rsidRPr="00CE2B0F" w:rsidRDefault="00164AB4" w:rsidP="00CE2B0F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="7030A0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CE2B0F">
       <w:rPr>
@@ -10805,163 +10774,169 @@
   </w:num>
   <w:num w:numId="12" w16cid:durableId="551843344">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="950353881">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="952446434">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="990982029">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1975597632">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1314871458">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004007A9"/>
     <w:rsid w:val="00011731"/>
     <w:rsid w:val="00013160"/>
     <w:rsid w:val="00044260"/>
     <w:rsid w:val="0004620E"/>
     <w:rsid w:val="00046A0E"/>
     <w:rsid w:val="000708F3"/>
     <w:rsid w:val="00074069"/>
     <w:rsid w:val="00086579"/>
     <w:rsid w:val="000930F0"/>
     <w:rsid w:val="000B1897"/>
     <w:rsid w:val="000C4188"/>
     <w:rsid w:val="000C7CA3"/>
     <w:rsid w:val="000F4092"/>
     <w:rsid w:val="0010161B"/>
     <w:rsid w:val="00104512"/>
     <w:rsid w:val="00104B2A"/>
     <w:rsid w:val="0010635D"/>
     <w:rsid w:val="00110EDC"/>
     <w:rsid w:val="00114DD2"/>
     <w:rsid w:val="00164AB4"/>
     <w:rsid w:val="001732C0"/>
     <w:rsid w:val="001B6679"/>
     <w:rsid w:val="001C4982"/>
     <w:rsid w:val="001D76C2"/>
     <w:rsid w:val="001F2AE1"/>
     <w:rsid w:val="001F4CB0"/>
+    <w:rsid w:val="002029FD"/>
+    <w:rsid w:val="002138D3"/>
     <w:rsid w:val="00224AE2"/>
     <w:rsid w:val="00257C71"/>
     <w:rsid w:val="00293E6A"/>
     <w:rsid w:val="002A0701"/>
     <w:rsid w:val="002A126B"/>
     <w:rsid w:val="002B6663"/>
     <w:rsid w:val="002C5CF6"/>
     <w:rsid w:val="002E3064"/>
     <w:rsid w:val="002E3A69"/>
     <w:rsid w:val="002F2A20"/>
     <w:rsid w:val="00306337"/>
     <w:rsid w:val="00315A80"/>
     <w:rsid w:val="00316F29"/>
     <w:rsid w:val="00324E5B"/>
     <w:rsid w:val="003366E2"/>
     <w:rsid w:val="003545EB"/>
     <w:rsid w:val="00354EB8"/>
     <w:rsid w:val="0037167F"/>
     <w:rsid w:val="003733FF"/>
     <w:rsid w:val="00387E89"/>
     <w:rsid w:val="003C7883"/>
     <w:rsid w:val="003D06F7"/>
     <w:rsid w:val="003F11CC"/>
     <w:rsid w:val="004007A9"/>
     <w:rsid w:val="00404089"/>
     <w:rsid w:val="00414D87"/>
     <w:rsid w:val="00426202"/>
     <w:rsid w:val="004450A0"/>
     <w:rsid w:val="00447B71"/>
     <w:rsid w:val="00454271"/>
     <w:rsid w:val="00465791"/>
+    <w:rsid w:val="004754CD"/>
     <w:rsid w:val="00485A28"/>
     <w:rsid w:val="004900D6"/>
     <w:rsid w:val="004B2818"/>
     <w:rsid w:val="004C320D"/>
     <w:rsid w:val="004D02A8"/>
     <w:rsid w:val="004E1CD7"/>
+    <w:rsid w:val="004E62AD"/>
     <w:rsid w:val="004F3ED3"/>
     <w:rsid w:val="004F6852"/>
     <w:rsid w:val="00505951"/>
+    <w:rsid w:val="005A0ECA"/>
     <w:rsid w:val="005A53F9"/>
     <w:rsid w:val="005B5526"/>
     <w:rsid w:val="005B77EA"/>
     <w:rsid w:val="005C0498"/>
     <w:rsid w:val="005F2080"/>
     <w:rsid w:val="00600213"/>
     <w:rsid w:val="00603513"/>
     <w:rsid w:val="006102CB"/>
     <w:rsid w:val="00625DFB"/>
     <w:rsid w:val="006370C7"/>
     <w:rsid w:val="00643BD4"/>
     <w:rsid w:val="00652E1B"/>
     <w:rsid w:val="00666D3B"/>
     <w:rsid w:val="00675ADE"/>
     <w:rsid w:val="00683DCD"/>
     <w:rsid w:val="00694547"/>
     <w:rsid w:val="006A1041"/>
     <w:rsid w:val="006B505B"/>
     <w:rsid w:val="006B5685"/>
     <w:rsid w:val="006B5CA3"/>
     <w:rsid w:val="006E0A64"/>
     <w:rsid w:val="006E6842"/>
     <w:rsid w:val="006E792C"/>
+    <w:rsid w:val="00712AA7"/>
     <w:rsid w:val="00725590"/>
     <w:rsid w:val="00733B61"/>
     <w:rsid w:val="00741FE5"/>
     <w:rsid w:val="007871BE"/>
     <w:rsid w:val="00790760"/>
     <w:rsid w:val="007A599D"/>
     <w:rsid w:val="007B32A1"/>
     <w:rsid w:val="007D3916"/>
     <w:rsid w:val="007E73AB"/>
     <w:rsid w:val="007E7D3D"/>
     <w:rsid w:val="007F7D61"/>
     <w:rsid w:val="00800E5A"/>
     <w:rsid w:val="0080110D"/>
     <w:rsid w:val="00810A81"/>
     <w:rsid w:val="0081321D"/>
     <w:rsid w:val="00817A1A"/>
     <w:rsid w:val="00823A71"/>
     <w:rsid w:val="00825E03"/>
     <w:rsid w:val="00847EE2"/>
     <w:rsid w:val="008560CE"/>
     <w:rsid w:val="0085767D"/>
     <w:rsid w:val="00861C03"/>
     <w:rsid w:val="008646B9"/>
     <w:rsid w:val="00873D1C"/>
     <w:rsid w:val="008841EE"/>
@@ -11040,50 +11015,51 @@
     <w:rsid w:val="00DC4898"/>
     <w:rsid w:val="00DD60FA"/>
     <w:rsid w:val="00DD63B3"/>
     <w:rsid w:val="00DE08F2"/>
     <w:rsid w:val="00DF1B32"/>
     <w:rsid w:val="00DF6D74"/>
     <w:rsid w:val="00E02AB1"/>
     <w:rsid w:val="00E06540"/>
     <w:rsid w:val="00E31696"/>
     <w:rsid w:val="00E415EC"/>
     <w:rsid w:val="00E608CC"/>
     <w:rsid w:val="00EA6D68"/>
     <w:rsid w:val="00EA7EA2"/>
     <w:rsid w:val="00ED726E"/>
     <w:rsid w:val="00EE0680"/>
     <w:rsid w:val="00EE51F2"/>
     <w:rsid w:val="00F11F5E"/>
     <w:rsid w:val="00F16A7B"/>
     <w:rsid w:val="00F41670"/>
     <w:rsid w:val="00F46492"/>
     <w:rsid w:val="00F5707E"/>
     <w:rsid w:val="00F72346"/>
     <w:rsid w:val="00F74267"/>
     <w:rsid w:val="00F90C4E"/>
     <w:rsid w:val="00FA2710"/>
+    <w:rsid w:val="00FB2380"/>
     <w:rsid w:val="00FC45B2"/>
     <w:rsid w:val="00FC4C11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -12080,52 +12056,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004460E9A9B8271441A3AF36FC7E9FAE19" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="62d69ac0b91e980d77f2fe752b1fa11e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0e26db00-c3f0-4c5c-a3eb-36d9c82e2efe" xmlns:ns3="eb96defe-7af5-43c6-a3ba-3a952a4f4786" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d349f48ef1875aa67a1af028aae51f1e" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004460E9A9B8271441A3AF36FC7E9FAE19" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="beb082f5ebdfe66ae99d6b6666e0d1a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0e26db00-c3f0-4c5c-a3eb-36d9c82e2efe" xmlns:ns3="eb96defe-7af5-43c6-a3ba-3a952a4f4786" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427e089138d1c84c8d8f05f658c30181" ns2:_="" ns3:_="">
     <xsd:import namespace="0e26db00-c3f0-4c5c-a3eb-36d9c82e2efe"/>
     <xsd:import namespace="eb96defe-7af5-43c6-a3ba-3a952a4f4786"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -12320,135 +12305,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="eb96defe-7af5-43c6-a3ba-3a952a4f4786" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0e26db00-c3f0-4c5c-a3eb-36d9c82e2efe">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29A431D6-59D5-4E20-B4F2-926A93C2C43D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF8924EC-51C3-4FF5-ACDA-171630B584D8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF078F2B-DD7A-4C9E-923D-A2805865D33B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFAB36C8-74D0-4663-AF8C-EC56DBAF8D49}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3E54680-D477-4608-B3AB-B8FE6C44B9BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="eb96defe-7af5-43c6-a3ba-3a952a4f4786"/>
     <ds:schemaRef ds:uri="0e26db00-c3f0-4c5c-a3eb-36d9c82e2efe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2234</Words>
-  <Characters>9790</Characters>
+  <Words>1787</Words>
+  <Characters>10190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>376</Lines>
-  <Paragraphs>261</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>The University of Manchester</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11763</CharactersWithSpaces>
+  <CharactersWithSpaces>11954</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Shanta Aphale</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004460E9A9B8271441A3AF36FC7E9FAE19</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>