--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -1,1221 +1,2510 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="004708AD" w:rsidRDefault="00773C98">
+    <w:p w:rsidR="00A32C08" w:rsidRDefault="004E12C2" w14:paraId="5DD788C7" w14:textId="15B3A966">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28765C96" wp14:editId="0C513E37">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>10618</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1543050" cy="657225"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21287"/>
+                <wp:lineTo x="21333" y="21287"/>
+                <wp:lineTo x="21333" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2" name="Picture 2" descr="TAB_col_white_background"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="TAB_col_white_background"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1543050" cy="657225"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32C08" w:rsidRDefault="00A32C08" w14:paraId="0D7F3397" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C04889" w:rsidRPr="00931A84">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4F65" w:rsidRDefault="00286772" w14:paraId="362F0E83" w14:textId="23CCFB05">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>omplaint of potential research misconduct</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reporting </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931A84" w:rsidR="00C04889">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>of potential research misconduct</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or poor research practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C350A9" w:rsidRDefault="00C350A9" w14:paraId="666E9319" w14:textId="0E750E1B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Allegations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005461A1" w:rsidR="00C350A9" w:rsidRDefault="00C350A9" w14:paraId="4B1B2278" w14:textId="722DB4E8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3A9A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This form should be completed </w:t>
+      </w:r>
+      <w:r w:rsidR="0058052F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where there are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005461A1" w:rsidR="00CC24D0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">concerns </w:t>
+      </w:r>
+      <w:r w:rsidR="0058052F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016691F" w:rsidR="0016691F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conduct falls short of the University’s commitment to the highest standards of research integrity as set out in its Code of Good Research Conduct</w:t>
+      </w:r>
+      <w:r w:rsidR="0016691F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2942">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and where this conduct </w:t>
+      </w:r>
+      <w:r w:rsidR="0016691F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidR="005417C4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:r w:rsidR="0016691F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005417C4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00122A3A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">definition </w:t>
+      </w:r>
+      <w:r w:rsidR="005417C4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00122A3A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">research </w:t>
+      </w:r>
+      <w:r w:rsidR="005417C4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>misconduct</w:t>
+      </w:r>
+      <w:r w:rsidR="00122A3A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or poor research practice </w:t>
+      </w:r>
+      <w:r w:rsidR="005417C4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as outlined in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F52661" w:rsidR="00F52661">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procedure for the Investigation of Misconduct in Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016691F" w:rsidR="0016691F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005461A1" w:rsidR="00286772" w:rsidRDefault="00B84A03" w14:paraId="2069AF2F" w14:textId="330BCAC4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005461A1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Confidentiality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E57D5E" w:rsidP="00E57D5E" w:rsidRDefault="00E57D5E" w14:paraId="4DBBE971" w14:textId="1AF58145">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA09DE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are should be taken to ensure the form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA09DE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A370E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA09DE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contains information that is relevant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the handling of the case </w:t>
+      </w:r>
+      <w:r w:rsidR="00A370E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA09DE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1AC1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gives enough</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA09DE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1AC1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the Respondent to provide a response to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00727AD8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00BA7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1AC1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informed decision</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00BA7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s to be made at the relevant stages of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00970874">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>procedure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA09DE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The form </w:t>
+      </w:r>
+      <w:r w:rsidR="005877D8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be shared in full with </w:t>
+      </w:r>
+      <w:r w:rsidR="005877D8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the Respondent</w:t>
+      </w:r>
+      <w:r w:rsidR="00970874">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="003B0B37">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00BA7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">people </w:t>
+      </w:r>
+      <w:r w:rsidR="0093154D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>implementing the process</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.  However, where this form contains sensitive information relating to another person (e.g. the email address of a witness), or is only necessary for administrative purposes, sections of this form may be redacted before circulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA09DE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005461A1" w:rsidR="00970874" w:rsidP="009A214C" w:rsidRDefault="00970874" w14:paraId="6DB8928B" w14:textId="58954555">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005461A1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Processing of the form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0010500E" w:rsidR="00B86ABD" w:rsidP="00B86ABD" w:rsidRDefault="00B86ABD" w14:paraId="797919A0" w14:textId="2EFD82C1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010500E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please send this form in Word format, together with all the required evidence (all in electronic format) and any other relevant documentation for the case, to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A128A4" w:rsidR="00A128A4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Head of Research Governance, Ethics and Integrity, Mrs April Lockyer (</w:t>
+      </w:r>
+      <w:r w:rsidR="00826AD9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>research.misconduct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A128A4" w:rsidR="00A128A4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>@manchester.ac.uk).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00880C86" w:rsidR="00B84A03" w:rsidRDefault="006964A4" w14:paraId="03D41015" w14:textId="74997C28">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880C86">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14174" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7087"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F95BB5" w:rsidRPr="00F311A6" w:rsidTr="00C63CDB">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F95BB5" w:rsidTr="00C63CDB" w14:paraId="28F398B0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95BB5" w:rsidRDefault="00F95BB5" w:rsidP="00C63CDB">
-[...9 lines deleted...]
-              <w:t>Name(s) of Complainant(s)</w:t>
+          <w:p w:rsidR="00F95BB5" w:rsidP="00C63CDB" w:rsidRDefault="0058579D" w14:paraId="464C836B" w14:textId="51E7FEDF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Your n</w:t>
+            </w:r>
+            <w:r w:rsidR="00F95BB5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ame(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95BB5" w:rsidRPr="009C3C2D" w:rsidRDefault="00F95BB5" w:rsidP="00C63CDB"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F95BB5" w:rsidP="00C63CDB" w:rsidRDefault="00F95BB5" w14:paraId="005A72D2" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F311A6" w:rsidRPr="00F311A6" w:rsidTr="00F311A6">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F311A6" w:rsidTr="00F311A6" w14:paraId="13446782" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w:rsidP="00F6685C">
-[...23 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00F311A6" w:rsidP="00F6685C" w:rsidRDefault="00A3714C" w14:paraId="24356CD6" w14:textId="3862B4DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Your </w:t>
+            </w:r>
+            <w:r w:rsidR="00F311A6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>email address(es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRPr="009C3C2D" w:rsidRDefault="00F311A6"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="309D07E3" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F311A6" w:rsidRPr="00F311A6" w:rsidTr="00F311A6">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F311A6" w:rsidTr="00F311A6" w14:paraId="4CEAB542" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w:rsidP="00F6685C">
-[...9 lines deleted...]
-              <w:t>Status of Complainant(s)</w:t>
+          <w:p w:rsidR="00F311A6" w:rsidP="00F6685C" w:rsidRDefault="003E7953" w14:paraId="4243AA1D" w14:textId="687845CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are you a member of </w:t>
+            </w:r>
+            <w:r w:rsidR="00A76C7E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Staff, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidR="00A76C7E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>, or external to the University</w:t>
+            </w:r>
+            <w:r w:rsidR="00830D1F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRPr="009C3C2D" w:rsidRDefault="00F311A6"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="38E1E3BE" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F311A6" w:rsidRPr="00F311A6" w:rsidTr="00F311A6">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F311A6" w:rsidTr="00F311A6" w14:paraId="76A4AD27" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w:rsidP="00F6685C">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00F311A6" w:rsidP="00F6685C" w:rsidRDefault="00F311A6" w14:paraId="63387885" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Name(s) of Respondent(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRPr="009C3C2D" w:rsidRDefault="00F311A6"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="08747477" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F311A6" w:rsidRPr="00F311A6" w:rsidTr="00F311A6">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F311A6" w:rsidTr="00F311A6" w14:paraId="374AE45A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w:rsidP="00F6685C">
+          <w:p w:rsidR="00F311A6" w:rsidP="00F6685C" w:rsidRDefault="00F311A6" w14:paraId="2693ACA7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Status of Respondent(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRPr="009C3C2D" w:rsidRDefault="00F311A6"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="0A534356" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F311A6" w:rsidRPr="00F311A6" w:rsidTr="00F311A6">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F311A6" w:rsidTr="00F311A6" w14:paraId="66C076D9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w:rsidP="00F6685C">
+          <w:p w:rsidR="00F311A6" w:rsidP="00F6685C" w:rsidRDefault="00F311A6" w14:paraId="4F272DAE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Relationship between Complainant and Respondent </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRPr="009C3C2D" w:rsidRDefault="00F311A6"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="2D105603" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F311A6" w:rsidRPr="00F311A6" w:rsidTr="00F311A6">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F311A6" w:rsidTr="00F311A6" w14:paraId="7ABFEBE8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w:rsidP="00F6685C">
-[...9 lines deleted...]
-              <w:t>Funder details  relating to the research in question (if known)</w:t>
+          <w:p w:rsidR="00F311A6" w:rsidP="00F6685C" w:rsidRDefault="00F311A6" w14:paraId="009C40CC" w14:textId="2BBCF82D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Funder details relating to the research in question (if known)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRPr="009C3C2D" w:rsidRDefault="00F311A6"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="056E7D0C" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F311A6" w:rsidRPr="00F311A6" w:rsidTr="00F311A6">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F311A6" w:rsidTr="00F311A6" w14:paraId="39C6AD86" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w:rsidP="00F6685C">
+          <w:p w:rsidR="00F311A6" w:rsidP="00F6685C" w:rsidRDefault="00F311A6" w14:paraId="2FCA119C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Details of third parties who may have a vested interest in the complaint</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRPr="009C3C2D" w:rsidRDefault="00F311A6"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="76125EAB" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F311A6" w:rsidRPr="00F311A6" w:rsidTr="00F311A6">
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00F311A6" w:rsidTr="00F311A6" w14:paraId="58BD401B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w:rsidP="00F6685C">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> level of risk of the research, are research participants involved?)</w:t>
+          <w:p w:rsidR="00284B0F" w:rsidP="00F6685C" w:rsidRDefault="00F311A6" w14:paraId="5D9F86BB" w14:textId="4F0046AC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Brief background to the research</w:t>
+            </w:r>
+            <w:r w:rsidR="00592528">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00133FDD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(provide here any important background information)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00284B0F" w:rsidP="00F6685C" w:rsidRDefault="00592528" w14:paraId="00834349" w14:textId="30925560">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>How is the Respondent involved in the research</w:t>
+            </w:r>
+            <w:r w:rsidR="00284B0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133FDD" w:rsidP="00F6685C" w:rsidRDefault="00284B0F" w14:paraId="21789043" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">What type of research is it? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F311A6" w:rsidP="00F6685C" w:rsidRDefault="00133FDD" w14:paraId="4DA8BAF7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00F311A6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>re research participants involved?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133FDD" w:rsidP="00F6685C" w:rsidRDefault="00133FDD" w14:paraId="15FBBAA2" w14:textId="59224143">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Are you involved in the research and if so, how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F311A6" w:rsidRPr="009C3C2D" w:rsidRDefault="00F311A6"/>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="7533A13B" w14:textId="77777777"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00C26AD9" w:rsidTr="00F311A6" w14:paraId="51E166FC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C26AD9" w:rsidP="00F6685C" w:rsidRDefault="00C26AD9" w14:paraId="6043DFF0" w14:textId="298165EF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Have you submitted a related complaint </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3714C">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">against the same Respondent </w:t>
+            </w:r>
+            <w:r w:rsidR="002B1792">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">under any other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="002B1792">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">rocess, e.g. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C81880">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>the University’s Grievance procedure or under the Dignity at Work policy?</w:t>
+            </w:r>
+            <w:r w:rsidR="000B01BA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00C26AD9" w:rsidRDefault="00C26AD9" w14:paraId="26F2F658" w14:textId="77777777"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00F311A6" w:rsidR="00290CB4" w:rsidTr="00F311A6" w14:paraId="3B96E444" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00290CB4" w:rsidP="00F6685C" w:rsidRDefault="00290CB4" w14:paraId="51A19F95" w14:textId="4E2B4A1C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Have you spoken with anyone about your concerns?  If yes, who?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="009C3C2D" w:rsidR="00290CB4" w:rsidRDefault="00290CB4" w14:paraId="4073F550" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F311A6" w:rsidRPr="00931A84" w:rsidRDefault="00F311A6">
+    <w:p w:rsidRPr="00931A84" w:rsidR="00F311A6" w:rsidRDefault="00F311A6" w14:paraId="6F512665" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE22F6" w:rsidRDefault="00BE22F6">
+    <w:p w:rsidRPr="00C74DC9" w:rsidR="00F311A6" w:rsidRDefault="00182F27" w14:paraId="58F9C9DE" w14:textId="21ECD98D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C74DC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 2 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74DC9" w:rsidR="009E0541">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>allegation(s) of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74DC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potential research misconduct/poor research practice </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E86791" w:rsidP="00E86791" w:rsidRDefault="00E86791" w14:paraId="654CF73D" w14:textId="2943C4CA">
       <w:r>
-        <w:t xml:space="preserve">List below all issues of potential research misconduct and include the filenames of the supporting evidence.  </w:t>
+        <w:t xml:space="preserve">List below all issues of potential research misconduct or poor research practice and include the filenames of the supporting evidence you are submitting with this form.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74DC9">
+        <w:t xml:space="preserve">An example is provided at the end of this document.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE22F6" w:rsidRDefault="00BE22F6">
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00133FDD" w:rsidR="00E86791" w:rsidRDefault="00E86791" w14:paraId="01A498E5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="704"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4650"/>
+        <w:gridCol w:w="995"/>
+        <w:gridCol w:w="8401"/>
+        <w:gridCol w:w="4552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD15DF">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD7E64" w14:paraId="2CC13FEB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD15DF" w:rsidP="00DD15DF" w:rsidRDefault="005762F5" w14:paraId="01C23EEA" w14:textId="468C92BA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Item</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="13F454C0" w14:textId="7DB3350D">
             <w:r w:rsidRPr="00DD15DF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Ref</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF">
+              <w:t>Allegation</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF28D3">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000173CC" w:rsidP="009E3C30" w:rsidRDefault="009E3C30" w14:paraId="3639FABA" w14:textId="22594C31">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43F9E">
+              <w:t xml:space="preserve">tate the nature of the allegation as </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE751F">
+              <w:t xml:space="preserve">you think </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">it relates to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86EEC" w:rsidR="00D86EEC">
+              <w:t>Procedure for the Investigation of Misconduct in Research</w:t>
+            </w:r>
+            <w:r w:rsidR="003E099E">
+              <w:t>, e.g. Plagiarism</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0074495D" w:rsidP="009E3C30" w:rsidRDefault="00B1405E" w14:paraId="1CB30B01" w14:textId="5E316FF9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Outline the </w:t>
+            </w:r>
+            <w:r w:rsidR="003E099E">
+              <w:t xml:space="preserve">details of the allegation, </w:t>
+            </w:r>
+            <w:r w:rsidR="004103A7">
+              <w:t>e.g. which paper has been plagiarised.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E3C30" w:rsidP="009E3C30" w:rsidRDefault="009E3C30" w14:paraId="437040B5" w14:textId="77777777"/>
+          <w:p w:rsidR="009E3C30" w:rsidP="009E3C30" w:rsidRDefault="009E3C30" w14:paraId="3F2876BC" w14:textId="77777777"/>
+          <w:p w:rsidR="00DD15DF" w:rsidP="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="1F641701" w14:textId="77777777">
+            <w:r>
+              <w:t>(Include dates and details of individuals, publications, funding involved)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="5DD35641" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC077C">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Supporting evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="34C6247B" w14:textId="68C4B6CD">
+            <w:r>
+              <w:t>(Provide here the filename</w:t>
+            </w:r>
+            <w:r w:rsidR="00777D58">
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of the supporting </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AC7">
+              <w:t xml:space="preserve">evidence that you should </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AC7" w:rsidR="00777D58">
+              <w:t>submit with this form</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AC7">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A53AC7" w:rsidR="00C34DD7" w:rsidRDefault="00C34DD7" w14:paraId="31B862AA" w14:textId="77777777"/>
+          <w:p w:rsidRPr="00A53AC7" w:rsidR="007E4486" w:rsidRDefault="007E4486" w14:paraId="000F0630" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53AC7">
+              <w:t>Examples of supporting evidence that should be provided along with this form include publications, emails, minutes from meetings.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00DD7E64" w:rsidR="00A53AC7" w:rsidP="00A53AC7" w:rsidRDefault="00A53AC7" w14:paraId="0FA0F41A" w14:textId="5C318A8F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53AC7">
+              <w:lastRenderedPageBreak/>
+              <w:t>Emails should be in message format, not copied into a word or pdf file.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD7E64" w14:paraId="263BA622" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD15DF" w:rsidP="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="0CBDF63D" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DD15DF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Allegation</w:t>
-[...38 lines deleted...]
-          </w:p>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="6E9C29CB" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="77FC5451" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD15DF">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD7E64" w14:paraId="32D56D0A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD15DF" w:rsidP="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="59611FD2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD15DF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF"/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="7E0EA157" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872BE7" w:rsidP="006A4B24" w:rsidRDefault="00872BE7" w14:paraId="12506F95" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD15DF">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD7E64" w14:paraId="7F669903" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD15DF" w:rsidP="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="40C4DE2B" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD15DF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF"/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="5B8BE0AD" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="20372A83" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD15DF">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD7E64" w14:paraId="18D35A2C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidP="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="1E08F57D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="58BE7761" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="1DF69C35" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD15DF">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+      <w:tr w:rsidR="00DD15DF" w:rsidTr="00DD7E64" w14:paraId="2A6154CE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidP="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="7F37174F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8594" w:type="dxa"/>
-[...31 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF"/>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="7F861CEB" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="571060E0" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF"/>
-[...3 lines deleted...]
-        <w:t>The table below is an example of how the details of the complaint should be laid out:</w:t>
+    <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w14:paraId="72FF3E19" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00C74DC9" w:rsidR="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="2195920A" w14:textId="237CC588">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C74DC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="704"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4650"/>
+        <w:gridCol w:w="995"/>
+        <w:gridCol w:w="8401"/>
+        <w:gridCol w:w="4552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00C41F0B">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B">
+      <w:tr w:rsidR="00DD7E64" w:rsidTr="00DD7E64" w14:paraId="40DEB9CA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="31A41A2F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Item</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00C74DC9" w14:paraId="7F8D4D18" w14:textId="17A0E068">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Example </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD15DF" w:rsidR="00DD7E64">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Allegation</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD7E64">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD7E64">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="6AD3919E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">State the nature of the allegation as you think it relates to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86EEC">
+              <w:t>Procedure for the Investigation of Misconduct in Research</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, e.g. Plagiarism</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="51865CFF" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Outline the details of the allegation, e.g. which paper has been plagiarised.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="2AAA938E" w14:textId="77777777"/>
+          <w:p w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="6CEB7E28" w14:textId="77777777"/>
+          <w:p w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="2153C0FD" w14:textId="77777777">
+            <w:r>
+              <w:t>(Include dates and details of individuals, publications, funding involved)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="251F7883" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC077C">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Supporting evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="435F01D2" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">(Provide here the filename(s) of the supporting </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AC7">
+              <w:t>evidence that you should submit with this form)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A53AC7" w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="2ED5B307" w14:textId="77777777"/>
+          <w:p w:rsidRPr="00A53AC7" w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="5741CFEF" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53AC7">
+              <w:t>Examples of supporting evidence that should be provided along with this form include publications, emails, minutes from meetings.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="009A214C" w:rsidR="00DD7E64" w:rsidP="000A1D0F" w:rsidRDefault="00DD7E64" w14:paraId="12D2ED1A" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53AC7">
+              <w:t>Emails should be in message format, not copied into a word or pdf file.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD7E64" w:rsidTr="00DD7E64" w14:paraId="0580A696" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="708A86B1" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DD15DF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Ref</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="0D5E21A0" w14:textId="03FEC99B">
             <w:r w:rsidRPr="00DD15DF">
-              <w:rPr>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Plagiarism of my paper published in 2015, specifically paragraphs 1 and 4 of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DD15DF">
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+              <w:t>introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DD15DF">
-              <w:t xml:space="preserve">Plagiarism of my paper published in 2015, specifically paragraphs 1 and 4 of the introduction, by the Respondent in </w:t>
+              <w:t xml:space="preserve">, by the Respondent in </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">their </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD15DF">
               <w:t>2018</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> paper published in the Journal of Abnormal Psychology. </w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+              <w:t xml:space="preserve"> paper published in the Journal of Abnormal Psychology.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="6088EF09" w14:textId="77777777">
             <w:r w:rsidRPr="00DD15DF">
               <w:t>Complainant paper 2015.pdf</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="00472129" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00DD15DF">
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="6F3CAB33" w14:textId="43CFE328">
             <w:r w:rsidRPr="00DD15DF">
               <w:t>Respondent paper 2018.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00C41F0B">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B">
+      <w:tr w:rsidR="00DD7E64" w:rsidTr="00DD7E64" w14:paraId="3E45B53C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="33838110" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD15DF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8594" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B"/>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00532F2D" w14:paraId="56FB21F8" w14:textId="729CEBC7">
+            <w:r>
+              <w:t>Not including me as an author on their paper published in 2020 even though I was involved in the research</w:t>
+            </w:r>
+            <w:r w:rsidR="002E67CC">
+              <w:t xml:space="preserve"> by contributing ideas and </w:t>
+            </w:r>
+            <w:r w:rsidR="00033AE6">
+              <w:t>analysed</w:t>
+            </w:r>
+            <w:r w:rsidR="002E67CC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00033AE6">
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="002E67CC">
+              <w:t>data</w:t>
+            </w:r>
+            <w:r w:rsidR="00033AE6">
+              <w:t xml:space="preserve"> for figure 1</w:t>
+            </w:r>
+            <w:r w:rsidR="002E67CC">
+              <w:t xml:space="preserve">.  I have email exchanges which show they asked me for advice and </w:t>
+            </w:r>
+            <w:r w:rsidR="00033AE6">
+              <w:t>sent me the dataset asking I analyse it.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00532F2D" w14:paraId="4ADC9AA8" w14:textId="77777777">
+            <w:r>
+              <w:t>Respondent paper 2020.pdf</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00033AE6" w:rsidP="00DD7E64" w:rsidRDefault="00033AE6" w14:paraId="27D2FC3F" w14:textId="77777777"/>
+          <w:p w:rsidR="00033AE6" w:rsidP="00DD7E64" w:rsidRDefault="00033AE6" w14:paraId="2642046C" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">Email from </w:t>
+            </w:r>
+            <w:r w:rsidR="004301AF">
+              <w:t>Respondent</w:t>
+            </w:r>
+            <w:r w:rsidR="009A214C">
+              <w:t xml:space="preserve"> January 2019</w:t>
+            </w:r>
+            <w:r w:rsidR="004301AF">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD6097">
+              <w:t>msg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A214C" w:rsidP="00DD7E64" w:rsidRDefault="009A214C" w14:paraId="0C6E338B" w14:textId="77777777">
+            <w:r>
+              <w:t>Email trail between me and the Respondent about analysis.msg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A214C" w:rsidP="00DD7E64" w:rsidRDefault="009A214C" w14:paraId="7B531B28" w14:textId="341A5B71">
+            <w:r>
+              <w:t>Dataset.</w:t>
+            </w:r>
+            <w:r w:rsidR="005E6822">
+              <w:t>xlsx</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00C41F0B">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRPr="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B">
+      <w:tr w:rsidR="00DD7E64" w:rsidTr="00DD7E64" w14:paraId="4B24CF85" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DD15DF" w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="13468143" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD15DF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8594" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B"/>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="12D99F3D" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="41BEADF8" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00C41F0B">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B">
+      <w:tr w:rsidR="00DD7E64" w:rsidTr="00DD7E64" w14:paraId="293A3FD8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="5E3A05A5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8594" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B"/>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="72F76D18" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="19212FFA" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD15DF" w:rsidTr="00C41F0B">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B">
+      <w:tr w:rsidR="00DD7E64" w:rsidTr="00DD7E64" w14:paraId="0866884B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="3AB019E3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8594" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DD15DF" w:rsidRDefault="00DD15DF" w:rsidP="00C41F0B"/>
+            <w:tcW w:w="8401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="10DDD9D5" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E64" w:rsidP="00DD7E64" w:rsidRDefault="00DD7E64" w14:paraId="29FA74FB" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00911A98" w:rsidRDefault="00911A98">
+    <w:p w:rsidR="00911A98" w:rsidRDefault="00911A98" w14:paraId="02EB448F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911A98" w:rsidRDefault="00911A98">
-[...6 lines deleted...]
-    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84">
+    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84" w14:paraId="16B1E4B7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84">
+    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84" w14:paraId="419FEDE4" w14:textId="77777777">
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00CA06D7">
         <w:t>/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> declare that the information I</w:t>
       </w:r>
       <w:r w:rsidR="00CA06D7">
         <w:t>/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> have provided is true and accurate.  I</w:t>
       </w:r>
       <w:r w:rsidR="00CA06D7">
         <w:t>/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> make this complaint in good faith and without malice.  I</w:t>
       </w:r>
       <w:r w:rsidR="00CA06D7">
         <w:t>/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> understand that to make a frivolous or malicious allegation may be considered a serious disciplinary office.  I</w:t>
       </w:r>
       <w:r w:rsidR="00CA06D7">
         <w:t>/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> also understand that victimisation of anyone involved in a complaint of research misconduct may be considered a serious disciplinary offence.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84"/>
-    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84">
+    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84" w14:paraId="2F761128" w14:textId="77777777"/>
+    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84" w14:paraId="5F7CF064" w14:textId="77777777">
       <w:r>
         <w:t>Print name ………………………………………………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84"/>
-    <w:p w:rsidR="00931A84" w:rsidRPr="00931A84" w:rsidRDefault="00931A84">
+    <w:p w:rsidR="00931A84" w:rsidRDefault="00931A84" w14:paraId="571F0365" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00931A84" w:rsidR="00931A84" w:rsidRDefault="00931A84" w14:paraId="5BD21614" w14:textId="77777777">
       <w:r>
         <w:t>Date ……………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00931A84" w:rsidRPr="00931A84" w:rsidSect="00F311A6">
-      <w:headerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidRPr="00931A84" w:rsidR="00931A84" w:rsidSect="00F311A6">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F95BB5" w:rsidRDefault="00F95BB5" w:rsidP="00F95BB5">
+    <w:p w:rsidR="00E4690F" w:rsidP="00F95BB5" w:rsidRDefault="00E4690F" w14:paraId="6E58F316" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F95BB5" w:rsidRDefault="00F95BB5" w:rsidP="00F95BB5">
+    <w:p w:rsidR="00E4690F" w:rsidP="00F95BB5" w:rsidRDefault="00E4690F" w14:paraId="739D63EA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F95BB5" w:rsidRDefault="00F95BB5" w:rsidP="00F95BB5">
+    <w:p w:rsidR="00E4690F" w:rsidP="00F95BB5" w:rsidRDefault="00E4690F" w14:paraId="22408CCB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F95BB5" w:rsidRDefault="00F95BB5" w:rsidP="00F95BB5">
+    <w:p w:rsidR="00E4690F" w:rsidP="00F95BB5" w:rsidRDefault="00E4690F" w14:paraId="64575DDB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00F95BB5" w:rsidRDefault="00F95BB5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F95BB5" w:rsidRDefault="00F95BB5" w14:paraId="0E02FB62" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>For Office Use Only: Case Number XXXXXXXXX</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39C501A3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED7EAA7A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="273447224">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="true"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C04889"/>
+    <w:rsid w:val="000173CC"/>
+    <w:rsid w:val="00033AE6"/>
+    <w:rsid w:val="0007702E"/>
+    <w:rsid w:val="000B01BA"/>
+    <w:rsid w:val="000B5221"/>
+    <w:rsid w:val="00106468"/>
+    <w:rsid w:val="0011106B"/>
+    <w:rsid w:val="00122A3A"/>
+    <w:rsid w:val="00133579"/>
+    <w:rsid w:val="00133FDD"/>
+    <w:rsid w:val="0016691F"/>
+    <w:rsid w:val="00182F27"/>
+    <w:rsid w:val="001A093B"/>
     <w:rsid w:val="001B1A03"/>
+    <w:rsid w:val="00230E3B"/>
+    <w:rsid w:val="00284B0F"/>
+    <w:rsid w:val="00286772"/>
+    <w:rsid w:val="00290CB4"/>
+    <w:rsid w:val="002B1792"/>
     <w:rsid w:val="002B6F0D"/>
+    <w:rsid w:val="002E67CC"/>
+    <w:rsid w:val="00343C7E"/>
+    <w:rsid w:val="00357693"/>
     <w:rsid w:val="00370E14"/>
+    <w:rsid w:val="003B0B37"/>
     <w:rsid w:val="003D4D2F"/>
+    <w:rsid w:val="003E099E"/>
+    <w:rsid w:val="003E4F65"/>
+    <w:rsid w:val="003E7953"/>
+    <w:rsid w:val="004103A7"/>
+    <w:rsid w:val="00413A71"/>
+    <w:rsid w:val="004301AF"/>
+    <w:rsid w:val="0049365D"/>
+    <w:rsid w:val="004B3F5C"/>
+    <w:rsid w:val="004E12C2"/>
     <w:rsid w:val="005021D6"/>
+    <w:rsid w:val="00505212"/>
+    <w:rsid w:val="00532F2D"/>
+    <w:rsid w:val="005364C7"/>
+    <w:rsid w:val="005417C4"/>
+    <w:rsid w:val="00543CF1"/>
+    <w:rsid w:val="005461A1"/>
+    <w:rsid w:val="005762F5"/>
+    <w:rsid w:val="00577C90"/>
+    <w:rsid w:val="0058052F"/>
+    <w:rsid w:val="0058579D"/>
+    <w:rsid w:val="005877D8"/>
+    <w:rsid w:val="00592528"/>
+    <w:rsid w:val="005E6822"/>
+    <w:rsid w:val="005F7E41"/>
+    <w:rsid w:val="00624DEA"/>
+    <w:rsid w:val="006964A4"/>
+    <w:rsid w:val="006A4B24"/>
+    <w:rsid w:val="006E3D12"/>
+    <w:rsid w:val="00727AD8"/>
+    <w:rsid w:val="0074495D"/>
     <w:rsid w:val="00753A66"/>
     <w:rsid w:val="00773C98"/>
+    <w:rsid w:val="00777D58"/>
+    <w:rsid w:val="00796CAC"/>
+    <w:rsid w:val="007E4486"/>
+    <w:rsid w:val="008222C8"/>
+    <w:rsid w:val="00824529"/>
+    <w:rsid w:val="00826AD9"/>
+    <w:rsid w:val="00830D1F"/>
+    <w:rsid w:val="00837057"/>
+    <w:rsid w:val="008440EF"/>
+    <w:rsid w:val="00847CF8"/>
+    <w:rsid w:val="00872BE7"/>
+    <w:rsid w:val="00880C86"/>
+    <w:rsid w:val="00887465"/>
     <w:rsid w:val="00887DD7"/>
+    <w:rsid w:val="00895CFD"/>
+    <w:rsid w:val="008E0F4D"/>
+    <w:rsid w:val="008F2842"/>
+    <w:rsid w:val="008F629A"/>
     <w:rsid w:val="00911A98"/>
+    <w:rsid w:val="0093154D"/>
     <w:rsid w:val="00931A84"/>
+    <w:rsid w:val="009452BC"/>
     <w:rsid w:val="00952BF1"/>
+    <w:rsid w:val="00970874"/>
+    <w:rsid w:val="009A214C"/>
     <w:rsid w:val="009A2EE7"/>
     <w:rsid w:val="009C3C2D"/>
+    <w:rsid w:val="009E0541"/>
+    <w:rsid w:val="009E3C30"/>
+    <w:rsid w:val="00A11F0E"/>
+    <w:rsid w:val="00A128A4"/>
     <w:rsid w:val="00A23854"/>
     <w:rsid w:val="00A242F8"/>
+    <w:rsid w:val="00A32C08"/>
+    <w:rsid w:val="00A370E3"/>
+    <w:rsid w:val="00A3714C"/>
+    <w:rsid w:val="00A53AC7"/>
+    <w:rsid w:val="00A76C7E"/>
+    <w:rsid w:val="00A90458"/>
+    <w:rsid w:val="00AA2942"/>
     <w:rsid w:val="00AC077C"/>
+    <w:rsid w:val="00AE7FD5"/>
+    <w:rsid w:val="00B035BF"/>
     <w:rsid w:val="00B1090B"/>
+    <w:rsid w:val="00B1405E"/>
+    <w:rsid w:val="00B819C7"/>
+    <w:rsid w:val="00B84A03"/>
+    <w:rsid w:val="00B86ABD"/>
+    <w:rsid w:val="00B86E8E"/>
+    <w:rsid w:val="00BD1DAD"/>
     <w:rsid w:val="00BE22F6"/>
+    <w:rsid w:val="00BE751F"/>
     <w:rsid w:val="00C04889"/>
+    <w:rsid w:val="00C0729C"/>
+    <w:rsid w:val="00C26AD9"/>
+    <w:rsid w:val="00C34DD7"/>
+    <w:rsid w:val="00C350A9"/>
+    <w:rsid w:val="00C43F9E"/>
+    <w:rsid w:val="00C74DC9"/>
+    <w:rsid w:val="00C81880"/>
     <w:rsid w:val="00CA06D7"/>
+    <w:rsid w:val="00CC24D0"/>
     <w:rsid w:val="00CD2D4D"/>
+    <w:rsid w:val="00CF28D3"/>
+    <w:rsid w:val="00D01F9D"/>
+    <w:rsid w:val="00D23EBA"/>
+    <w:rsid w:val="00D450A5"/>
+    <w:rsid w:val="00D86EEC"/>
+    <w:rsid w:val="00DB1AC1"/>
     <w:rsid w:val="00DD15DF"/>
+    <w:rsid w:val="00DD5B19"/>
+    <w:rsid w:val="00DD7E64"/>
+    <w:rsid w:val="00DF38ED"/>
+    <w:rsid w:val="00E4690F"/>
+    <w:rsid w:val="00E57D5E"/>
     <w:rsid w:val="00E75303"/>
+    <w:rsid w:val="00E81FE8"/>
+    <w:rsid w:val="00E86469"/>
+    <w:rsid w:val="00E86791"/>
+    <w:rsid w:val="00EC5212"/>
+    <w:rsid w:val="00EE5C98"/>
     <w:rsid w:val="00EF5D79"/>
+    <w:rsid w:val="00F00BA7"/>
+    <w:rsid w:val="00F2372D"/>
     <w:rsid w:val="00F311A6"/>
     <w:rsid w:val="00F31876"/>
+    <w:rsid w:val="00F52661"/>
     <w:rsid w:val="00F95BB5"/>
+    <w:rsid w:val="00FB3A9A"/>
+    <w:rsid w:val="00FD6097"/>
+    <w:rsid w:val="1B1F8C5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0B96A63F"/>
+  <w14:docId w14:val="6C39D99E"/>
   <w15:docId w15:val="{CCDEE753-7348-4753-A139-AB5D18825DCD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1371,52 +2660,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1477,266 +2766,330 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C04889"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F311A6"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F311A6"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00F311A6"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F311A6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F311A6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F311A6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F311A6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F95BB5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F95BB5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F95BB5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F95BB5"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE22F6"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C26AD9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E3C30"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="598179251">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="635574674">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1083722446">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:April.Lockyer@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1980,70 +3333,273 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B8DED27FD867314B9C1075C2F42272E5" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="358cf88fe80bc10831b38b2b162a69fb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ffad796c-8946-454d-92e7-eb65285d2b37" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="aa12644d3bf1cc641d26b9b859fbf96a" ns2:_="">
+    <xsd:import namespace="ffad796c-8946-454d-92e7-eb65285d2b37"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ffad796c-8946-454d-92e7-eb65285d2b37" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0916348F-CA2B-4FF4-B63B-9D77FAED82EB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1311F19D-5BA0-4FCE-8A62-F9EB90456C96}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDF111B6-6A69-47FB-93F5-120684B35FDA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of Manchester</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>April Lockyer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100B8DED27FD867314B9C1075C2F42272E5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>57400</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+</Properties>
+</file>