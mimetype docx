--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,5048 +1,4760 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00677D70" w:rsidRPr="00461674" w14:paraId="6611F0D6" w14:textId="77777777" w:rsidTr="001142A6">
+      <w:tr w:rsidR="00677D70" w:rsidRPr="00F530F6" w14:paraId="6611F0D6" w14:textId="77777777" w:rsidTr="00A47E24">
         <w:trPr>
           <w:trHeight w:val="1065"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59C26814" w14:textId="611F3BA8" w:rsidR="00677D70" w:rsidRPr="00461674" w:rsidRDefault="00677D70" w:rsidP="003C653A">
+          <w:p w14:paraId="59C26814" w14:textId="611F3BA8" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="003C653A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00461674">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59512ADE" wp14:editId="19E65A6C">
                   <wp:extent cx="1302589" cy="529241"/>
                   <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                   <wp:docPr id="2" name="Picture 2" descr="Text&#10;&#10;Description automatically generated"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Picture 2" descr="Text&#10;&#10;Description automatically generated"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8">
+                          <a:blip r:embed="rId11">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1310124" cy="532303"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="178914DE" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00677D70" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="121FB93C" w14:textId="420C476E" w:rsidR="00677D70" w:rsidRPr="000251B2" w:rsidRDefault="00677D70" w:rsidP="00057011">
+            <w:pPr>
+              <w:ind w:right="139"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000251B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IT </w:t>
+            </w:r>
+            <w:r w:rsidR="00584228" w:rsidRPr="000251B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000251B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>(excluding Staff and Visitors)</w:t>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>ccount</w:t>
+            </w:r>
+            <w:r w:rsidR="000251B2" w:rsidRPr="000251B2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00057011">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Application </w:t>
+            </w:r>
+            <w:r w:rsidR="000251B2" w:rsidRPr="000251B2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B488EC8" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00022341" w:rsidRDefault="00677D70" w:rsidP="00022341">
+    <w:p w14:paraId="3B488EC8" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00022341">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
-          <w:noProof/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10D2C71F" w14:textId="4466EAC0" w:rsidR="002D648C" w:rsidRDefault="00716B21" w:rsidP="00C71DD0">
+    <w:p w14:paraId="10D2C71F" w14:textId="4466EAC0" w:rsidR="002D648C" w:rsidRPr="00F530F6" w:rsidRDefault="00716B21" w:rsidP="00C71DD0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="002D648C">
+      <w:r w:rsidR="002D648C" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RESTRICTED</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="006C3453">
+      <w:r w:rsidR="006C3453" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D648C">
+      <w:r w:rsidR="002D648C" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This document contains personal data and must be kept secure</w:t>
       </w:r>
-      <w:r w:rsidR="009503B0">
+      <w:r w:rsidR="009503B0" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B19000A" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00022341" w:rsidRDefault="00677D70" w:rsidP="00022341">
+    <w:p w14:paraId="1B19000A" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00022341">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5174B860" w14:textId="32C12012" w:rsidR="00022341" w:rsidRDefault="00022341" w:rsidP="00022341">
+    <w:p w14:paraId="5174B860" w14:textId="24014FC8" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD5AB0">
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">This form </w:t>
+        <w:t xml:space="preserve">This form should be used for people requiring access to University IT facilities who are not paid through the University payroll </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00960464">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">should be used </w:t>
+        <w:t>in specific circumstances as below</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD5AB0">
+      <w:r w:rsidR="00EE5381">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">for people requiring access to University IT facilities who are </w:t>
+        <w:t xml:space="preserve">.  It must not be used for Academic &amp; Affiliate Visitors or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>not</w:t>
+        <w:t>Honorary Appointments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD5AB0">
+      <w:r w:rsidR="00EE5381">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> paid t</w:t>
-[...9 lines deleted...]
-        <w:t>hrough the University payroll (not including Honorary Appointments) which includes:</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3320"/>
         <w:gridCol w:w="2771"/>
         <w:gridCol w:w="3871"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00022341" w14:paraId="2DE676CE" w14:textId="77777777" w:rsidTr="00116C3D">
+      <w:tr w:rsidR="00022341" w:rsidRPr="00F530F6" w14:paraId="2DE676CE" w14:textId="77777777" w:rsidTr="00116C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9DBE9F" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00022341" w:rsidRDefault="00022341" w:rsidP="00022341">
+          <w:p w14:paraId="75643C17" w14:textId="0E770B0E" w:rsidR="00022341" w:rsidRPr="003A2450" w:rsidRDefault="00022341" w:rsidP="003A2450">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Agency Staff</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="75643C17" w14:textId="7D7C24D3" w:rsidR="00022341" w:rsidRPr="00022341" w:rsidRDefault="00022341" w:rsidP="00022341">
+            <w:r w:rsidR="003A2450">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (temps)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E88A268" w14:textId="53B017AA" w:rsidR="00022341" w:rsidRPr="003A2450" w:rsidRDefault="003A2450" w:rsidP="003A2450">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="003A2450">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NHS Employees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2771" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="360C47F5" w14:textId="533C8E8D" w:rsidR="00022341" w:rsidRPr="00022341" w:rsidRDefault="006265D8" w:rsidP="00022341">
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13EE0946" w14:textId="1FEC9FB9" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00022341">
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work Experience</w:t>
             </w:r>
-          </w:p>
-[...42 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D7E0995" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="005327C9" w:rsidRDefault="00022341" w:rsidP="00022341">
+    <w:p w14:paraId="2D7E0995" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F36AF1C" w14:textId="619D9C6D" w:rsidR="00022341" w:rsidRDefault="00022341" w:rsidP="00022341">
+    <w:p w14:paraId="3F36AF1C" w14:textId="619D9C6D" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">A copy of a photographic identification document </w:t>
       </w:r>
-      <w:r w:rsidR="005327C9">
+      <w:r w:rsidR="005327C9" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> be included with this request and, where relevant</w:t>
       </w:r>
-      <w:r w:rsidR="005327C9">
+      <w:r w:rsidR="005327C9" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> if not a British/Irish citizen</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, the individual’s immigration status/right </w:t>
       </w:r>
-      <w:r w:rsidR="005327C9">
+      <w:r w:rsidR="005327C9" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>of abode</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the UK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD80D09" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00022341" w:rsidRDefault="009503B0" w:rsidP="0052534E">
+    <w:p w14:paraId="2CD80D09" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="0052534E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9918"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009503B0" w14:paraId="2C40509D" w14:textId="77777777" w:rsidTr="00AC50E9">
+      <w:tr w:rsidR="009503B0" w:rsidRPr="00F530F6" w14:paraId="2C40509D" w14:textId="77777777" w:rsidTr="00AC50E9">
         <w:trPr>
           <w:trHeight w:val="2324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7778D3FB" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00722772" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+          <w:p w14:paraId="7778D3FB" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00722772">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Confidentiality</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7169297C" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00AD5AB0" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+          <w:p w14:paraId="7169297C" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AD5AB0">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In the course of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AD5AB0">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> your </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AD5AB0">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>engagement</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AD5AB0">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> or the </w:t>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you may be exposed to information about the University and its subsidiaries, suppliers, customers, research participants, students or employees which is confidential or is commercially sensitive and which may not be readily available to other organisations or the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AD5AB0">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>general public</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AD5AB0">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A696A10" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00AD5AB0" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
-[...96 lines deleted...]
-            <w:r w:rsidRPr="00AD5AB0">
+          <w:p w14:paraId="6A696A10" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>You shall not, except in the proper course of your duties, either during this appointment or after its termination (however arising), use or disclose to any person, company or other organisation whatsoever (and shall use all reasonable endeavours to prevent the publication or disclosure of) any confidential information.  This includes (but is not limited to) financial information; details of employees, suppliers, customers, research participants or students and any information which you have been told is confidential or which you might reasonably expect to be confidential.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6916D6EE" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This will not prevent you from making a protected disclosure within the meaning of section 43A of the Employment Rights Act 1996.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009503B0" w14:paraId="5169C555" w14:textId="77777777" w:rsidTr="00AC50E9">
+      <w:tr w:rsidR="009503B0" w:rsidRPr="00F530F6" w14:paraId="5169C555" w14:textId="77777777" w:rsidTr="00AC50E9">
         <w:trPr>
           <w:trHeight w:val="4082"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A615CF2" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00722772" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+          <w:p w14:paraId="3A615CF2" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00722772">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Data Protection </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44377573" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00AD5AB0" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
-[...48 lines deleted...]
-          <w:p w14:paraId="1EA185D6" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00687EBE" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+          <w:p w14:paraId="44377573" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Whilst you are working at the University of Manchester you may have access to the personal data of staff, students and other individuals in the course of your duties. It is important that you abide by the following rules:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EA185D6" w14:textId="62BE9F4D" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00687EBE">
-[...18 lines deleted...]
-          <w:p w14:paraId="35981A0A" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00687EBE" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Only access data necessary to undertake the task you have been assigned</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35981A0A" w14:textId="45F23FB0" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00687EBE">
-[...46 lines deleted...]
-          <w:p w14:paraId="272BCD6C" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00687EBE" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Never disclose person identifying information (PII) to a third party; never remove PII from University premises without authorisation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="272BCD6C" w14:textId="774FD265" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00687EBE">
-[...26 lines deleted...]
-          <w:p w14:paraId="56746F44" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00687EBE" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Never use PII for your own purposes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56746F44" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00687EBE">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Always keep PII secure i.e. do not leave information visible on screen whilst you are away from the computer and paper records should be locked away when not in use; always lock your computer if you leave it unattended.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BDD6509" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00687EBE" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+          <w:p w14:paraId="4BDD6509" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00687EBE">
-[...25 lines deleted...]
-            <w:r w:rsidR="00191F1E" w:rsidRPr="00687EBE">
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do not use your own laptop / equipment to store confidential information unless expressly authorised and informed of our </w:t>
+            </w:r>
+            <w:r w:rsidR="00191F1E" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bring your own Technology </w:t>
             </w:r>
-            <w:r w:rsidR="00687EBE" w:rsidRPr="00687EBE">
+            <w:r w:rsidR="00687EBE" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>procedure</w:t>
             </w:r>
-            <w:r w:rsidRPr="00687EBE">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0779E23D" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00687EBE" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+          <w:p w14:paraId="0779E23D" w14:textId="7C1726AF" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00687EBE">
-[...34 lines deleted...]
-          <w:p w14:paraId="69E8FB13" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00687EBE" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ensure you have completed the necessary Data Protection training </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9006E" w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>within 7 days of accessing the systems</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69E8FB13" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00687EBE">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ensure you are aware of the University’s procedure for reporting information governance incidents.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29F4FB98" w14:textId="77777777" w:rsidR="009503B0" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
-[...31 lines deleted...]
-            <w:r w:rsidR="002208DA">
+          <w:p w14:paraId="29F4FB98" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">These rules are designed to ensure that the University complies </w:t>
+            </w:r>
+            <w:r w:rsidR="002208DA" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>with the Data Protection Act 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD5AB0">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="002B2128">
+            <w:r w:rsidR="002B2128" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and the General Data Protection Regulation (GDPR)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD5AB0">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00AD5AB0">
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, that the privacy of individuals whose data the University holds is protected and that you personally comply with rules around the misuse of computerised systems. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3664BB14" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Your line manager will be able to provide further information or guidance can be found at:  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00523AD1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="00F530F6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>http://www.dataprotection.manchester.ac.uk/policiesandprocedures/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61C42A44" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00022341" w:rsidRDefault="009503B0" w:rsidP="0052534E">
+    <w:p w14:paraId="61C42A44" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="0052534E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D964B1E" w14:textId="77777777" w:rsidR="00D6739C" w:rsidRPr="00E310B3" w:rsidRDefault="00D6739C" w:rsidP="00D6739C">
+    <w:p w14:paraId="3D964B1E" w14:textId="77777777" w:rsidR="00D6739C" w:rsidRPr="00F530F6" w:rsidRDefault="00D6739C" w:rsidP="00D6739C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E310B3">
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Please complete the following in BLOCK LETTERS.  Please note that all fields must be completed before action can be taken.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CCA4A0" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00022341" w:rsidRDefault="00824183" w:rsidP="00824183">
+    <w:p w14:paraId="49CCA4A0" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00824183" w:rsidP="00824183">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
         <w:gridCol w:w="2879"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00022341" w14:paraId="51D05E76" w14:textId="77777777" w:rsidTr="00722772">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="51D05E76" w14:textId="77777777" w:rsidTr="00722772">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9967" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AD46916" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00022341" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+          <w:p w14:paraId="4AD46916" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>APPLICANT DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC5B14" w:rsidRPr="00DA6F87" w14:paraId="335E2EE3" w14:textId="77777777" w:rsidTr="00B32296">
+      <w:tr w:rsidR="00FC5B14" w:rsidRPr="00F530F6" w14:paraId="335E2EE3" w14:textId="77777777" w:rsidTr="00B32296">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41C4BD2B" w14:textId="50A71B9E" w:rsidR="00FC5B14" w:rsidRPr="006C3453" w:rsidRDefault="00FC5B14" w:rsidP="00B32296">
+          <w:p w14:paraId="41C4BD2B" w14:textId="50A71B9E" w:rsidR="00FC5B14" w:rsidRPr="00F530F6" w:rsidRDefault="00FC5B14" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>IMPORTANT</w:t>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IMPORTANT:  Have you had a previous association with the University such as previous employment or as a student?</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32296" w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>:  Have</w:t>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>so</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...41 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> please give your previous employee or student number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3399EE78" w14:textId="77777777" w:rsidR="00FC5B14" w:rsidRPr="006C3453" w:rsidRDefault="00FC5B14" w:rsidP="00B32296">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3399EE78" w14:textId="77777777" w:rsidR="00FC5B14" w:rsidRPr="00F530F6" w:rsidRDefault="00FC5B14" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC5B14" w:rsidRPr="00DA6F87" w14:paraId="79DD0F83" w14:textId="77777777" w:rsidTr="00B32296">
+      <w:tr w:rsidR="00FC5B14" w:rsidRPr="00F530F6" w14:paraId="79DD0F83" w14:textId="77777777" w:rsidTr="00B32296">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F398445" w14:textId="5E22342D" w:rsidR="00FC5B14" w:rsidRDefault="00FC5B14" w:rsidP="00B32296">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">If you are not able to supply an employee or student </w:t>
+          <w:p w14:paraId="3F398445" w14:textId="34E906E2" w:rsidR="00FC5B14" w:rsidRPr="00F530F6" w:rsidRDefault="00FC5B14" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If you </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>number</w:t>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are not able to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> supply an employee or student number</w:t>
+            </w:r>
+            <w:r w:rsidR="005B6F3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> then please detail your ass</w:t>
             </w:r>
-            <w:r w:rsidR="00F647BA">
+            <w:r w:rsidR="00F647BA" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ociation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1C9421B0" w14:textId="77777777" w:rsidR="00FC5B14" w:rsidRDefault="00FC5B14" w:rsidP="00B32296">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9421B0" w14:textId="77777777" w:rsidR="00FC5B14" w:rsidRPr="00F530F6" w:rsidRDefault="00FC5B14" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="252E6EEC" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00B32296">
+    <w:p w14:paraId="252E6EEC" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00B32296">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2380"/>
         <w:gridCol w:w="2484"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00824183" w:rsidRPr="00DA6F87" w14:paraId="771A6F7B" w14:textId="77777777" w:rsidTr="00022341">
+      <w:tr w:rsidR="00824183" w:rsidRPr="00F530F6" w14:paraId="771A6F7B" w14:textId="77777777" w:rsidTr="00022341">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30A905BC" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00B32296" w:rsidRDefault="00B33918" w:rsidP="00B32296">
-[...83 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="30A905BC" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00B33918" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Title (Mr/Mrs/Dr/Prof etc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44215AFB" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00DA6F87" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+          <w:p w14:paraId="44215AFB" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAC1697" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00B32296" w:rsidRDefault="00B33918" w:rsidP="00B32296">
-[...17 lines deleted...]
-              <w:t>Surname/Family name</w:t>
+          <w:p w14:paraId="4EAC1697" w14:textId="4E7C3CAB" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00B33918" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:r w:rsidR="00763927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00763927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEB7CAB" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00DA6F87" w:rsidRDefault="00824183" w:rsidP="00B32296">
+          <w:p w14:paraId="3AEB7CAB" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00824183" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00824183" w:rsidRPr="004D74BB" w14:paraId="28903153" w14:textId="77777777" w:rsidTr="00022341">
+      <w:tr w:rsidR="00824183" w:rsidRPr="00F530F6" w14:paraId="28903153" w14:textId="77777777" w:rsidTr="00022341">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C33A6D6" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00B32296" w:rsidRDefault="00B33918" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="4C33A6D6" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00B33918" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forename(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76B3CC50" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="004D74BB" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+          <w:p w14:paraId="76B3CC50" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB217C4" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00B32296" w:rsidRDefault="002E1C0D" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="6AB217C4" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="002E1C0D" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of Birth (dd/mm/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B32296">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>yyyy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B32296">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D469A09" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="004D74BB" w:rsidRDefault="00824183" w:rsidP="00B32296">
+          <w:p w14:paraId="4D469A09" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00824183" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00824183" w:rsidRPr="00DA6F87" w14:paraId="35CFC128" w14:textId="77777777" w:rsidTr="00022341">
+      <w:tr w:rsidR="00824183" w:rsidRPr="00F530F6" w14:paraId="35CFC128" w14:textId="77777777" w:rsidTr="00022341">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC0FFC4" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00B32296" w:rsidRDefault="002E1C0D" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="3EC0FFC4" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="002E1C0D" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA6E633" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00DA6F87" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+          <w:p w14:paraId="3DA6E633" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46D9FFB4" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00B32296" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="46D9FFB4" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telephone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="343379AD" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00DA6F87" w:rsidRDefault="00824183" w:rsidP="00B32296">
+          <w:p w14:paraId="343379AD" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00824183" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072531" w:rsidRPr="00DA6F87" w14:paraId="7FD7DEE4" w14:textId="77777777" w:rsidTr="00022341">
+      <w:tr w:rsidR="00072531" w:rsidRPr="00F530F6" w14:paraId="7FD7DEE4" w14:textId="77777777" w:rsidTr="00022341">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E31F72A" w14:textId="77777777" w:rsidR="00072531" w:rsidRPr="00B32296" w:rsidRDefault="00072531" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="7E31F72A" w14:textId="77777777" w:rsidR="00072531" w:rsidRPr="00F530F6" w:rsidRDefault="00072531" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nationality  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE40C14" w14:textId="77777777" w:rsidR="00072531" w:rsidRPr="00DA6F87" w:rsidRDefault="00072531" w:rsidP="00B32296">
+          <w:p w14:paraId="5DE40C14" w14:textId="77777777" w:rsidR="00072531" w:rsidRPr="00F530F6" w:rsidRDefault="00072531" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="054B9379" w14:textId="77777777" w:rsidR="00022341" w:rsidRDefault="00072531" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="054B9379" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00072531" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Current Home Institution</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B044FE" w14:textId="3F653E9B" w:rsidR="00072531" w:rsidRPr="00B32296" w:rsidRDefault="00072531" w:rsidP="00B32296">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="10B044FE" w14:textId="447DDC9D" w:rsidR="00072531" w:rsidRPr="00F530F6" w:rsidRDefault="005B6F3D" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>i.e.</w:t>
+            </w:r>
+            <w:r w:rsidR="00072531" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55538310" w14:textId="77777777" w:rsidR="00072531" w:rsidRPr="00DA6F87" w:rsidRDefault="00072531" w:rsidP="00B32296">
+          <w:p w14:paraId="55538310" w14:textId="77777777" w:rsidR="00072531" w:rsidRPr="00F530F6" w:rsidRDefault="00072531" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D57AB" w:rsidRPr="00DA6F87" w14:paraId="01FC3F8D" w14:textId="77777777" w:rsidTr="00022341">
+      <w:tr w:rsidR="000D57AB" w:rsidRPr="00F530F6" w14:paraId="01FC3F8D" w14:textId="77777777" w:rsidTr="00022341">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="178EC81E" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00B32296" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="178EC81E" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Home address </w:t>
             </w:r>
-            <w:r w:rsidR="00DA428C" w:rsidRPr="00B32296">
+            <w:r w:rsidR="00DA428C" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B32296">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7699" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22431152" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00DA6F87" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+          <w:p w14:paraId="22431152" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D57AB" w:rsidRPr="00DA6F87" w14:paraId="55D1B83C" w14:textId="77777777" w:rsidTr="00022341">
+      <w:tr w:rsidR="000D57AB" w:rsidRPr="00F530F6" w14:paraId="55D1B83C" w14:textId="77777777" w:rsidTr="00022341">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="451EAE08" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00B32296" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="451EAE08" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7699" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A3AA86" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00DA6F87" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
+          <w:p w14:paraId="44A3AA86" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="448E32C8" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00022341" w:rsidRDefault="00022341">
+    <w:p w14:paraId="448E32C8" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2483"/>
         <w:gridCol w:w="4463"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2312"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00022341" w:rsidRPr="00B30A70" w14:paraId="7BF0D7D7" w14:textId="77777777" w:rsidTr="00022341">
+      <w:tr w:rsidR="00022341" w:rsidRPr="00F530F6" w14:paraId="7BF0D7D7" w14:textId="77777777" w:rsidTr="009435B9">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9967" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B89EA89" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00022341" w:rsidRDefault="00022341" w:rsidP="00022341">
+          <w:p w14:paraId="5B89EA89" w14:textId="0F303E3F" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>DECLARATION</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidR="00763927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F75E36" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I wish to apply for a University of Manchester IT Account for the period specified.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6904E5CD" w14:textId="30E632A8" w:rsidR="00022341" w:rsidRPr="00B30A70" w:rsidRDefault="00022341" w:rsidP="00022341">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00022341">
+          <w:p w14:paraId="6904E5CD" w14:textId="30E632A8" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">I have read, understood and agree to abide by the terms above and the University of Manchester Information Governance and IT Security Policies: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="00022341">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00F530F6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>http://www.itservices.manchester.ac.uk/our-services/security/policy/</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00B30A70">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022341" w:rsidRPr="00DA6F87" w14:paraId="7883226E" w14:textId="77777777" w:rsidTr="003C653A">
+      <w:tr w:rsidR="00022341" w:rsidRPr="00F530F6" w14:paraId="7883226E" w14:textId="77777777" w:rsidTr="003C653A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6195424C" w14:textId="30F1159F" w:rsidR="00022341" w:rsidRPr="00B32296" w:rsidRDefault="00022341" w:rsidP="003C653A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="6195424C" w14:textId="30F1159F" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="003C653A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Signature of applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4463" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="361D4CBB" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00DA6F87" w:rsidRDefault="00022341" w:rsidP="003C653A">
+          <w:p w14:paraId="361D4CBB" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="003C653A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1563B9" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00B32296" w:rsidRDefault="00022341" w:rsidP="003C653A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="1D1563B9" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="003C653A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2312" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="589F761D" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00B32296" w:rsidRDefault="00022341" w:rsidP="003C653A">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="589F761D" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="003C653A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45BA9328" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00022341" w:rsidRDefault="00022341" w:rsidP="0052534E">
+    <w:p w14:paraId="45BA9328" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="0052534E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2478"/>
         <w:gridCol w:w="2767"/>
         <w:gridCol w:w="2211"/>
         <w:gridCol w:w="2511"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00022341" w14:paraId="2EA1D4AF" w14:textId="77777777" w:rsidTr="00B32296">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="2EA1D4AF" w14:textId="77777777" w:rsidTr="00B32296">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9967" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7077BC20" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00022341" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
+          <w:p w14:paraId="7077BC20" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">DETAILS OF THE APPLICANT’S ROLE </w:t>
             </w:r>
-            <w:r w:rsidR="00386D78" w:rsidRPr="00022341">
+            <w:r w:rsidR="00386D78" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>AND LOCATION WITHIN THE UNIVERSITY</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38584D7F" w14:textId="3C791402" w:rsidR="00B805F7" w:rsidRPr="00022341" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
+          <w:p w14:paraId="38584D7F" w14:textId="3CCA9308" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(to be completed by the sponsoring staff member)</w:t>
+              <w:t xml:space="preserve">(to be completed by the sponsoring </w:t>
+            </w:r>
+            <w:r w:rsidR="009435B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>employee</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B805F7" w:rsidRPr="00DA6F87" w14:paraId="710BFFCD" w14:textId="77777777" w:rsidTr="00B32296">
+      <w:tr w:rsidR="00B805F7" w:rsidRPr="00F530F6" w14:paraId="710BFFCD" w14:textId="77777777" w:rsidTr="009B6345">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1169055C" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00B32296" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="1169055C" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7489" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="516D8173" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00DA6F87" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
+          <w:p w14:paraId="516D8173" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B805F7" w:rsidRPr="00DA6F87" w14:paraId="1EFE1604" w14:textId="77777777" w:rsidTr="00215FDA">
+      <w:tr w:rsidR="00B805F7" w:rsidRPr="00F530F6" w14:paraId="1EFE1604" w14:textId="77777777" w:rsidTr="009B6345">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05AB4C31" w14:textId="027141FD" w:rsidR="00B805F7" w:rsidRPr="00B32296" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="05AB4C31" w14:textId="027141FD" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Faculty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2767" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1796B84A" w14:textId="18F44628" w:rsidR="00B805F7" w:rsidRPr="00DA6F87" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
+          <w:p w14:paraId="1796B84A" w14:textId="18F44628" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2211" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C28A31C" w14:textId="7CA31F4A" w:rsidR="00B805F7" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00B32296">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="0C28A31C" w14:textId="7CA31F4A" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0633CE" w14:textId="6E343223" w:rsidR="00B805F7" w:rsidRPr="00DA6F87" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
+          <w:p w14:paraId="0E0633CE" w14:textId="6E343223" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215FDA" w:rsidRPr="00DA6F87" w14:paraId="2F558247" w14:textId="77777777" w:rsidTr="00215FDA">
+      <w:tr w:rsidR="00215FDA" w:rsidRPr="00F530F6" w14:paraId="2F558247" w14:textId="77777777" w:rsidTr="009B6345">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="270D133D" w14:textId="0909758B" w:rsidR="00215FDA" w:rsidRPr="00B32296" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="270D133D" w14:textId="0909758B" w:rsidR="00215FDA" w:rsidRPr="00F530F6" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Division</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2767" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BA7C694" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
+          <w:p w14:paraId="3BA7C694" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRPr="00F530F6" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2211" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E79F72E" w14:textId="5E05EA72" w:rsidR="00215FDA" w:rsidRPr="00B32296" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="2E79F72E" w14:textId="5E05EA72" w:rsidR="00215FDA" w:rsidRPr="00F530F6" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Research group </w:t>
             </w:r>
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(if app)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="180C6A44" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
+          <w:p w14:paraId="180C6A44" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRPr="00F530F6" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215FDA" w:rsidRPr="00DA6F87" w14:paraId="619E0490" w14:textId="77777777" w:rsidTr="00215FDA">
+      <w:tr w:rsidR="00215FDA" w:rsidRPr="00F530F6" w14:paraId="619E0490" w14:textId="77777777" w:rsidTr="009B6345">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149F696D" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRPr="00B32296" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="149F696D" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRPr="00F530F6" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Location – building</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2767" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00BC713F" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
+          <w:p w14:paraId="00BC713F" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRPr="00F530F6" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2211" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="585124C6" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRPr="00B32296" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="585124C6" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRPr="00F530F6" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Location – room number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="663385B9" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
+          <w:p w14:paraId="663385B9" w14:textId="77777777" w:rsidR="00215FDA" w:rsidRPr="00F530F6" w:rsidRDefault="00215FDA" w:rsidP="00215FDA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="029DD02B" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00677D70" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+    <w:p w14:paraId="029DD02B" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2478"/>
         <w:gridCol w:w="2767"/>
         <w:gridCol w:w="2211"/>
         <w:gridCol w:w="2511"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00677D70" w:rsidRPr="00DA6F87" w14:paraId="57A688E3" w14:textId="77777777" w:rsidTr="006C4587">
+      <w:tr w:rsidR="00677D70" w:rsidRPr="00F530F6" w14:paraId="57A688E3" w14:textId="77777777" w:rsidTr="006C4587">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9967" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="603E78A0" w14:textId="482F031D" w:rsidR="00677D70" w:rsidRPr="008B3C1A" w:rsidRDefault="00677D70" w:rsidP="00B32296">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="603E78A0" w14:textId="482F031D" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00B32296">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum length of access is 12 </w:t>
             </w:r>
-            <w:r w:rsidR="00022341">
+            <w:r w:rsidR="00022341" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>months,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and you must notify us if the individual leaves earlier so access can be revoked</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00DA6F87" w14:paraId="79865182" w14:textId="77777777" w:rsidTr="00215FDA">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="79865182" w14:textId="77777777" w:rsidTr="00215FDA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0621F9E8" w14:textId="645FFD6A" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0621F9E8" w14:textId="645FFD6A" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Exact </w:t>
             </w:r>
-            <w:r w:rsidR="00B32296" w:rsidRPr="00B32296">
+            <w:r w:rsidR="00B32296" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Start date</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00B32296" w:rsidRPr="00B32296">
+            <w:r w:rsidR="00B32296" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dd/mm/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00B32296" w:rsidRPr="00B32296">
+            <w:r w:rsidR="00B32296" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>yyyy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2767" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607CFAD8" w14:textId="77777777" w:rsidR="00B32296" w:rsidRDefault="00B32296" w:rsidP="00B32296">
+          <w:p w14:paraId="607CFAD8" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2211" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC1F62D" w14:textId="77777777" w:rsidR="00677D70" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5DC1F62D" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Exact </w:t>
             </w:r>
-            <w:r w:rsidR="00B32296" w:rsidRPr="00B32296">
+            <w:r w:rsidR="00B32296" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>End date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35B007D6" w14:textId="750DFE6D" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...27 lines deleted...]
-              <w:t>dd/mm/</w:t>
+          <w:p w14:paraId="35B007D6" w14:textId="750DFE6D" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(dd/mm/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B32296">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>yyyy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D296EA4" w14:textId="61271F2C" w:rsidR="00B32296" w:rsidRPr="008B3C1A" w:rsidRDefault="00B32296" w:rsidP="00B32296">
+          <w:p w14:paraId="3D296EA4" w14:textId="61271F2C" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30F1D074" w14:textId="77777777" w:rsidR="00D6739C" w:rsidRPr="00022341" w:rsidRDefault="00D6739C" w:rsidP="0052534E">
+    <w:p w14:paraId="30F1D074" w14:textId="77777777" w:rsidR="00D6739C" w:rsidRPr="00F530F6" w:rsidRDefault="00D6739C" w:rsidP="0052534E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2483"/>
         <w:gridCol w:w="2749"/>
         <w:gridCol w:w="2233"/>
         <w:gridCol w:w="2502"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00022341" w14:paraId="146DC41A" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="146DC41A" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9967" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47D6BF18" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00022341" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+          <w:p w14:paraId="47D6BF18" w14:textId="4E625012" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="00617E3D" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00022341">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPONSORING STAFF </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B805F7" w:rsidRPr="00022341">
+              <w:t xml:space="preserve">UNIVERSITY </w:t>
+            </w:r>
+            <w:r w:rsidR="004D74BB" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MEMBERS </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00022341">
+              <w:t xml:space="preserve">SPONSORING </w:t>
+            </w:r>
+            <w:r w:rsidR="009435B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t>DETAILS</w:t>
+              <w:t>EMPLOYEE</w:t>
+            </w:r>
+            <w:r w:rsidR="004D74BB" w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D74BB" w:rsidRPr="00DA6F87" w14:paraId="49792F39" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="004D74BB" w:rsidRPr="00F530F6" w14:paraId="49792F39" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5208DEC1" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00B32296" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
-[...83 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="5208DEC1" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Title (Mr/Mrs/Dr/Prof etc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2749" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43922026" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00DA6F87" w:rsidRDefault="00B805F7" w:rsidP="00677D70">
+          <w:p w14:paraId="43922026" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57E82C77" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00B32296" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="57E82C77" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surname/Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00FEC932" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00DA6F87" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+          <w:p w14:paraId="00FEC932" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D74BB" w:rsidRPr="004D74BB" w14:paraId="455FE64C" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="004D74BB" w:rsidRPr="00F530F6" w14:paraId="455FE64C" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4915700E" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00B32296" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="4915700E" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forename(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2749" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9C34F1" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="004D74BB" w:rsidRDefault="00B805F7" w:rsidP="00677D70">
+          <w:p w14:paraId="6C9C34F1" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA7E654" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00B32296" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="3FA7E654" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employee number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="273C0A32" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="004D74BB" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+          <w:p w14:paraId="273C0A32" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B805F7" w:rsidRPr="00DA6F87" w14:paraId="6AA88E8A" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00B805F7" w:rsidRPr="00F530F6" w14:paraId="6AA88E8A" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B12CC0D" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00B32296" w:rsidRDefault="00B805F7" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="0B12CC0D" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CA804A" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00DA6F87" w:rsidRDefault="00B805F7" w:rsidP="00677D70">
+          <w:p w14:paraId="63CA804A" w14:textId="77777777" w:rsidR="00B805F7" w:rsidRPr="00F530F6" w:rsidRDefault="00B805F7" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D74BB" w:rsidRPr="00DA6F87" w14:paraId="483C17C9" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="004D74BB" w:rsidRPr="00F530F6" w14:paraId="483C17C9" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17CD439D" w14:textId="6A05F14D" w:rsidR="00DA428C" w:rsidRPr="00B32296" w:rsidRDefault="00DA428C" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="17CD439D" w14:textId="6A05F14D" w:rsidR="00DA428C" w:rsidRPr="00F530F6" w:rsidRDefault="00DA428C" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telep</w:t>
             </w:r>
-            <w:r w:rsidR="004D74BB" w:rsidRPr="00B32296">
+            <w:r w:rsidR="004D74BB" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2749" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38A7A7EA" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+          <w:p w14:paraId="38A7A7EA" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12E19999" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00B32296" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="12E19999" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73CE3109" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
+          <w:p w14:paraId="73CE3109" w14:textId="77777777" w:rsidR="004D74BB" w:rsidRPr="00F530F6" w:rsidRDefault="004D74BB" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00DA6F87" w14:paraId="0E553EB3" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="0E553EB3" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18D6E42E" w14:textId="5224D4D6" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="18D6E42E" w14:textId="5224D4D6" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Faculty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2749" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="06FC861E" w14:textId="0691E5E4" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FC861E" w14:textId="0691E5E4" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20B1D25D" w14:textId="432FFA16" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="20B1D25D" w14:textId="432FFA16" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60E00CBB" w14:textId="2299EFD1" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E00CBB" w14:textId="2299EFD1" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00DA6F87" w14:paraId="6E569688" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="6E569688" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="589D67D2" w14:textId="52AE99DD" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="589D67D2" w14:textId="52AE99DD" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Division</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2749" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29A4D542" w14:textId="77777777" w:rsidR="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+          <w:p w14:paraId="29A4D542" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33960305" w14:textId="3BE6ED67" w:rsidR="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="33960305" w14:textId="3BE6ED67" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Research group </w:t>
             </w:r>
-            <w:r w:rsidRPr="00022341">
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(if app)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFE9994" w14:textId="77777777" w:rsidR="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+          <w:p w14:paraId="1CFE9994" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00DA6F87" w14:paraId="415C4E60" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="415C4E60" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7753078E" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> applicant</w:t>
+          <w:p w14:paraId="7753078E" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Relationship to applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4755CB12" w14:textId="77777777" w:rsidR="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+          <w:p w14:paraId="4755CB12" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00DA6F87" w14:paraId="68BE049A" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="68BE049A" w14:textId="77777777" w:rsidTr="004B6086">
+        <w:trPr>
+          <w:trHeight w:val="850"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2483" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3794BE" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Reason an IT account is required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2851E4AA" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="3BB83AE6" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3794BE" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...17 lines deleted...]
-              <w:t>Reason an IT account is required</w:t>
+          <w:p w14:paraId="1D25F6B4" w14:textId="12121722" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Type of access required</w:t>
+            </w:r>
+            <w:r w:rsidR="00022341" w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CC386A6" w14:textId="7F343CEC" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e.g., </w:t>
+            </w:r>
+            <w:r w:rsidR="00B32296" w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>email or non-standard access requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2851E4AA" w14:textId="77777777" w:rsidR="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...95 lines deleted...]
-          <w:p w14:paraId="54116E10" w14:textId="77777777" w:rsidR="00B32296" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+          <w:p w14:paraId="54116E10" w14:textId="77777777" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="77688C72" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00677D70" w:rsidRDefault="00677D70">
+    <w:p w14:paraId="77688C72" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2483"/>
         <w:gridCol w:w="4463"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2312"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B32296" w:rsidRPr="00B30A70" w14:paraId="5E33AE0E" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00B32296" w:rsidRPr="00F530F6" w14:paraId="5E33AE0E" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9967" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E590E27" w14:textId="77777777" w:rsidR="00722772" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7E590E27" w14:textId="09088C30" w:rsidR="00722772" w:rsidRPr="00FA77EB" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA77EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DECLARATION FROM THE</w:t>
+            </w:r>
+            <w:r w:rsidR="00617E3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> UNIVERSITY </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA77EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPONSORSING </w:t>
+            </w:r>
+            <w:r w:rsidR="00617E3D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EMPLOYEE</w:t>
+            </w:r>
+            <w:r w:rsidR="00722772" w:rsidRPr="00FA77EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C96BCEB" w14:textId="3980F1AB" w:rsidR="00B32296" w:rsidRPr="00677D70" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+          <w:p w14:paraId="5C96BCEB" w14:textId="3980F1AB" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please note that failure to undertake the appropriate checks may result in disciplinary action)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AECEC58" w14:textId="5F7133A1" w:rsidR="00B32296" w:rsidRPr="00B30A70" w:rsidRDefault="00B32296" w:rsidP="00677D70">
-[...17 lines deleted...]
-              <w:t>I hereby confirm that I will ensure that any staff I have sponsored who are not employed by the University have undertaken Data Protection training and that I have confirmed the applicant’s understanding of the pre-requisites to accessing the University of Manchester’s IT facilities as per this form.</w:t>
+          <w:p w14:paraId="2AECEC58" w14:textId="7B352545" w:rsidR="00B32296" w:rsidRPr="00F530F6" w:rsidRDefault="00B32296" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I hereby confirm that I will ensure that any</w:t>
+            </w:r>
+            <w:r w:rsidR="00492BBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> individual </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I have sponsored who are not employed by the University have undertaken Data Protection training and that I have confirmed </w:t>
+            </w:r>
+            <w:r w:rsidR="00492BBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">their </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>understanding of the pre-requisites to accessing the University of Manchester’s IT facilities as per this form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00677D70" w:rsidRPr="00DA6F87" w14:paraId="2A5127C4" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00677D70" w:rsidRPr="00F530F6" w14:paraId="2A5127C4" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18C49010" w14:textId="5C7D03E4" w:rsidR="00677D70" w:rsidRPr="00B32296" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...17 lines deleted...]
-              <w:t>Signature of sponsoring staff member</w:t>
+          <w:p w14:paraId="18C49010" w14:textId="06C657EA" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signature of </w:t>
+            </w:r>
+            <w:r w:rsidR="00C276CF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>University Sponsoring Employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4463" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="739F404C" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00DA6F87" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+          <w:p w14:paraId="739F404C" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21729916" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00B32296" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B32296">
+          <w:p w14:paraId="21729916" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2312" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3F72987F" w14:textId="02E189DD" w:rsidR="00677D70" w:rsidRPr="00B32296" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F72987F" w14:textId="02E189DD" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44F0B03C" w14:textId="77777777" w:rsidR="000C2D57" w:rsidRPr="00215FDA" w:rsidRDefault="000C2D57" w:rsidP="00BE726F">
+    <w:p w14:paraId="44F0B03C" w14:textId="77777777" w:rsidR="000C2D57" w:rsidRPr="00F530F6" w:rsidRDefault="000C2D57" w:rsidP="00BE726F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2479"/>
         <w:gridCol w:w="2748"/>
         <w:gridCol w:w="1717"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2314"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C2D57" w:rsidRPr="00DA6F87" w14:paraId="49A63573" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="000C2D57" w:rsidRPr="00F530F6" w14:paraId="49A63573" w14:textId="77777777" w:rsidTr="004D0505">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9967" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53DFBEC4" w14:textId="235C64D8" w:rsidR="000C2D57" w:rsidRPr="00677D70" w:rsidRDefault="00F647BA" w:rsidP="00722772">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6E99674C" w14:textId="77777777" w:rsidR="000C2D57" w:rsidRDefault="00F647BA" w:rsidP="00722772">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA77EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AUTHORISED SIGNATORY DETAILS</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...10 lines deleted...]
-            <w:r w:rsidR="00716B21" w:rsidRPr="00677D70">
+            <w:r w:rsidR="00722772" w:rsidRPr="00FA77EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53DFBEC4" w14:textId="5E1AFFFF" w:rsidR="00FA77EB" w:rsidRPr="00FA77EB" w:rsidRDefault="00FA77EB" w:rsidP="00722772">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+              <w:t>This completed form must be authorised by the relevant Head of School</w:t>
+            </w:r>
+            <w:r w:rsidR="0083778D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">This completed form must be </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+              <w:t xml:space="preserve">, Head of </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>authorised</w:t>
-[...22 lines deleted...]
-              <w:t>r Head of School Administration)</w:t>
+              <w:t>Department or Director</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C2D57" w:rsidRPr="00DA6F87" w14:paraId="6E1184D8" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="000C2D57" w:rsidRPr="00F530F6" w14:paraId="6E1184D8" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E73982" w14:textId="2CCD4613" w:rsidR="000C2D57" w:rsidRPr="00677D70" w:rsidRDefault="00B33918" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+          <w:p w14:paraId="02E73982" w14:textId="2CCD4613" w:rsidR="000C2D57" w:rsidRPr="00F530F6" w:rsidRDefault="00B33918" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidR="000C2D57" w:rsidRPr="00677D70">
+            <w:r w:rsidR="000C2D57" w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>itle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2748" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B95F4DC" w14:textId="77777777" w:rsidR="000C2D57" w:rsidRPr="00DA6F87" w:rsidRDefault="000C2D57" w:rsidP="00677D70">
+          <w:p w14:paraId="7B95F4DC" w14:textId="77777777" w:rsidR="000C2D57" w:rsidRPr="00F530F6" w:rsidRDefault="000C2D57" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42DF8473" w14:textId="77777777" w:rsidR="000C2D57" w:rsidRPr="00677D70" w:rsidRDefault="00B33918" w:rsidP="00677D70">
-[...17 lines deleted...]
-              <w:t>Surname/Family name</w:t>
+          <w:p w14:paraId="42DF8473" w14:textId="055891AB" w:rsidR="000C2D57" w:rsidRPr="00F530F6" w:rsidRDefault="00B33918" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:r w:rsidR="00042BD6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00042BD6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2314" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E9092B" w14:textId="77777777" w:rsidR="000C2D57" w:rsidRPr="00DA6F87" w:rsidRDefault="000C2D57" w:rsidP="00677D70">
+          <w:p w14:paraId="13E9092B" w14:textId="77777777" w:rsidR="000C2D57" w:rsidRPr="00F530F6" w:rsidRDefault="000C2D57" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00824183" w:rsidRPr="00DA6F87" w14:paraId="47488332" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00824183" w:rsidRPr="00F530F6" w14:paraId="47488332" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31224496" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00677D70" w:rsidRDefault="00B33918" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+          <w:p w14:paraId="31224496" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00B33918" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forename(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2748" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F718E59" w14:textId="77777777" w:rsidR="00B33918" w:rsidRPr="00DA6F87" w:rsidRDefault="00B33918" w:rsidP="00677D70">
+          <w:p w14:paraId="4F718E59" w14:textId="77777777" w:rsidR="00B33918" w:rsidRPr="00F530F6" w:rsidRDefault="00B33918" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="526EBCBB" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00677D70" w:rsidRDefault="00B33918" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+          <w:p w14:paraId="526EBCBB" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00B33918" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employee number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2314" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4B27F3" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00DA6F87" w:rsidRDefault="00824183" w:rsidP="00677D70">
+          <w:p w14:paraId="7D4B27F3" w14:textId="77777777" w:rsidR="00824183" w:rsidRPr="00F530F6" w:rsidRDefault="00824183" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00677D70" w:rsidRPr="00DA6F87" w14:paraId="6329883B" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00677D70" w:rsidRPr="00F530F6" w14:paraId="6329883B" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="728444FF" w14:textId="79DB67C2" w:rsidR="00677D70" w:rsidRPr="00677D70" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...17 lines deleted...]
-              <w:t>Manager’s job title</w:t>
+          <w:p w14:paraId="728444FF" w14:textId="52BADCA7" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00042BD6" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidR="00677D70" w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ob title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7488" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5757ECF0" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00DA6F87" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+          <w:p w14:paraId="5757ECF0" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00677D70" w:rsidRPr="00DA6F87" w14:paraId="2D99DF49" w14:textId="77777777" w:rsidTr="00677D70">
+      <w:tr w:rsidR="00677D70" w:rsidRPr="00F530F6" w14:paraId="2D99DF49" w14:textId="77777777" w:rsidTr="00677D70">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36D8ABFF" w14:textId="5ADE6430" w:rsidR="00677D70" w:rsidRPr="00677D70" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...17 lines deleted...]
-              <w:t>Manager’s signature</w:t>
+          <w:p w14:paraId="36D8ABFF" w14:textId="480DA28A" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00042BD6" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00677D70" w:rsidRPr="00F530F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ignature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BAB623D" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00DA6F87" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+          <w:p w14:paraId="3BAB623D" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38E4A197" w14:textId="233310DB" w:rsidR="00677D70" w:rsidRPr="00677D70" w:rsidRDefault="00677D70" w:rsidP="00677D70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00677D70">
+          <w:p w14:paraId="38E4A197" w14:textId="233310DB" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2314" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="314B376B" w14:textId="14F2A4DD" w:rsidR="00677D70" w:rsidRPr="00DA6F87" w:rsidRDefault="00677D70" w:rsidP="00677D70">
+          <w:p w14:paraId="314B376B" w14:textId="14F2A4DD" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E4EC662" w14:textId="77777777" w:rsidR="00F647BA" w:rsidRPr="00215FDA" w:rsidRDefault="00F647BA" w:rsidP="00BE726F">
+    <w:p w14:paraId="2E4EC662" w14:textId="77777777" w:rsidR="00F647BA" w:rsidRPr="00F530F6" w:rsidRDefault="00F647BA" w:rsidP="00BE726F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F112ECF" w14:textId="212CC66B" w:rsidR="000C2D57" w:rsidRDefault="000C2D57" w:rsidP="00BE726F">
+    <w:p w14:paraId="2CA2FD56" w14:textId="77777777" w:rsidR="004E6340" w:rsidRPr="00F530F6" w:rsidRDefault="000C2D57" w:rsidP="00BE726F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send </w:t>
       </w:r>
-      <w:r w:rsidR="00687EBE">
+      <w:r w:rsidR="00687EBE" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>the fully completed</w:t>
       </w:r>
-      <w:r w:rsidR="009B027B">
+      <w:r w:rsidR="009B027B" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00687EBE">
+      <w:r w:rsidR="00687EBE" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>authoris</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ed</w:t>
+        <w:t>ed for</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="00DA428C">
+      <w:r w:rsidR="00DA428C" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B027B">
+      <w:r w:rsidR="009B027B" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">and documents </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713D7DE2" w14:textId="22E6C3B7" w:rsidR="000C2D57" w:rsidRPr="00BE726F" w:rsidRDefault="004F1438" w:rsidP="00BE726F">
+    <w:p w14:paraId="713D7DE2" w14:textId="4383E085" w:rsidR="000C2D57" w:rsidRPr="00BE726F" w:rsidRDefault="004E6340" w:rsidP="00BE726F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00176201">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00F530F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>people.globalmobility@manchester.ac.uk</w:t>
+          <w:t>People.globalmobility@manchester.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DB4D2F">
+      <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00437FF6">
+      <w:hyperlink r:id="rId15" w:history="1"/>
+      <w:r w:rsidR="00DB4D2F" w:rsidRPr="00F530F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00437FF6" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(this form is only accepted </w:t>
       </w:r>
-      <w:r w:rsidR="00F84E9F">
+      <w:r w:rsidR="00F84E9F" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>electronically</w:t>
       </w:r>
-      <w:r w:rsidR="00437FF6">
+      <w:r w:rsidR="00437FF6" w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000C2D57" w:rsidRPr="00BE726F" w:rsidSect="004D6181">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:sectPr w:rsidR="000C2D57" w:rsidRPr="00BE726F" w:rsidSect="007921FA">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="567" w:right="1134" w:bottom="851" w:left="1134" w:header="397" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1134" w:bottom="851" w:left="1134" w:header="397" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FA3BE43" w14:textId="77777777" w:rsidR="00E62F19" w:rsidRDefault="00E62F19" w:rsidP="00A275FD">
-      <w:r>
+    <w:p w14:paraId="6B1DF4E6" w14:textId="77777777" w:rsidR="0099552C" w:rsidRPr="00F530F6" w:rsidRDefault="0099552C" w:rsidP="00A275FD">
+      <w:r w:rsidRPr="00F530F6">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03410D56" w14:textId="77777777" w:rsidR="00E62F19" w:rsidRDefault="00E62F19" w:rsidP="00A275FD">
-      <w:r>
+    <w:p w14:paraId="4908A6AD" w14:textId="77777777" w:rsidR="0099552C" w:rsidRPr="00F530F6" w:rsidRDefault="0099552C" w:rsidP="00A275FD">
+      <w:r w:rsidRPr="00F530F6">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -5069,302 +4781,335 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4B0CAFAC" w14:textId="53257BB2" w:rsidR="00DA428C" w:rsidRPr="00DA428C" w:rsidRDefault="00DA428C" w:rsidP="004D6181">
+  <w:p w14:paraId="4B0CAFAC" w14:textId="6CFC41E4" w:rsidR="00DA428C" w:rsidRPr="007921FA" w:rsidRDefault="007921FA" w:rsidP="007921FA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Directorate of </w:t>
+      <w:t xml:space="preserve">Global Mobility: </w:t>
     </w:r>
-    <w:r w:rsidR="00DB4D2F" w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidR="00584228">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>People &amp; OD</w:t>
+      <w:t>IT Account</w:t>
     </w:r>
-    <w:r w:rsidR="00E310B3" w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidR="00941288">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> and </w:t>
+      <w:t xml:space="preserve"> Application </w:t>
     </w:r>
-    <w:r w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidR="00196042">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Directorate of IT Services</w:t>
+      <w:t>Form</w:t>
     </w:r>
-    <w:r w:rsidR="004D6181">
-[...57 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t xml:space="preserve">      </w:t>
     </w:r>
-    <w:r w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revised: </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>05</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.2025      Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="separate"/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="00505F5A">
-[...12 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="end"/>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...7 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="004D6181">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="separate"/>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidR="00505F5A">
-[...12 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>13</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">      </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F8CE213" wp14:editId="3AC9CDF1">
+          <wp:extent cx="525895" cy="245745"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="1905"/>
+          <wp:docPr id="365935985" name="Picture 365935985" descr="Logo&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 17"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="525895" cy="245745"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DF575CA" w14:textId="77777777" w:rsidR="00E62F19" w:rsidRDefault="00E62F19" w:rsidP="00A275FD">
-      <w:r>
+    <w:p w14:paraId="2FEE5B76" w14:textId="77777777" w:rsidR="0099552C" w:rsidRPr="00F530F6" w:rsidRDefault="0099552C" w:rsidP="00A275FD">
+      <w:r w:rsidRPr="00F530F6">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62CABD8F" w14:textId="77777777" w:rsidR="00E62F19" w:rsidRDefault="00E62F19" w:rsidP="00A275FD">
-      <w:r>
+    <w:p w14:paraId="7BB2E438" w14:textId="77777777" w:rsidR="0099552C" w:rsidRPr="00F530F6" w:rsidRDefault="0099552C" w:rsidP="00A275FD">
+      <w:r w:rsidRPr="00F530F6">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3A94A18A" w14:textId="77777777" w:rsidR="00062F12" w:rsidRPr="00062F12" w:rsidRDefault="00062F12" w:rsidP="00062F12">
+  <w:p w14:paraId="3A94A18A" w14:textId="77777777" w:rsidR="00062F12" w:rsidRPr="00F530F6" w:rsidRDefault="00062F12" w:rsidP="00062F12">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05385321"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DBA830A"/>
     <w:lvl w:ilvl="0" w:tplc="0F0E075C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="420"/>
@@ -5676,51 +5421,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F852CC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5CD61BFE"/>
+    <w:tmpl w:val="20769D4E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -6237,381 +5982,402 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1315601088">
+  <w:num w:numId="1" w16cid:durableId="890700391">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2137794300">
+  <w:num w:numId="2" w16cid:durableId="1794522165">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="182134029">
+  <w:num w:numId="3" w16cid:durableId="2099708806">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="124934432">
+  <w:num w:numId="4" w16cid:durableId="545142959">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1901288931">
+  <w:num w:numId="5" w16cid:durableId="194850658">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2046519894">
+  <w:num w:numId="6" w16cid:durableId="330722457">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1533346481">
+  <w:num w:numId="7" w16cid:durableId="325523161">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="136341074">
+  <w:num w:numId="8" w16cid:durableId="1525317004">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0052534E"/>
     <w:rsid w:val="0001472D"/>
     <w:rsid w:val="00022341"/>
     <w:rsid w:val="00023F7D"/>
+    <w:rsid w:val="000251B2"/>
     <w:rsid w:val="00030C38"/>
+    <w:rsid w:val="00042BD6"/>
+    <w:rsid w:val="00057011"/>
     <w:rsid w:val="00060185"/>
     <w:rsid w:val="00062F12"/>
-    <w:rsid w:val="0006413E"/>
     <w:rsid w:val="00072531"/>
     <w:rsid w:val="00073C9A"/>
     <w:rsid w:val="000B082D"/>
     <w:rsid w:val="000C2D57"/>
     <w:rsid w:val="000C56E9"/>
     <w:rsid w:val="000D57AB"/>
     <w:rsid w:val="000D7BDE"/>
     <w:rsid w:val="000F0508"/>
     <w:rsid w:val="001135ED"/>
     <w:rsid w:val="001142A6"/>
+    <w:rsid w:val="00115568"/>
     <w:rsid w:val="00115721"/>
     <w:rsid w:val="001344B7"/>
     <w:rsid w:val="00155D49"/>
     <w:rsid w:val="00162FEE"/>
     <w:rsid w:val="001865D8"/>
     <w:rsid w:val="00191F1E"/>
     <w:rsid w:val="00193BAA"/>
     <w:rsid w:val="00194306"/>
+    <w:rsid w:val="00196042"/>
     <w:rsid w:val="001B22B0"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001D4387"/>
     <w:rsid w:val="001E4D61"/>
     <w:rsid w:val="002013C5"/>
-    <w:rsid w:val="00204DEF"/>
     <w:rsid w:val="002077B1"/>
     <w:rsid w:val="00213FF0"/>
     <w:rsid w:val="00215FDA"/>
-    <w:rsid w:val="00217375"/>
     <w:rsid w:val="002208DA"/>
     <w:rsid w:val="0024713F"/>
     <w:rsid w:val="002B2128"/>
     <w:rsid w:val="002C50CC"/>
     <w:rsid w:val="002D118C"/>
     <w:rsid w:val="002D648C"/>
     <w:rsid w:val="002E008D"/>
     <w:rsid w:val="002E0AAF"/>
     <w:rsid w:val="002E1C0D"/>
     <w:rsid w:val="00316E63"/>
     <w:rsid w:val="00323A2D"/>
     <w:rsid w:val="003439BF"/>
     <w:rsid w:val="0035012F"/>
     <w:rsid w:val="00372A26"/>
     <w:rsid w:val="003822DA"/>
     <w:rsid w:val="00386D78"/>
+    <w:rsid w:val="003A2450"/>
     <w:rsid w:val="003D5DAC"/>
     <w:rsid w:val="00405535"/>
     <w:rsid w:val="0043182F"/>
     <w:rsid w:val="00437FF6"/>
     <w:rsid w:val="00450AC4"/>
     <w:rsid w:val="00452F2B"/>
     <w:rsid w:val="00460930"/>
     <w:rsid w:val="004769CD"/>
     <w:rsid w:val="00484689"/>
     <w:rsid w:val="00487A19"/>
+    <w:rsid w:val="00487AC5"/>
+    <w:rsid w:val="00490705"/>
+    <w:rsid w:val="00492BBF"/>
     <w:rsid w:val="004B0100"/>
+    <w:rsid w:val="004B6086"/>
     <w:rsid w:val="004B75C7"/>
+    <w:rsid w:val="004D0505"/>
     <w:rsid w:val="004D4434"/>
     <w:rsid w:val="004D5B90"/>
     <w:rsid w:val="004D6181"/>
     <w:rsid w:val="004D74BB"/>
-    <w:rsid w:val="004F1438"/>
+    <w:rsid w:val="004E6340"/>
     <w:rsid w:val="004F4068"/>
     <w:rsid w:val="004F726B"/>
     <w:rsid w:val="0050149E"/>
-    <w:rsid w:val="00505F5A"/>
     <w:rsid w:val="00506090"/>
     <w:rsid w:val="0051149C"/>
     <w:rsid w:val="00517177"/>
     <w:rsid w:val="0052534E"/>
     <w:rsid w:val="005327C9"/>
     <w:rsid w:val="00533B0C"/>
     <w:rsid w:val="005415EE"/>
     <w:rsid w:val="005475B9"/>
     <w:rsid w:val="005568DF"/>
     <w:rsid w:val="00561378"/>
     <w:rsid w:val="00567297"/>
     <w:rsid w:val="00571E27"/>
+    <w:rsid w:val="00584228"/>
     <w:rsid w:val="005A4453"/>
+    <w:rsid w:val="005B6F3D"/>
     <w:rsid w:val="005C6E97"/>
+    <w:rsid w:val="005D06D8"/>
     <w:rsid w:val="005E2FE9"/>
     <w:rsid w:val="005F58C6"/>
     <w:rsid w:val="006137B5"/>
     <w:rsid w:val="006138EF"/>
-    <w:rsid w:val="006265D8"/>
+    <w:rsid w:val="00617E3D"/>
     <w:rsid w:val="006507A7"/>
     <w:rsid w:val="00666ECD"/>
     <w:rsid w:val="00677D70"/>
     <w:rsid w:val="00684C8C"/>
     <w:rsid w:val="00687EBE"/>
     <w:rsid w:val="00692705"/>
     <w:rsid w:val="00696C96"/>
     <w:rsid w:val="006A0889"/>
     <w:rsid w:val="006A2F35"/>
     <w:rsid w:val="006C04C1"/>
     <w:rsid w:val="006C3453"/>
     <w:rsid w:val="006C59AB"/>
     <w:rsid w:val="006C7A0D"/>
     <w:rsid w:val="006E59C0"/>
     <w:rsid w:val="006F13E8"/>
     <w:rsid w:val="00700692"/>
     <w:rsid w:val="00712FF9"/>
     <w:rsid w:val="00716B21"/>
     <w:rsid w:val="00722772"/>
     <w:rsid w:val="00722888"/>
     <w:rsid w:val="00723ED4"/>
     <w:rsid w:val="00727C84"/>
     <w:rsid w:val="007471C2"/>
+    <w:rsid w:val="00763927"/>
     <w:rsid w:val="00777D6A"/>
     <w:rsid w:val="00790158"/>
+    <w:rsid w:val="007921FA"/>
     <w:rsid w:val="00795C6B"/>
     <w:rsid w:val="007968CA"/>
     <w:rsid w:val="00796A2B"/>
     <w:rsid w:val="007A7E9C"/>
     <w:rsid w:val="007E5F0D"/>
     <w:rsid w:val="007F5623"/>
     <w:rsid w:val="00824183"/>
     <w:rsid w:val="0083167C"/>
-    <w:rsid w:val="00831A52"/>
     <w:rsid w:val="00834093"/>
+    <w:rsid w:val="0083778D"/>
     <w:rsid w:val="00864E66"/>
     <w:rsid w:val="00865969"/>
     <w:rsid w:val="00884577"/>
     <w:rsid w:val="0088465F"/>
     <w:rsid w:val="00894D87"/>
-    <w:rsid w:val="00895CD6"/>
     <w:rsid w:val="008A2CB2"/>
     <w:rsid w:val="008B3C1A"/>
     <w:rsid w:val="008D057C"/>
     <w:rsid w:val="008F0DB6"/>
     <w:rsid w:val="008F4FEB"/>
     <w:rsid w:val="009007FD"/>
     <w:rsid w:val="00911568"/>
+    <w:rsid w:val="00941288"/>
+    <w:rsid w:val="009435B9"/>
     <w:rsid w:val="00945F35"/>
     <w:rsid w:val="00945FB4"/>
     <w:rsid w:val="00950196"/>
     <w:rsid w:val="009503B0"/>
+    <w:rsid w:val="00960464"/>
     <w:rsid w:val="009773C8"/>
     <w:rsid w:val="00983BBA"/>
     <w:rsid w:val="00987CBB"/>
+    <w:rsid w:val="0099552C"/>
     <w:rsid w:val="009955AD"/>
     <w:rsid w:val="009B027B"/>
+    <w:rsid w:val="009B6345"/>
     <w:rsid w:val="009C250A"/>
     <w:rsid w:val="009C66DE"/>
     <w:rsid w:val="009C6A8A"/>
     <w:rsid w:val="009D0BFD"/>
     <w:rsid w:val="009E4610"/>
     <w:rsid w:val="00A020F8"/>
     <w:rsid w:val="00A032F4"/>
     <w:rsid w:val="00A110CF"/>
     <w:rsid w:val="00A16E38"/>
     <w:rsid w:val="00A275FD"/>
+    <w:rsid w:val="00A47E24"/>
     <w:rsid w:val="00A510BC"/>
     <w:rsid w:val="00A54D0A"/>
     <w:rsid w:val="00A576B2"/>
     <w:rsid w:val="00A7236E"/>
     <w:rsid w:val="00A8003B"/>
     <w:rsid w:val="00A9006E"/>
     <w:rsid w:val="00AA1B19"/>
     <w:rsid w:val="00AA3F8E"/>
     <w:rsid w:val="00AB70F2"/>
     <w:rsid w:val="00AC50E9"/>
     <w:rsid w:val="00AD5AB0"/>
     <w:rsid w:val="00AD6AF8"/>
     <w:rsid w:val="00AF5488"/>
     <w:rsid w:val="00AF6A96"/>
     <w:rsid w:val="00B205FB"/>
     <w:rsid w:val="00B30A70"/>
     <w:rsid w:val="00B30FE3"/>
     <w:rsid w:val="00B32296"/>
     <w:rsid w:val="00B33918"/>
     <w:rsid w:val="00B353B0"/>
     <w:rsid w:val="00B3698B"/>
     <w:rsid w:val="00B46D40"/>
     <w:rsid w:val="00B52ED6"/>
     <w:rsid w:val="00B62B68"/>
     <w:rsid w:val="00B661D4"/>
     <w:rsid w:val="00B759B5"/>
     <w:rsid w:val="00B805F7"/>
-    <w:rsid w:val="00BA7B2B"/>
     <w:rsid w:val="00BE2029"/>
-    <w:rsid w:val="00BE5759"/>
     <w:rsid w:val="00BE726F"/>
     <w:rsid w:val="00BF2EA2"/>
     <w:rsid w:val="00C03D17"/>
     <w:rsid w:val="00C22CBA"/>
     <w:rsid w:val="00C240D7"/>
     <w:rsid w:val="00C2437A"/>
+    <w:rsid w:val="00C276CF"/>
     <w:rsid w:val="00C278D2"/>
     <w:rsid w:val="00C52A38"/>
     <w:rsid w:val="00C71DD0"/>
     <w:rsid w:val="00C76A22"/>
     <w:rsid w:val="00C933EF"/>
+    <w:rsid w:val="00C96564"/>
     <w:rsid w:val="00CA5D70"/>
     <w:rsid w:val="00CB575E"/>
+    <w:rsid w:val="00CD057D"/>
     <w:rsid w:val="00CD347C"/>
     <w:rsid w:val="00CF0277"/>
     <w:rsid w:val="00CF1268"/>
     <w:rsid w:val="00CF47FE"/>
     <w:rsid w:val="00CF5208"/>
     <w:rsid w:val="00D059AA"/>
     <w:rsid w:val="00D445FC"/>
     <w:rsid w:val="00D45A72"/>
     <w:rsid w:val="00D672DD"/>
     <w:rsid w:val="00D6739C"/>
     <w:rsid w:val="00D92B20"/>
     <w:rsid w:val="00D96258"/>
     <w:rsid w:val="00DA428C"/>
     <w:rsid w:val="00DA6F87"/>
     <w:rsid w:val="00DB4D2F"/>
     <w:rsid w:val="00DB6497"/>
     <w:rsid w:val="00DC55D3"/>
     <w:rsid w:val="00E24B37"/>
     <w:rsid w:val="00E310B3"/>
     <w:rsid w:val="00E3330C"/>
     <w:rsid w:val="00E37424"/>
     <w:rsid w:val="00E467DD"/>
     <w:rsid w:val="00E54AC0"/>
     <w:rsid w:val="00E62F19"/>
     <w:rsid w:val="00E717FF"/>
     <w:rsid w:val="00E73DEE"/>
     <w:rsid w:val="00E771D8"/>
     <w:rsid w:val="00EC3B30"/>
     <w:rsid w:val="00EC5AF0"/>
     <w:rsid w:val="00ED6C8C"/>
     <w:rsid w:val="00EE3FEF"/>
+    <w:rsid w:val="00EE5381"/>
     <w:rsid w:val="00EF5BB2"/>
     <w:rsid w:val="00EF6077"/>
     <w:rsid w:val="00F047E6"/>
     <w:rsid w:val="00F102A5"/>
     <w:rsid w:val="00F104CD"/>
     <w:rsid w:val="00F14BA4"/>
     <w:rsid w:val="00F22E33"/>
     <w:rsid w:val="00F23E89"/>
     <w:rsid w:val="00F2615B"/>
+    <w:rsid w:val="00F530F6"/>
     <w:rsid w:val="00F647BA"/>
     <w:rsid w:val="00F84E9F"/>
     <w:rsid w:val="00F86017"/>
+    <w:rsid w:val="00FA3D21"/>
+    <w:rsid w:val="00FA77EB"/>
     <w:rsid w:val="00FC5B14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3924CB43"/>
+  <w15:docId w15:val="{10241E4A-B5FF-4EE8-946C-F9962CD8086D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6977,51 +6743,51 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000D57AB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -7246,67 +7012,71 @@
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B32296"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004F1438"/>
+    <w:rsid w:val="004E6340"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:people.globalmobility@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itservices.manchester.ac.uk/our-services/security/policy/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dataprotection.manchester.ac.uk/policiesandprocedures/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itservices.manchester.ac.uk/our-services/security/policy/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dataprotection.manchester.ac.uk/policiesandprocedures/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:People-od.operations@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:People.globalmobility@manchester.ac.uk" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7552,82 +7322,407 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD92DCA99A5B0B42989C49E1EF2332ED" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f27004ad082fc89068ed7eb6fefeff3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0286d494-7c06-4f3f-8725-392cc8b29423" xmlns:ns3="5641d3a0-4cdf-4627-8fdf-840090582e60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1c64941f12dc60c19fea3e436e6bb78" ns2:_="" ns3:_="">
+    <xsd:import namespace="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <xsd:import namespace="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0286d494-7c06-4f3f-8725-392cc8b29423" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6d63537c-d192-4dc4-bb87-a5632b1c7687" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5641d3a0-4cdf-4627-8fdf-840090582e60" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e2c71c18-dc6c-43d1-b349-fc78dbefa462}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5641d3a0-4cdf-4627-8fdf-840090582e60">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0286d494-7c06-4f3f-8725-392cc8b29423">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5641d3a0-4cdf-4627-8fdf-840090582e60" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FA05CF1-441C-42F8-99DF-8BBD72D1A8CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06AB7141-AC13-4CF5-AEE6-2C63E096DAD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{639EF3B4-B88D-4DF3-800A-8A766C34EF01}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5045AA0-49F9-4714-AA47-EE4123BEF717}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2559319-199A-4F7B-A221-315814B86070}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
+    <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>911</Words>
-  <Characters>5199</Characters>
+  <Words>845</Words>
+  <Characters>4861</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>12</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>173</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6098</CharactersWithSpaces>
+  <CharactersWithSpaces>5648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Michele Owen</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DD92DCA99A5B0B42989C49E1EF2332ED</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>