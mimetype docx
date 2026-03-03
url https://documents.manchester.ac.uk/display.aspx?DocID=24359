--- v1 (2025-11-21)
+++ v2 (2026-03-03)
@@ -218,394 +218,411 @@
             </w:r>
             <w:r w:rsidR="000251B2" w:rsidRPr="000251B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B488EC8" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00022341">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10D2C71F" w14:textId="4466EAC0" w:rsidR="002D648C" w:rsidRPr="00F530F6" w:rsidRDefault="00716B21" w:rsidP="00C71DD0">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="4CCE4723" w14:textId="0A55244C" w:rsidR="00930E87" w:rsidRDefault="00930E87" w:rsidP="00373772">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F530F6">
+      <w:r w:rsidRPr="00FB7F33">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>*</w:t>
+        <w:t xml:space="preserve">This form should be used for </w:t>
       </w:r>
-      <w:r w:rsidR="002D648C" w:rsidRPr="00F530F6">
+      <w:r w:rsidR="00744F1B">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>RESTRICTED</w:t>
+        <w:t xml:space="preserve">requested </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F530F6">
+      <w:r w:rsidRPr="00FB7F33">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>*</w:t>
+        <w:t xml:space="preserve">access to University IT facilities </w:t>
       </w:r>
-      <w:r w:rsidR="006C3453" w:rsidRPr="00F530F6">
+      <w:r w:rsidR="00744F1B">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for individuals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7F33">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>who are not paid through the University payroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00461DBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D648C" w:rsidRPr="00F530F6">
+      <w:r w:rsidR="00744F1B">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>This document contains personal data and must be kept secure</w:t>
+        <w:t>and are</w:t>
       </w:r>
-      <w:r w:rsidR="009503B0" w:rsidRPr="00F530F6">
+      <w:r w:rsidR="002E5FC3">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ly</w:t>
+        <w:t xml:space="preserve"> either; </w:t>
+      </w:r>
+      <w:r w:rsidR="008209EA" w:rsidRPr="002E5FC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agency Staff (temps), NHS Employees </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5FC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="008209EA" w:rsidRPr="002E5FC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Work Experience</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5FC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00461DBC" w:rsidRPr="00FB7F33">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It </w:t>
+      </w:r>
+      <w:r w:rsidR="00461DBC" w:rsidRPr="005B7BCA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>must not</w:t>
+      </w:r>
+      <w:r w:rsidR="00461DBC" w:rsidRPr="00FB7F33">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used for Academic &amp; Affiliate Visitors or Honorary Appointments.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B19000A" w14:textId="77777777" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00022341">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="0F3BF9F5" w14:textId="77777777" w:rsidR="00461DBC" w:rsidRPr="005B7BCA" w:rsidRDefault="00461DBC" w:rsidP="00373772">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5174B860" w14:textId="24014FC8" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
-      <w:pPr>
+    <w:p w14:paraId="682180B7" w14:textId="5A04E482" w:rsidR="00B05611" w:rsidRPr="00F530F6" w:rsidRDefault="005245F6" w:rsidP="00373772">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F530F6">
+      <w:r w:rsidRPr="00FB7F33">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For queries and to submit your completed form, go to the People Connect Portal at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00FB7F33">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>People Services - General Request Form - Connect</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FB7F33">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in the ‘Request Details’ select ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4607">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Honorary or Emeritus Roles &amp; IT Access’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7F33">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4607">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IT </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4607" w:rsidRPr="00B05611">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Access</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B05611">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’.  You must also upload </w:t>
+      </w:r>
+      <w:r w:rsidR="00B05611" w:rsidRPr="00B05611">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a copy of </w:t>
+      </w:r>
+      <w:r w:rsidR="0015761E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the individual’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B05611" w:rsidRPr="00B05611">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This form should be used for people requiring access to University IT facilities who are not paid through the University payroll </w:t>
+        <w:t>photographic identification and where relevant if not a British</w:t>
       </w:r>
-      <w:r w:rsidR="00960464">
+      <w:r w:rsidR="00C82B3F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>in specific circumstances as below</w:t>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00EE5381">
+      <w:r w:rsidR="00B05611" w:rsidRPr="00B05611">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  It must not be used for Academic &amp; Affiliate Visitors or </w:t>
+        <w:t xml:space="preserve">Irish citizen, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F530F6">
+      <w:r w:rsidR="0015761E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Honorary Appointments</w:t>
+        <w:t xml:space="preserve">their </w:t>
       </w:r>
-      <w:r w:rsidR="00EE5381">
+      <w:r w:rsidR="00B05611" w:rsidRPr="00B05611">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>immigration status/right of abode in the UK</w:t>
       </w:r>
-    </w:p>
-[...126 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00CF4856">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> document</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05611" w:rsidRPr="00B05611">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> in the UK.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD80D09" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="0052534E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9918"/>
       </w:tblGrid>
       <w:tr w:rsidR="009503B0" w:rsidRPr="00F530F6" w14:paraId="2C40509D" w14:textId="77777777" w:rsidTr="00AC50E9">
         <w:trPr>
           <w:trHeight w:val="2324"/>
@@ -1011,51 +1028,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, that the privacy of individuals whose data the University holds is protected and that you personally comply with rules around the misuse of computerised systems. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3664BB14" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="00AC50E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Your line manager will be able to provide further information or guidance can be found at:  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00F530F6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>http://www.dataprotection.manchester.ac.uk/policiesandprocedures/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61C42A44" w14:textId="77777777" w:rsidR="009503B0" w:rsidRPr="00F530F6" w:rsidRDefault="009503B0" w:rsidP="0052534E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1894,50 +1911,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="451EAE08" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7699" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44A3AA86" w14:textId="77777777" w:rsidR="000D57AB" w:rsidRPr="00F530F6" w:rsidRDefault="000D57AB" w:rsidP="00B32296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="448E32C8" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341">
       <w:pPr>
         <w:rPr>
@@ -1973,51 +1991,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9967" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B89EA89" w14:textId="0F303E3F" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>DECLARATION</w:t>
             </w:r>
             <w:r w:rsidR="00763927">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54F75E36" w14:textId="77777777" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F530F6">
               <w:rPr>
@@ -2028,51 +2045,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I wish to apply for a University of Manchester IT Account for the period specified.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6904E5CD" w14:textId="30E632A8" w:rsidR="00022341" w:rsidRPr="00F530F6" w:rsidRDefault="00022341" w:rsidP="00022341">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">I have read, understood and agree to abide by the terms above and the University of Manchester Information Governance and IT Security Policies: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00F530F6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>http://www.itservices.manchester.ac.uk/our-services/security/policy/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F530F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00022341" w:rsidRPr="00F530F6" w14:paraId="7883226E" w14:textId="77777777" w:rsidTr="003C653A">
         <w:trPr>
@@ -4485,260 +4502,94 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2314" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="314B376B" w14:textId="14F2A4DD" w:rsidR="00677D70" w:rsidRPr="00F530F6" w:rsidRDefault="00677D70" w:rsidP="00677D70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E4EC662" w14:textId="77777777" w:rsidR="00F647BA" w:rsidRPr="00F530F6" w:rsidRDefault="00F647BA" w:rsidP="00BE726F">
-[...10 lines deleted...]
-    <w:p w14:paraId="2CA2FD56" w14:textId="77777777" w:rsidR="004E6340" w:rsidRPr="00F530F6" w:rsidRDefault="000C2D57" w:rsidP="00BE726F">
+    <w:p w14:paraId="713D7DE2" w14:textId="5A6060D7" w:rsidR="000C2D57" w:rsidRPr="00BE726F" w:rsidRDefault="00437FF6" w:rsidP="00BE726F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F530F6">
-[...58 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00F530F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B027B" w:rsidRPr="00F530F6">
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="713D7DE2" w14:textId="4383E085" w:rsidR="000C2D57" w:rsidRPr="00BE726F" w:rsidRDefault="004E6340" w:rsidP="00BE726F">
-[...76 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId17"/>
+    <w:sectPr w:rsidR="000C2D57" w:rsidRPr="00BE726F" w:rsidSect="00373772">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="567" w:right="1134" w:bottom="851" w:left="1134" w:header="397" w:footer="454" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1134" w:bottom="851" w:left="1134" w:header="397" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B1DF4E6" w14:textId="77777777" w:rsidR="0099552C" w:rsidRPr="00F530F6" w:rsidRDefault="0099552C" w:rsidP="00A275FD">
+    <w:p w14:paraId="2D1FD140" w14:textId="77777777" w:rsidR="001E0E22" w:rsidRPr="00F530F6" w:rsidRDefault="001E0E22" w:rsidP="00A275FD">
       <w:r w:rsidRPr="00F530F6">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4908A6AD" w14:textId="77777777" w:rsidR="0099552C" w:rsidRPr="00F530F6" w:rsidRDefault="0099552C" w:rsidP="00A275FD">
+    <w:p w14:paraId="1FC43B5C" w14:textId="77777777" w:rsidR="001E0E22" w:rsidRPr="00F530F6" w:rsidRDefault="001E0E22" w:rsidP="00A275FD">
       <w:r w:rsidRPr="00F530F6">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -4781,144 +4632,138 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4B0CAFAC" w14:textId="6CFC41E4" w:rsidR="00DA428C" w:rsidRPr="007921FA" w:rsidRDefault="007921FA" w:rsidP="007921FA">
+  <w:p w14:paraId="4B0CAFAC" w14:textId="4E146BD1" w:rsidR="00DA428C" w:rsidRPr="007921FA" w:rsidRDefault="007921FA" w:rsidP="007921FA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="009E330D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Global Mobility: </w:t>
+      <w:t>Global Mobility</w:t>
     </w:r>
-    <w:r w:rsidR="00584228">
+    <w:r w:rsidR="00373772">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>IT Account</w:t>
+      <w:t xml:space="preserve"> Form</w:t>
     </w:r>
-    <w:r w:rsidR="00941288">
+    <w:r w:rsidRPr="009E330D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Application </w:t>
+      <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="00196042">
+    <w:r w:rsidR="00584228">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Form</w:t>
+      <w:t>IT Account</w:t>
     </w:r>
-    <w:r w:rsidRPr="009E330D">
+    <w:r w:rsidR="00941288">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">      </w:t>
+      <w:t xml:space="preserve"> Application</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009E330D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidRPr="009E330D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised: </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00373772">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>05</w:t>
+      <w:t>30.01.2026</w:t>
     </w:r>
     <w:r w:rsidRPr="009E330D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>.</w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve">.2025      Page </w:t>
+      <w:t xml:space="preserve">      Page </w:t>
     </w:r>
     <w:r w:rsidRPr="009E330D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="009E330D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="009E330D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
@@ -5047,58 +4892,58 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="525895" cy="245745"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FEE5B76" w14:textId="77777777" w:rsidR="0099552C" w:rsidRPr="00F530F6" w:rsidRDefault="0099552C" w:rsidP="00A275FD">
+    <w:p w14:paraId="711FE11C" w14:textId="77777777" w:rsidR="001E0E22" w:rsidRPr="00F530F6" w:rsidRDefault="001E0E22" w:rsidP="00A275FD">
       <w:r w:rsidRPr="00F530F6">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BB2E438" w14:textId="77777777" w:rsidR="0099552C" w:rsidRPr="00F530F6" w:rsidRDefault="0099552C" w:rsidP="00A275FD">
+    <w:p w14:paraId="37866C13" w14:textId="77777777" w:rsidR="001E0E22" w:rsidRPr="00F530F6" w:rsidRDefault="001E0E22" w:rsidP="00A275FD">
       <w:r w:rsidRPr="00F530F6">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A94A18A" w14:textId="77777777" w:rsidR="00062F12" w:rsidRPr="00F530F6" w:rsidRDefault="00062F12" w:rsidP="00062F12">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6060,297 +5905,315 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0052534E"/>
     <w:rsid w:val="0001472D"/>
     <w:rsid w:val="00022341"/>
     <w:rsid w:val="00023F7D"/>
     <w:rsid w:val="000251B2"/>
     <w:rsid w:val="00030C38"/>
     <w:rsid w:val="00042BD6"/>
     <w:rsid w:val="00057011"/>
     <w:rsid w:val="00060185"/>
     <w:rsid w:val="00062F12"/>
     <w:rsid w:val="00072531"/>
     <w:rsid w:val="00073C9A"/>
     <w:rsid w:val="000B082D"/>
     <w:rsid w:val="000C2D57"/>
     <w:rsid w:val="000C56E9"/>
     <w:rsid w:val="000D57AB"/>
     <w:rsid w:val="000D7BDE"/>
     <w:rsid w:val="000F0508"/>
     <w:rsid w:val="001135ED"/>
     <w:rsid w:val="001142A6"/>
-    <w:rsid w:val="00115568"/>
     <w:rsid w:val="00115721"/>
     <w:rsid w:val="001344B7"/>
     <w:rsid w:val="00155D49"/>
+    <w:rsid w:val="0015761E"/>
     <w:rsid w:val="00162FEE"/>
     <w:rsid w:val="001865D8"/>
     <w:rsid w:val="00191F1E"/>
     <w:rsid w:val="00193BAA"/>
     <w:rsid w:val="00194306"/>
     <w:rsid w:val="00196042"/>
     <w:rsid w:val="001B22B0"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="001D4387"/>
+    <w:rsid w:val="001E0E22"/>
     <w:rsid w:val="001E4D61"/>
     <w:rsid w:val="002013C5"/>
     <w:rsid w:val="002077B1"/>
     <w:rsid w:val="00213FF0"/>
     <w:rsid w:val="00215FDA"/>
     <w:rsid w:val="002208DA"/>
     <w:rsid w:val="0024713F"/>
+    <w:rsid w:val="002B018D"/>
     <w:rsid w:val="002B2128"/>
     <w:rsid w:val="002C50CC"/>
     <w:rsid w:val="002D118C"/>
     <w:rsid w:val="002D648C"/>
     <w:rsid w:val="002E008D"/>
     <w:rsid w:val="002E0AAF"/>
     <w:rsid w:val="002E1C0D"/>
+    <w:rsid w:val="002E5FC3"/>
     <w:rsid w:val="00316E63"/>
     <w:rsid w:val="00323A2D"/>
     <w:rsid w:val="003439BF"/>
     <w:rsid w:val="0035012F"/>
     <w:rsid w:val="00372A26"/>
+    <w:rsid w:val="00373772"/>
     <w:rsid w:val="003822DA"/>
+    <w:rsid w:val="003867C0"/>
     <w:rsid w:val="00386D78"/>
     <w:rsid w:val="003A2450"/>
     <w:rsid w:val="003D5DAC"/>
     <w:rsid w:val="00405535"/>
     <w:rsid w:val="0043182F"/>
     <w:rsid w:val="00437FF6"/>
     <w:rsid w:val="00450AC4"/>
     <w:rsid w:val="00452F2B"/>
     <w:rsid w:val="00460930"/>
+    <w:rsid w:val="00461DBC"/>
     <w:rsid w:val="004769CD"/>
     <w:rsid w:val="00484689"/>
     <w:rsid w:val="00487A19"/>
     <w:rsid w:val="00487AC5"/>
     <w:rsid w:val="00490705"/>
     <w:rsid w:val="00492BBF"/>
     <w:rsid w:val="004B0100"/>
     <w:rsid w:val="004B6086"/>
     <w:rsid w:val="004B75C7"/>
     <w:rsid w:val="004D0505"/>
     <w:rsid w:val="004D4434"/>
     <w:rsid w:val="004D5B90"/>
     <w:rsid w:val="004D6181"/>
     <w:rsid w:val="004D74BB"/>
     <w:rsid w:val="004E6340"/>
     <w:rsid w:val="004F4068"/>
     <w:rsid w:val="004F726B"/>
     <w:rsid w:val="0050149E"/>
+    <w:rsid w:val="00505460"/>
     <w:rsid w:val="00506090"/>
     <w:rsid w:val="0051149C"/>
     <w:rsid w:val="00517177"/>
+    <w:rsid w:val="005245F6"/>
     <w:rsid w:val="0052534E"/>
     <w:rsid w:val="005327C9"/>
     <w:rsid w:val="00533B0C"/>
     <w:rsid w:val="005415EE"/>
     <w:rsid w:val="005475B9"/>
     <w:rsid w:val="005568DF"/>
     <w:rsid w:val="00561378"/>
     <w:rsid w:val="00567297"/>
     <w:rsid w:val="00571E27"/>
     <w:rsid w:val="00584228"/>
     <w:rsid w:val="005A4453"/>
     <w:rsid w:val="005B6F3D"/>
+    <w:rsid w:val="005B7BCA"/>
     <w:rsid w:val="005C6E97"/>
-    <w:rsid w:val="005D06D8"/>
+    <w:rsid w:val="005D4AF2"/>
     <w:rsid w:val="005E2FE9"/>
     <w:rsid w:val="005F58C6"/>
     <w:rsid w:val="006137B5"/>
     <w:rsid w:val="006138EF"/>
     <w:rsid w:val="00617E3D"/>
     <w:rsid w:val="006507A7"/>
     <w:rsid w:val="00666ECD"/>
     <w:rsid w:val="00677D70"/>
     <w:rsid w:val="00684C8C"/>
     <w:rsid w:val="00687EBE"/>
     <w:rsid w:val="00692705"/>
     <w:rsid w:val="00696C96"/>
     <w:rsid w:val="006A0889"/>
     <w:rsid w:val="006A2F35"/>
     <w:rsid w:val="006C04C1"/>
     <w:rsid w:val="006C3453"/>
+    <w:rsid w:val="006C4607"/>
     <w:rsid w:val="006C59AB"/>
     <w:rsid w:val="006C7A0D"/>
     <w:rsid w:val="006E59C0"/>
     <w:rsid w:val="006F13E8"/>
     <w:rsid w:val="00700692"/>
     <w:rsid w:val="00712FF9"/>
     <w:rsid w:val="00716B21"/>
     <w:rsid w:val="00722772"/>
     <w:rsid w:val="00722888"/>
     <w:rsid w:val="00723ED4"/>
     <w:rsid w:val="00727C84"/>
+    <w:rsid w:val="00744F1B"/>
     <w:rsid w:val="007471C2"/>
     <w:rsid w:val="00763927"/>
     <w:rsid w:val="00777D6A"/>
     <w:rsid w:val="00790158"/>
     <w:rsid w:val="007921FA"/>
     <w:rsid w:val="00795C6B"/>
     <w:rsid w:val="007968CA"/>
     <w:rsid w:val="00796A2B"/>
     <w:rsid w:val="007A7E9C"/>
     <w:rsid w:val="007E5F0D"/>
     <w:rsid w:val="007F5623"/>
+    <w:rsid w:val="008209EA"/>
     <w:rsid w:val="00824183"/>
     <w:rsid w:val="0083167C"/>
     <w:rsid w:val="00834093"/>
     <w:rsid w:val="0083778D"/>
     <w:rsid w:val="00864E66"/>
     <w:rsid w:val="00865969"/>
     <w:rsid w:val="00884577"/>
     <w:rsid w:val="0088465F"/>
     <w:rsid w:val="00894D87"/>
     <w:rsid w:val="008A2CB2"/>
     <w:rsid w:val="008B3C1A"/>
     <w:rsid w:val="008D057C"/>
     <w:rsid w:val="008F0DB6"/>
     <w:rsid w:val="008F4FEB"/>
     <w:rsid w:val="009007FD"/>
     <w:rsid w:val="00911568"/>
+    <w:rsid w:val="00930E87"/>
     <w:rsid w:val="00941288"/>
     <w:rsid w:val="009435B9"/>
     <w:rsid w:val="00945F35"/>
     <w:rsid w:val="00945FB4"/>
     <w:rsid w:val="00950196"/>
     <w:rsid w:val="009503B0"/>
     <w:rsid w:val="00960464"/>
     <w:rsid w:val="009773C8"/>
     <w:rsid w:val="00983BBA"/>
     <w:rsid w:val="00987CBB"/>
     <w:rsid w:val="0099552C"/>
     <w:rsid w:val="009955AD"/>
     <w:rsid w:val="009B027B"/>
     <w:rsid w:val="009B6345"/>
     <w:rsid w:val="009C250A"/>
     <w:rsid w:val="009C66DE"/>
     <w:rsid w:val="009C6A8A"/>
     <w:rsid w:val="009D0BFD"/>
     <w:rsid w:val="009E4610"/>
     <w:rsid w:val="00A020F8"/>
     <w:rsid w:val="00A032F4"/>
     <w:rsid w:val="00A110CF"/>
     <w:rsid w:val="00A16E38"/>
     <w:rsid w:val="00A275FD"/>
     <w:rsid w:val="00A47E24"/>
     <w:rsid w:val="00A510BC"/>
     <w:rsid w:val="00A54D0A"/>
     <w:rsid w:val="00A576B2"/>
     <w:rsid w:val="00A7236E"/>
     <w:rsid w:val="00A8003B"/>
     <w:rsid w:val="00A9006E"/>
     <w:rsid w:val="00AA1B19"/>
     <w:rsid w:val="00AA3F8E"/>
     <w:rsid w:val="00AB70F2"/>
     <w:rsid w:val="00AC50E9"/>
     <w:rsid w:val="00AD5AB0"/>
     <w:rsid w:val="00AD6AF8"/>
     <w:rsid w:val="00AF5488"/>
     <w:rsid w:val="00AF6A96"/>
+    <w:rsid w:val="00B05611"/>
     <w:rsid w:val="00B205FB"/>
     <w:rsid w:val="00B30A70"/>
     <w:rsid w:val="00B30FE3"/>
     <w:rsid w:val="00B32296"/>
     <w:rsid w:val="00B33918"/>
     <w:rsid w:val="00B353B0"/>
     <w:rsid w:val="00B3698B"/>
     <w:rsid w:val="00B46D40"/>
     <w:rsid w:val="00B52ED6"/>
     <w:rsid w:val="00B62B68"/>
     <w:rsid w:val="00B661D4"/>
     <w:rsid w:val="00B759B5"/>
     <w:rsid w:val="00B805F7"/>
     <w:rsid w:val="00BE2029"/>
     <w:rsid w:val="00BE726F"/>
     <w:rsid w:val="00BF2EA2"/>
     <w:rsid w:val="00C03D17"/>
     <w:rsid w:val="00C22CBA"/>
     <w:rsid w:val="00C240D7"/>
     <w:rsid w:val="00C2437A"/>
     <w:rsid w:val="00C276CF"/>
     <w:rsid w:val="00C278D2"/>
     <w:rsid w:val="00C52A38"/>
     <w:rsid w:val="00C71DD0"/>
     <w:rsid w:val="00C76A22"/>
+    <w:rsid w:val="00C82B3F"/>
     <w:rsid w:val="00C933EF"/>
     <w:rsid w:val="00C96564"/>
     <w:rsid w:val="00CA5D70"/>
     <w:rsid w:val="00CB575E"/>
     <w:rsid w:val="00CD057D"/>
     <w:rsid w:val="00CD347C"/>
     <w:rsid w:val="00CF0277"/>
     <w:rsid w:val="00CF1268"/>
     <w:rsid w:val="00CF47FE"/>
+    <w:rsid w:val="00CF4856"/>
     <w:rsid w:val="00CF5208"/>
     <w:rsid w:val="00D059AA"/>
     <w:rsid w:val="00D445FC"/>
     <w:rsid w:val="00D45A72"/>
     <w:rsid w:val="00D672DD"/>
     <w:rsid w:val="00D6739C"/>
     <w:rsid w:val="00D92B20"/>
     <w:rsid w:val="00D96258"/>
     <w:rsid w:val="00DA428C"/>
     <w:rsid w:val="00DA6F87"/>
     <w:rsid w:val="00DB4D2F"/>
     <w:rsid w:val="00DB6497"/>
     <w:rsid w:val="00DC55D3"/>
     <w:rsid w:val="00E24B37"/>
     <w:rsid w:val="00E310B3"/>
     <w:rsid w:val="00E3330C"/>
     <w:rsid w:val="00E37424"/>
     <w:rsid w:val="00E467DD"/>
     <w:rsid w:val="00E54AC0"/>
     <w:rsid w:val="00E62F19"/>
     <w:rsid w:val="00E717FF"/>
     <w:rsid w:val="00E73DEE"/>
     <w:rsid w:val="00E771D8"/>
     <w:rsid w:val="00EC3B30"/>
     <w:rsid w:val="00EC5AF0"/>
     <w:rsid w:val="00ED6C8C"/>
     <w:rsid w:val="00EE3FEF"/>
     <w:rsid w:val="00EE5381"/>
     <w:rsid w:val="00EF5BB2"/>
     <w:rsid w:val="00EF6077"/>
     <w:rsid w:val="00F047E6"/>
     <w:rsid w:val="00F102A5"/>
     <w:rsid w:val="00F104CD"/>
     <w:rsid w:val="00F14BA4"/>
     <w:rsid w:val="00F22E33"/>
     <w:rsid w:val="00F23E89"/>
+    <w:rsid w:val="00F247B2"/>
     <w:rsid w:val="00F2615B"/>
     <w:rsid w:val="00F530F6"/>
     <w:rsid w:val="00F647BA"/>
     <w:rsid w:val="00F84E9F"/>
     <w:rsid w:val="00F86017"/>
     <w:rsid w:val="00FA3D21"/>
     <w:rsid w:val="00FA77EB"/>
+    <w:rsid w:val="00FB7F33"/>
     <w:rsid w:val="00FC5B14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -7028,51 +6891,51 @@
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004E6340"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itservices.manchester.ac.uk/our-services/security/policy/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dataprotection.manchester.ac.uk/policiesandprocedures/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:People-od.operations@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:People.globalmobility@manchester.ac.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dataprotection.manchester.ac.uk/policiesandprocedures/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchester.service-now.com/esc?id=sc_cat_item&amp;sys_id=fcd95c711bb9661002ea404cd34bcb64" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itservices.manchester.ac.uk/our-services/security/policy/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7335,56 +7198,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD92DCA99A5B0B42989C49E1EF2332ED" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f27004ad082fc89068ed7eb6fefeff3">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0286d494-7c06-4f3f-8725-392cc8b29423" xmlns:ns3="5641d3a0-4cdf-4627-8fdf-840090582e60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1c64941f12dc60c19fea3e436e6bb78" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD92DCA99A5B0B42989C49E1EF2332ED" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4fc8271269f93123d532583a8ed60b3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0286d494-7c06-4f3f-8725-392cc8b29423" xmlns:ns3="5641d3a0-4cdf-4627-8fdf-840090582e60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c909f256b5ea13441f907fe827372360" ns2:_="" ns3:_="">
     <xsd:import namespace="0286d494-7c06-4f3f-8725-392cc8b29423"/>
     <xsd:import namespace="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7582,145 +7450,140 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0286d494-7c06-4f3f-8725-392cc8b29423">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5641d3a0-4cdf-4627-8fdf-840090582e60" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06AB7141-AC13-4CF5-AEE6-2C63E096DAD1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5045AA0-49F9-4714-AA47-EE4123BEF717}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{639EF3B4-B88D-4DF3-800A-8A766C34EF01}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5D79D9D-3ABD-4E1E-A2D8-FFBA3848D61D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
     <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5045AA0-49F9-4714-AA47-EE4123BEF717}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06AB7141-AC13-4CF5-AEE6-2C63E096DAD1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2559319-199A-4F7B-A221-315814B86070}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
     <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>845</Words>
-  <Characters>4861</Characters>
+  <Words>856</Words>
+  <Characters>4832</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>87</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>169</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5648</CharactersWithSpaces>
+  <CharactersWithSpaces>5633</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Michele Owen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DD92DCA99A5B0B42989C49E1EF2332ED</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>