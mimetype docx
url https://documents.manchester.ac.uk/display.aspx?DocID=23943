--- v0 (2025-11-28)
+++ v1 (2026-03-01)
@@ -298,192 +298,206 @@
       </w:pPr>
       <w:r w:rsidRPr="003672D5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>If you are applying (any type of current visa) for ILR you can apply for a loan of up to £10,000 for yourself and your dependant(s) visa application costs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0575E94F" w14:textId="77777777" w:rsidR="003F0441" w:rsidRPr="003F0441" w:rsidRDefault="003F0441" w:rsidP="003D2736">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52CA3BA6" w14:textId="25600CDC" w:rsidR="00D848CA" w:rsidRDefault="00CB3200" w:rsidP="003D2736">
+    <w:p w14:paraId="52CA3BA6" w14:textId="711B1ABC" w:rsidR="00D848CA" w:rsidRDefault="009B0E1C" w:rsidP="003D2736">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">You must have already </w:t>
-[...81 lines deleted...]
-        <w:t>attach copies of receipts showing confirmation of payments, we are unable to accept bank or credit card statements as evidence.  F</w:t>
+        <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00D848CA" w:rsidRPr="003F0441">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">or queries or advice regarding </w:t>
+        <w:t xml:space="preserve">or queries </w:t>
+      </w:r>
+      <w:r w:rsidR="0020523B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">and to submit </w:t>
       </w:r>
       <w:r w:rsidR="00F11195" w:rsidRPr="003F0441">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
+      <w:r w:rsidR="0020523B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed </w:t>
+      </w:r>
       <w:r w:rsidR="00D848CA" w:rsidRPr="003F0441">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> loan application you can contact </w:t>
+        <w:t xml:space="preserve">loan application </w:t>
+      </w:r>
+      <w:r w:rsidR="009879F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">go to the </w:t>
+      </w:r>
+      <w:r w:rsidR="009F72AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>People Connect Portal</w:t>
+      </w:r>
+      <w:r w:rsidR="00242A02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2C70">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00D848CA" w:rsidRPr="003F0441">
+        <w:r w:rsidR="00242A02" w:rsidRPr="00242A02">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
-          <w:t>people.globalmobility@manchester.ac.uk</w:t>
+          <w:t>People Services - General Request Form - Connect</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D848CA" w:rsidRPr="003F0441">
+      <w:r w:rsidR="00242A02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008662B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>‘Request Details’</w:t>
+      </w:r>
+      <w:r w:rsidR="008662B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> select </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>‘Global Mobility’ and ‘Visa Fees or Loans’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51D14">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5206">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  You must also upload copies of all receipts/invoices showing confirmation of payments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="348003DC" w14:textId="77777777" w:rsidR="003F0441" w:rsidRPr="003F0441" w:rsidRDefault="003F0441" w:rsidP="003F0441">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10194"/>
       </w:tblGrid>
       <w:tr w:rsidR="009F48A1" w:rsidRPr="00A95867" w14:paraId="20FC2B1D" w14:textId="77777777" w:rsidTr="00A95867">
         <w:trPr>
@@ -1465,51 +1479,71 @@
             <w:r w:rsidRPr="0029102E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">instalment amount for the loan you are applying for below. You can also payback your loan faster if you choose </w:t>
             </w:r>
             <w:r w:rsidR="00D234C6" w:rsidRPr="0029102E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:r w:rsidRPr="0029102E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>by indicating this in the adjusted payback period column.</w:t>
+              <w:t xml:space="preserve">by </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0029102E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>indicating</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029102E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this in the adjusted payback period column.</w:t>
             </w:r>
             <w:r w:rsidR="00281B90" w:rsidRPr="0029102E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Deductions must not take you</w:t>
             </w:r>
             <w:r w:rsidR="00FA7C7E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">r salary </w:t>
             </w:r>
             <w:r w:rsidR="00281B90" w:rsidRPr="0029102E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4966,61 +5000,61 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32325C7B" w14:textId="77777777" w:rsidR="00000C64" w:rsidRDefault="00000C64" w:rsidP="001D6F43"/>
     <w:sectPr w:rsidR="00000C64" w:rsidSect="001D6F43">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="454" w:right="851" w:bottom="454" w:left="851" w:header="709" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CC1DA9F" w14:textId="77777777" w:rsidR="004D147B" w:rsidRDefault="004D147B" w:rsidP="000630E7">
+    <w:p w14:paraId="2EB8EDB2" w14:textId="77777777" w:rsidR="006950CD" w:rsidRDefault="006950CD" w:rsidP="000630E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AC4D3C2" w14:textId="77777777" w:rsidR="004D147B" w:rsidRDefault="004D147B" w:rsidP="000630E7">
+    <w:p w14:paraId="5DBC1E5B" w14:textId="77777777" w:rsidR="006950CD" w:rsidRDefault="006950CD" w:rsidP="000630E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5035,113 +5069,119 @@
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="73F2046A" w14:textId="0EAE0EE8" w:rsidR="000630E7" w:rsidRPr="000630E7" w:rsidRDefault="000630E7" w:rsidP="000630E7">
+  <w:p w14:paraId="73F2046A" w14:textId="5CAF659C" w:rsidR="000630E7" w:rsidRPr="000630E7" w:rsidRDefault="000630E7" w:rsidP="000630E7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Global Mobility      </w:t>
+      <w:t>Global Mobility</w:t>
     </w:r>
-    <w:r w:rsidR="00584E38">
+    <w:r w:rsidR="00382631">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>31</w:t>
+      <w:t xml:space="preserve"> Form: Visa Loan Application</w:t>
     </w:r>
-    <w:r w:rsidR="00274724">
+    <w:r w:rsidR="005171AD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>.07</w:t>
+      <w:t xml:space="preserve">      </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="005171AD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        <w:b/>
-        <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>.2025</w:t>
+      <w:t>Version: 3.0      Revised</w:t>
+    </w:r>
+    <w:r w:rsidR="00CD4762">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>: 29.01.2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1"/>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00C23119">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -5287,61 +5327,61 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="547192" cy="255697"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79BD4417" w14:textId="77777777" w:rsidR="004D147B" w:rsidRDefault="004D147B" w:rsidP="000630E7">
+    <w:p w14:paraId="21AC24BB" w14:textId="77777777" w:rsidR="006950CD" w:rsidRDefault="006950CD" w:rsidP="000630E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F687B96" w14:textId="77777777" w:rsidR="004D147B" w:rsidRDefault="004D147B" w:rsidP="000630E7">
+    <w:p w14:paraId="6B08198D" w14:textId="77777777" w:rsidR="006950CD" w:rsidRDefault="006950CD" w:rsidP="000630E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29154C87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50A2B536"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -5810,314 +5850,336 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F48A1"/>
     <w:rsid w:val="00000C64"/>
     <w:rsid w:val="000076D9"/>
     <w:rsid w:val="00007FEC"/>
     <w:rsid w:val="0001711D"/>
     <w:rsid w:val="00021AC1"/>
     <w:rsid w:val="0002670D"/>
     <w:rsid w:val="00057020"/>
     <w:rsid w:val="000630E7"/>
+    <w:rsid w:val="00067205"/>
     <w:rsid w:val="00074D07"/>
     <w:rsid w:val="00077C11"/>
     <w:rsid w:val="000B2117"/>
     <w:rsid w:val="000B2483"/>
     <w:rsid w:val="000C2267"/>
     <w:rsid w:val="000D0B3D"/>
     <w:rsid w:val="000D50A6"/>
     <w:rsid w:val="000F513D"/>
     <w:rsid w:val="001130FE"/>
     <w:rsid w:val="00132C8B"/>
     <w:rsid w:val="00154AAA"/>
     <w:rsid w:val="0017683B"/>
     <w:rsid w:val="00177CFD"/>
     <w:rsid w:val="00187C97"/>
     <w:rsid w:val="00193179"/>
     <w:rsid w:val="001A76B2"/>
     <w:rsid w:val="001B1612"/>
+    <w:rsid w:val="001B3922"/>
     <w:rsid w:val="001C6432"/>
     <w:rsid w:val="001D6F43"/>
     <w:rsid w:val="001E3E01"/>
     <w:rsid w:val="001F7119"/>
     <w:rsid w:val="001F7450"/>
     <w:rsid w:val="002004A1"/>
+    <w:rsid w:val="0020523B"/>
     <w:rsid w:val="00210239"/>
     <w:rsid w:val="00215A1A"/>
+    <w:rsid w:val="00242A02"/>
     <w:rsid w:val="00250887"/>
     <w:rsid w:val="00257416"/>
     <w:rsid w:val="00274724"/>
     <w:rsid w:val="0027772A"/>
     <w:rsid w:val="00280446"/>
     <w:rsid w:val="0028140E"/>
     <w:rsid w:val="00281B90"/>
     <w:rsid w:val="00282269"/>
     <w:rsid w:val="0029102E"/>
+    <w:rsid w:val="002A4B06"/>
     <w:rsid w:val="002B0332"/>
     <w:rsid w:val="002D790A"/>
     <w:rsid w:val="002E64E7"/>
     <w:rsid w:val="002F151F"/>
     <w:rsid w:val="002F18C1"/>
     <w:rsid w:val="00307307"/>
     <w:rsid w:val="00316218"/>
     <w:rsid w:val="00320E91"/>
     <w:rsid w:val="003344E7"/>
     <w:rsid w:val="00337E7B"/>
     <w:rsid w:val="0034689F"/>
     <w:rsid w:val="00350D86"/>
     <w:rsid w:val="00353EE1"/>
     <w:rsid w:val="00355275"/>
     <w:rsid w:val="003672D5"/>
     <w:rsid w:val="0037054D"/>
     <w:rsid w:val="00380C2B"/>
+    <w:rsid w:val="00382631"/>
     <w:rsid w:val="003847E2"/>
     <w:rsid w:val="003A0B5E"/>
     <w:rsid w:val="003A3C14"/>
     <w:rsid w:val="003A3E5B"/>
     <w:rsid w:val="003A7BBE"/>
     <w:rsid w:val="003C70D6"/>
     <w:rsid w:val="003D1EB8"/>
     <w:rsid w:val="003D2736"/>
     <w:rsid w:val="003E2639"/>
     <w:rsid w:val="003E28CB"/>
     <w:rsid w:val="003F0441"/>
     <w:rsid w:val="003F3EEC"/>
     <w:rsid w:val="003F6771"/>
     <w:rsid w:val="00430CEE"/>
     <w:rsid w:val="00434956"/>
     <w:rsid w:val="0045175B"/>
     <w:rsid w:val="0048131A"/>
     <w:rsid w:val="004837A9"/>
     <w:rsid w:val="00485036"/>
     <w:rsid w:val="004A389D"/>
     <w:rsid w:val="004C42E4"/>
+    <w:rsid w:val="004C5206"/>
     <w:rsid w:val="004D147B"/>
     <w:rsid w:val="004E0C35"/>
     <w:rsid w:val="004E1EBA"/>
     <w:rsid w:val="004F12BC"/>
+    <w:rsid w:val="005171AD"/>
     <w:rsid w:val="005317AC"/>
+    <w:rsid w:val="00540BE3"/>
     <w:rsid w:val="00551215"/>
     <w:rsid w:val="00561828"/>
     <w:rsid w:val="0057022F"/>
     <w:rsid w:val="00572F75"/>
     <w:rsid w:val="0057647F"/>
     <w:rsid w:val="00584E38"/>
     <w:rsid w:val="005A1B61"/>
     <w:rsid w:val="005A4381"/>
     <w:rsid w:val="005A4A97"/>
-    <w:rsid w:val="005B621B"/>
     <w:rsid w:val="005D5915"/>
     <w:rsid w:val="005E6520"/>
     <w:rsid w:val="00600222"/>
     <w:rsid w:val="006054FC"/>
     <w:rsid w:val="00613DC7"/>
     <w:rsid w:val="00614525"/>
     <w:rsid w:val="006234C3"/>
     <w:rsid w:val="00625A79"/>
     <w:rsid w:val="00627BC0"/>
     <w:rsid w:val="00637074"/>
     <w:rsid w:val="00644D37"/>
     <w:rsid w:val="006657FF"/>
     <w:rsid w:val="00665C89"/>
     <w:rsid w:val="006762AA"/>
     <w:rsid w:val="0068205B"/>
+    <w:rsid w:val="006950CD"/>
     <w:rsid w:val="006A379C"/>
     <w:rsid w:val="006A5355"/>
     <w:rsid w:val="006B206E"/>
     <w:rsid w:val="006C1F0D"/>
     <w:rsid w:val="006C3FF4"/>
     <w:rsid w:val="006D279D"/>
     <w:rsid w:val="006E79E5"/>
+    <w:rsid w:val="006F2C70"/>
     <w:rsid w:val="006F33DA"/>
     <w:rsid w:val="006F6EB8"/>
     <w:rsid w:val="00703D7A"/>
     <w:rsid w:val="007047F7"/>
     <w:rsid w:val="007068E6"/>
     <w:rsid w:val="00733B6E"/>
     <w:rsid w:val="00736787"/>
     <w:rsid w:val="00737A7B"/>
     <w:rsid w:val="007560DA"/>
     <w:rsid w:val="00756545"/>
     <w:rsid w:val="007739A3"/>
     <w:rsid w:val="00783C0F"/>
     <w:rsid w:val="00786EBE"/>
     <w:rsid w:val="00792722"/>
     <w:rsid w:val="00792A5A"/>
     <w:rsid w:val="00792BA8"/>
     <w:rsid w:val="00796101"/>
     <w:rsid w:val="007A0533"/>
     <w:rsid w:val="007B37E7"/>
     <w:rsid w:val="007B7650"/>
     <w:rsid w:val="007C6790"/>
     <w:rsid w:val="007E16CF"/>
     <w:rsid w:val="007F2C14"/>
     <w:rsid w:val="007F5EC7"/>
     <w:rsid w:val="0080288E"/>
     <w:rsid w:val="00815D6B"/>
     <w:rsid w:val="00830D02"/>
     <w:rsid w:val="00833308"/>
     <w:rsid w:val="00836930"/>
     <w:rsid w:val="00843AA4"/>
     <w:rsid w:val="008466E3"/>
     <w:rsid w:val="00854EAD"/>
     <w:rsid w:val="00860163"/>
+    <w:rsid w:val="008662B7"/>
     <w:rsid w:val="00871F69"/>
     <w:rsid w:val="008727D6"/>
     <w:rsid w:val="008855D3"/>
     <w:rsid w:val="008931E8"/>
     <w:rsid w:val="00893780"/>
+    <w:rsid w:val="00896CA8"/>
     <w:rsid w:val="008B1270"/>
     <w:rsid w:val="008B5161"/>
     <w:rsid w:val="008C757F"/>
     <w:rsid w:val="008E7D10"/>
     <w:rsid w:val="008F1A2C"/>
+    <w:rsid w:val="008F3DF4"/>
     <w:rsid w:val="009032EC"/>
     <w:rsid w:val="00907157"/>
     <w:rsid w:val="00915A06"/>
     <w:rsid w:val="009236EC"/>
     <w:rsid w:val="009335A4"/>
     <w:rsid w:val="00934340"/>
     <w:rsid w:val="00937A74"/>
     <w:rsid w:val="0096390C"/>
     <w:rsid w:val="00967217"/>
     <w:rsid w:val="00970879"/>
     <w:rsid w:val="009863BA"/>
     <w:rsid w:val="00986C79"/>
+    <w:rsid w:val="009879F4"/>
     <w:rsid w:val="00994546"/>
     <w:rsid w:val="009A2B8E"/>
+    <w:rsid w:val="009A396B"/>
     <w:rsid w:val="009A615A"/>
     <w:rsid w:val="009B0E1C"/>
     <w:rsid w:val="009E0ACA"/>
     <w:rsid w:val="009E7360"/>
     <w:rsid w:val="009F48A1"/>
     <w:rsid w:val="009F50C9"/>
+    <w:rsid w:val="009F72AC"/>
     <w:rsid w:val="00A2320D"/>
     <w:rsid w:val="00A377F4"/>
     <w:rsid w:val="00A40314"/>
     <w:rsid w:val="00A477BB"/>
+    <w:rsid w:val="00A51D14"/>
     <w:rsid w:val="00A538D4"/>
+    <w:rsid w:val="00A56E7C"/>
     <w:rsid w:val="00A60DB4"/>
     <w:rsid w:val="00A6326E"/>
     <w:rsid w:val="00A8076D"/>
     <w:rsid w:val="00A82990"/>
     <w:rsid w:val="00A83ACD"/>
+    <w:rsid w:val="00A87D16"/>
     <w:rsid w:val="00A92A4A"/>
     <w:rsid w:val="00A95867"/>
     <w:rsid w:val="00AA58B1"/>
     <w:rsid w:val="00AA7D51"/>
     <w:rsid w:val="00AB0FD0"/>
     <w:rsid w:val="00AB1FED"/>
     <w:rsid w:val="00AD77AE"/>
     <w:rsid w:val="00AF3F05"/>
     <w:rsid w:val="00AF472E"/>
     <w:rsid w:val="00B37CB2"/>
     <w:rsid w:val="00B42418"/>
     <w:rsid w:val="00B54BE0"/>
     <w:rsid w:val="00B5772A"/>
     <w:rsid w:val="00B6212C"/>
     <w:rsid w:val="00B6232B"/>
     <w:rsid w:val="00B7097D"/>
+    <w:rsid w:val="00B74599"/>
     <w:rsid w:val="00B81228"/>
     <w:rsid w:val="00B90814"/>
     <w:rsid w:val="00B975DF"/>
     <w:rsid w:val="00BC57C5"/>
     <w:rsid w:val="00BE1919"/>
     <w:rsid w:val="00BE5BB4"/>
     <w:rsid w:val="00BF0FD0"/>
     <w:rsid w:val="00BF7FF4"/>
     <w:rsid w:val="00C055E6"/>
     <w:rsid w:val="00C14712"/>
     <w:rsid w:val="00C168FB"/>
     <w:rsid w:val="00C2139D"/>
     <w:rsid w:val="00C26CAA"/>
     <w:rsid w:val="00C302BA"/>
     <w:rsid w:val="00C3545E"/>
     <w:rsid w:val="00C53638"/>
     <w:rsid w:val="00C65810"/>
     <w:rsid w:val="00C847F4"/>
+    <w:rsid w:val="00C90CD8"/>
     <w:rsid w:val="00C94658"/>
     <w:rsid w:val="00C95D1E"/>
     <w:rsid w:val="00CB231B"/>
     <w:rsid w:val="00CB3200"/>
     <w:rsid w:val="00CC0E61"/>
     <w:rsid w:val="00CC1088"/>
+    <w:rsid w:val="00CD4762"/>
     <w:rsid w:val="00CE2FA7"/>
     <w:rsid w:val="00CF772F"/>
     <w:rsid w:val="00D16CA4"/>
     <w:rsid w:val="00D234C6"/>
     <w:rsid w:val="00D641EE"/>
     <w:rsid w:val="00D848CA"/>
     <w:rsid w:val="00D9093D"/>
     <w:rsid w:val="00DA02A2"/>
     <w:rsid w:val="00DA6253"/>
     <w:rsid w:val="00DA6E1A"/>
     <w:rsid w:val="00DA700E"/>
     <w:rsid w:val="00DB1B36"/>
     <w:rsid w:val="00DC5F3A"/>
     <w:rsid w:val="00DE126A"/>
     <w:rsid w:val="00DE2E60"/>
     <w:rsid w:val="00DE4D72"/>
     <w:rsid w:val="00DF2641"/>
     <w:rsid w:val="00E0283B"/>
     <w:rsid w:val="00E16BC4"/>
     <w:rsid w:val="00E30F30"/>
-    <w:rsid w:val="00E56A27"/>
+    <w:rsid w:val="00E477BD"/>
     <w:rsid w:val="00E62AA8"/>
     <w:rsid w:val="00E9091B"/>
     <w:rsid w:val="00E97FD1"/>
     <w:rsid w:val="00EB0097"/>
     <w:rsid w:val="00ED65B1"/>
     <w:rsid w:val="00EE01AF"/>
     <w:rsid w:val="00EE72B1"/>
     <w:rsid w:val="00EF031D"/>
     <w:rsid w:val="00F00B3B"/>
     <w:rsid w:val="00F11195"/>
+    <w:rsid w:val="00F247B2"/>
     <w:rsid w:val="00F339E2"/>
     <w:rsid w:val="00F4018F"/>
     <w:rsid w:val="00F50F42"/>
     <w:rsid w:val="00F513DE"/>
     <w:rsid w:val="00F55FA8"/>
     <w:rsid w:val="00F56F74"/>
     <w:rsid w:val="00F75D8A"/>
     <w:rsid w:val="00F87D1F"/>
     <w:rsid w:val="00F9158F"/>
     <w:rsid w:val="00FA7C7E"/>
-    <w:rsid w:val="00FB2059"/>
     <w:rsid w:val="00FB38D7"/>
     <w:rsid w:val="00FD2B9A"/>
     <w:rsid w:val="03F2F87E"/>
     <w:rsid w:val="070AE34B"/>
     <w:rsid w:val="08534AC3"/>
     <w:rsid w:val="093918FD"/>
     <w:rsid w:val="0AF26CDB"/>
     <w:rsid w:val="118EE05A"/>
     <w:rsid w:val="1505D4AE"/>
     <w:rsid w:val="16CDBEFE"/>
     <w:rsid w:val="188FAE0E"/>
     <w:rsid w:val="19B4FFA9"/>
     <w:rsid w:val="1EE44D75"/>
     <w:rsid w:val="1F797CE1"/>
     <w:rsid w:val="2DAF0B4D"/>
     <w:rsid w:val="35526E8C"/>
     <w:rsid w:val="3B666C0A"/>
     <w:rsid w:val="3BC8D657"/>
     <w:rsid w:val="3CD79E11"/>
     <w:rsid w:val="459E73BA"/>
     <w:rsid w:val="57A8D38B"/>
     <w:rsid w:val="5C629333"/>
     <w:rsid w:val="601916E6"/>
     <w:rsid w:val="60AAECBD"/>
     <w:rsid w:val="708AF6C5"/>
@@ -7277,51 +7339,51 @@
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:people.globalmobility@manchester.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchester.service-now.com/esc?id=sc_cat_item&amp;sys_id=fcd95c711bb9661002ea404cd34bcb64" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.staffnet.manchester.ac.uk/people-and-od/aboutpeopleod/contact-us/peopleod-operations/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -7592,61 +7654,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0286d494-7c06-4f3f-8725-392cc8b29423" xmlns:ns3="5641d3a0-4cdf-4627-8fdf-840090582e60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4305a8bafea0583aac45416c72c80231" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD92DCA99A5B0B42989C49E1EF2332ED" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4fc8271269f93123d532583a8ed60b3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0286d494-7c06-4f3f-8725-392cc8b29423" xmlns:ns3="5641d3a0-4cdf-4627-8fdf-840090582e60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c909f256b5ea13441f907fe827372360" ns2:_="" ns3:_="">
     <xsd:import namespace="0286d494-7c06-4f3f-8725-392cc8b29423"/>
     <xsd:import namespace="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7843,120 +7896,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0286d494-7c06-4f3f-8725-392cc8b29423">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5641d3a0-4cdf-4627-8fdf-840090582e60" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1582A7E-FC33-40A2-B71C-F940C5D10BBD}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC0F57BC-2590-4579-A8AF-B9561AB5FE09}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
     <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46EFB009-D117-44C4-99F8-71984A240A28}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0286d494-7c06-4f3f-8725-392cc8b29423"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="5641d3a0-4cdf-4627-8fdf-840090582e60"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31C2E71F-F733-4D31-9039-5D601E0BE800}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>854</Words>
-  <Characters>4869</Characters>
+  <Words>954</Words>
+  <Characters>4577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>193</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5712</CharactersWithSpaces>
+  <CharactersWithSpaces>5456</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maxine Bate</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DD92DCA99A5B0B42989C49E1EF2332ED</vt:lpwstr>
   </property>